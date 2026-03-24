--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Ménabé </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences HDR en droit privé et sciences criminelles</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">catherine-menabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17727123X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions critiques sur la criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de Lorraine, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013LORR0310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01750410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’individualisation du droit pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de lorraine, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03346819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail du sexe et le droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dalmasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Dalmasso; Catherine Ménabé. Mare &amp; Martin, 2026, Droit privé &amp; sciences criminelles, 978-2-38600-224-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit pénal spécial en cartes mentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses, 2023, 9782340082502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinsérer les femmes et les mineurs face au soupçon de danger terroriste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Ménabé; Julie Leonhard. L'Harmattan, 2022, Bibliotheques de droit, 978-2-1402-9076-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes, mineurs et terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Leonhard; Catherine Ménabé. L'Harmattan, 2021, Bibliothèques de droit, 978-2-343-21903-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADN et justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Leonhard; Mathieu Martinelle; Catherine Ménabé; Bruno Py. Presses Universitaires de Nancy, 2020, Santé, qualité de vie et handicap, 978-2-8143-0561-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant en prison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathieu Martinelle; Catherine Ménabé. L'Harmattan, 2017, Bibliothèques de droit, 978-2-343-13051-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’Harmattan, 2014, Collection Bibliothèques de droit, 978-2-343-04036-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les limites de la répression de l’exploitation de la prostitution d’autrui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Dalmasso; Catherine Ménabé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail du sexe et le droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.103-124, 2026, Droit privé et sciences criminelles, 978-2-38600-224-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le module de respect : mise en œuvre à la maison d’arrêt de Nancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pratiques d’enfermement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drones et droit pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hakim Hadj-Aissa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges en l'honneur de Xavier Henry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail du sexe saisi par le droit pénal et le droit du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dalmasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Dalmasso; Catherine Ménabé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail du sexe et le droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.11-20, 2026, Droit privé et sciences criminelles, 978-2-38600-224-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discernement en droit pénal : une notion autonome ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillaume Maire; Mathieu Martinelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le(s) discernement(s), Un objet juridique non identifié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2024, 978-2-84934-746-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’incrimination du contrôle coercitif : un remède aux faibles vertus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Brach-Thiel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser le jugement des délits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.93-112, 2024, Bibliothèques de droit, 978-2-336-46942-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inégalités de genre dans la délinquance d’affaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Py; Jean-François Seuvic; Mathieu Martinelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit pénal des affaires, du singulier au pluriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édul, pp.211-222, 2023, 978-2-38451-052-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit de la peine en matière terroriste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Brach-Thiel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrorisme et droits fondamentaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2023, BibliothèqueS de droit, 978-2-336-40798-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et privation de liberté des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Gallois; Chloé Liévaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit pénal face à l’éthique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, 2023, Thèmes &amp; commentaires, 978-2-247-22365-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en charge médicale des femmes détenues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clotilde Bricot; Bruno Py. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations Hôpital-Prison</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LEH Editions, 2023, 978-2-84874-991-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abolition de la peine de mort : le rejet d’une justice vindicative (Loi n° 81-908 du 9 octobre 1981 portant abolition de la peine de mort)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri Bouillon; Renaud Bueb; Béatrice Lapérou-Scheneider. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grandes lois de la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2023, Droit Et Science Politique, 2849346780</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La femme criminelle : rupture avec les représentations du féminin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elsa Chaarani-Lesourd; Laurence Denooz; Sylvie Thiéblemont-Dollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes en rupture(s) - Femmes en résistance(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHEMINS DE TR@VERSE, pp.157-173, 2022, 978-2-313-00652-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des violences sexuelles subies dans l’enfance et l’adolescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alice Fretin; Blandine Mallevaey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enfant et le sexe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, 2021, Thèmes &amp; commentaires, 978-2-247-20414-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le colloque singulier « radicalisation et prison » Focus sur les femmes et les mineurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes, les mineurs et le terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'harmatta, Collection : Bibliothèques de droit, 2021, 978-2-343-21903-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadre infractionnel du terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Lavric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, mineurs, terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN – Éditions universitaires de Lorraine, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fichage de l’empreinte génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADN &amp; Justice – L’utilisation de l’empreinte génétique dans les procédures judiciaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN-Editions universitaires de Lorraine Collection : Santé, qualité de vie et handicap, 2020, 2-8143-0561-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privation de liberté d’un parent et intérêt de l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carine Copain-Héritier; Frédérique Longère. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Personne et Liberté : de la biologie au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Francophone pour la Justice et la Démocratie, pp.299-320, 2020, Colloques &amp; Essais, 978-2-37032-227-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubrique « Criminologie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoire de Droit pénal et procédure pénale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dalloz, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la légalité à l’imprévisibilité des peines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Py, Frédéric Stasiak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Légalité, légitimité, licéité : regards contemporains. Mélanges en l’honneur du Professeur Jean-François Seuvic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaire de Nancy - Editions Universitaires de Lorraine, pp.409-426, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la peine à la réponse judiciaire à la commission d’une infraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valérie Malabat, Bertrand de Lamy, Muriel Giacopelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La réforme du Code pénal et du Code de procédure pénale, Opinio doctorum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, pp.277-288, 2009, Thèmes &amp; commentaires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoire de droit pénal et de procédure pénale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La traite des êtres humains à visée d’exploitation par le travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualités du cumul de qualifications en droit pénal des affaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 213, pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de loi visant à sortir la France du piège du narcotrafic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, pp.528</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04992990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le refus de la France d'une définition commune du viol au sein de l'Union européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04425999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le volet peines de la loi d'orientation et de programmation du ministère de la Justice 2023-2027</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gazette du Palais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les particularités de la criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Grasco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 42, pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre le rôle des femmes dans le crime organisé – Synthèse du rapport de l’OSCE de décembre 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Righetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Grasco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43, pp.49-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le statut de repenti en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38, pp.1904</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04775662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de la captation d’images par drone dans un lieu privé : là où la loi ne distingue pas, il n’y a pas à distinguer (Crim., 15 novembre 2022, n° 22-80.097)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'infanticide dans le droit : un crime de femme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.369</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04213107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débat contradictoire devant la chambre de l’application des peines : la nécessaire convocation de l’avocat à l’audience (Crim., 5 janv. 2022, n° 21-83.378)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction du jugement de révocation du sursis probatoire et de sa notification pour l’exercice des droits de la défense (Crim., 23 mars 2022, n° 21-83.064)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transcription de l’échange téléphonique entre un avocat et la compagne de son client est-elle possible ? (Crim., 13 sept. 2022, n° 21-87.452)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétence universelle et double incrimination : la nécessaire identité des éléments constitutifs entre législations française et étrangère (Crim., 24 nov. 2021, n° 21-81.344)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformité avec le principe non bis in idem du refus de restitution du véhicule instrument de l’infraction (Crim., 30 mars 2022, n° 21-82.427)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suite et fin des jurisprudences Femen : la liberté d’expression autorise à militer seins nus (CEDH, 13 oct. 2022, Bouton C/ France, n° 22636/19)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme du travail pénitentiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27, pp.1392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03738424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence des femmes judiciarisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue québécoise de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (2), pp.3-29. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1092105ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’irresponsabilité pénale à la répression de la consommation volontaire de substances psychoactives (Loi n° 2022-52 du 24 janvier 2022 relative à la responsabilité pénale et à la sécurité intérieure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le viol sans pénétration : la disparition amorcée des agressions sexuelles autres que le viol ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gazette du Palais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ADN, la reine des preuves imparfaites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine &amp; Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.129-133. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.meddro.2020.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femen : la liberté d’expression ne justifie pas l’exhibition des seins dans un lieu saint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femen : la liberté d'expression ne justifie pas l'exhibition des seins dans un lieu saint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 03, pp.152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La probation en France : vers un renforcement du sens et de l'efficacité des peines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1728</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'irresponsabilité pénale pour cause de trouble mental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.488</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02225248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et perspectives de la correctionnalisation judiciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Lavric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, numéro 04 (04), pp.188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02225231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les violences faites aux femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Hebdo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appréhension pénale du terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Civitas Europa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, L’avenir des relations ACP/Union européenne après Cotonou, 1 (36), pp.171-177. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/civit.036.0171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'organisateur d'une soirée n'est pas responsable des fautes imputables aux agents contractuellement chargés d'assurer la sécurité des participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28, pp.1625</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02214275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un an et demi après, les peines plancher ont-elles porté leurs fruits ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, pp.605-613</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La définition du viol de la loi du 23 décembre 1980 à la loi du 6 novembre 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les défis du consentement dans les affaires de viol et d’agression sexuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des pénalistes nancéiens, Jan 2026, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects criminologiques des violences intrafamiliales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine du droit pénal - Les violences intrafamiliales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Geny, Jan 2026, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre la sortie : quels enjeux pour les femmes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">[Échanges &amp; Rencontres] Femmes détenues : et après ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Aurore, Oct 2025, Paris (Flèche d'Or), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La peine de probation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etats généraux de l'insertion et de la probation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIP 54, Nov 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’incarcération de la femme criminelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La femme criminelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Master 2 Justice, procès, procédures (Spécialité communication et sociologie du droit et de la justice)), Mar 2025, Paris Panthéon Assas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIF : Évolution sociétale – Évolution du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le traitement judiciaire des violences intrafamiliales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cour d'appel de Nancy, Mar 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La criminalité des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Women in Crime</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Padua - Department of Linguistic and Literary Studies, Feb 2025, Padoue - Università di Padova (zoom), Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La justice restaurative, de ses origines à son appropriation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tribunal judiciaire d'Epinal, Oct 2025, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viol : faut-il revoir l'article 222-22 du code pénal ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viol : la loi est-elle vraiment à la hauteur ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AJEP, Nov 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La légitime défense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de droit, sciences économiques et gestion de Nancy, Oct 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours judiciaire des femmes incarcérées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Femmes incarcérées, parcours et mixité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPR Grand Ouest, Apr 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La difficulté de l’égalité en matière de violences conjugales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Violences conjugales : Quelle place pour quelle victime ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres rémoises du droit de la victime - 1re édition, May 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes et le terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes et le terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAE, Jun 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lanceur d'alerte et droit pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La figure du lanceur d'alerte saisie par les différentes branches du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Geny, Dec 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La judiciarisation de la vie publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cour d'appel de Nancy, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La criminalité féminine : ente mythe et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La criminalité féminine : ente mythe et réalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAE, Jun 2022, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en criminologie : quelle place pour la criminologie clinique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontrer la violence : Des pratiques indisciplinaires ? (Colloque international de criminologie clinique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche en psychopathologie et psychologie clinique (CRPPC), Feb 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche criminologique des femmes et des mineurs dans le terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, mineurs et terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Gény (université de Lorraine), 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appréhension pénale du terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’appréhension pénale du terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRENEE / Université de Lorraine |, 2019, Nancy, France. pp.171-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pudeur et le soin en détention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pudeur et Le Soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France. pp.155-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’antiterrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les ateliers de droit pénal du barreau de Nancy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole des avocats du grand Est et ordre des avocats du barreau de Nancy, Sep 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et violence : Réflexions sur l’existence d’un traitement judiciaire genré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international francophone de criminologie clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université lumière 2 Lyon, Sep 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fausses accusations de violences sexuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Olech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">actes des colloques des 21 et 22 oct. 2016 et du 29 juin 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France. pp.285-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement judiciaire de la criminalité féminine », In Femmes, droit et justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Dibie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, droit et justice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cour de cassation, Mar 2019, Paris, France. pp.131-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ADN n’est pas la reine des preuves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nuit du Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cour d’Appel de Nancy, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’estimation de l’âge du mineur dans les contentieux secondaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’imagerie médicale et l’estimation de l’âge du mineur (IM-AGE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France. pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et justice pénale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet « Le mois des femmes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpelier, Faculté de Droit de Montpellier, Mar 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appréhension sociologique et juridique de la criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes incarcérées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France. pp.45-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mineur dans les autres contentieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IM-AGE - L'imagerie médicale et l'estimation de l'âge du mineur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Nancy, France. pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harcèlement sexuel et harcèlement moral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bien-être au travail en doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association par(en)thèse et Présidence de l’Université de Lorraine, Jun 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fichage de l’empreinte génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : L’utilisation de l’ADN dans les procédures judiciaires : étude de 10 années de pratiques en Meurthe-et-Moselle - Premiers résultats, premières avancées, 23 mars 2016, organisé par l’Institut François Gény (Université de Lorraine).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Gény (université de Lorraine), Mar 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit pénal et terrorisme : l’équilibre vacillant entre protection de la sécurité intérieure et respect des libertés individuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Sécurité intérieure et libertés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Sep 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de la police judiciaire face à l'éclatement des procédures pénales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La déspécialisation de la procédure pénale »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Mar 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation de l'ADN dans la procédure pénale en Meurthe-et-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Fichiers et témoins génétiques. Au carrefour de la science, de la sécurité et des libertés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École des Mines, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité du terrain : premiers résultats du programme GIP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « L’utilisation des caractéristiques génétiques dans les procédures judiciaires : étude empirique de 10 années de pratique en Meurthe-et-Moselle »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Mar 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La preuve parfaite n’existe pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : L’utilisation de l’ADN dans les procédures judiciaires : étude de 10 années de pratiques en Meurthe-et-Moselle - Premiers résultats, premières avancées, 23 mars 2016, organisé par l’Institut François Gény (Université de Lorraine).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Gény (université de Lorraine), 2016, Nancy, France. pp.167-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quartier-femmes écrou 10970 de Dominique Boh-Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Droit et littérature »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Apr 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utilisation des caractéristiques génétiques dans les procédures judiciaires. Étude de dix années de pratiques en Meurthe-et-Moselle (2003-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Mission de recherche Droit &amp; Justice. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADN & Justice - L’utilisation de l’empreinte génétique dans les procédures judiciaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presses Universitaires De Nancy Collection : Santé, qualité de vie et handicap </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADN et Justice : L'utilisation de l'empreinte génétique dans les procédures judiciaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PUN Edulor </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi sur le narcotrafic : l’évolution du statut de repenti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workshop virtuel - 70e anniversaire de la CEDH. Séance 3. CEDH et droit de la détention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Rota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kresimir Kamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Manuel Larralde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId128"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Ménabé </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences HDR en droit privé et sciences criminelles</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">catherine-menabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17727123X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions critiques sur la criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de Lorraine, 2013. Français. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2013LORR0310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01750410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’individualisation du droit pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droit. Université de lorraine, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03346819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail du sexe et le droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dalmasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Dalmasso; Catherine Ménabé. Mare &amp; Martin, 2026, Droit privé &amp; sciences criminelles, 978-2-38600-224-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit pénal spécial en cartes mentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses, 2023, 9782340082502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinsérer les femmes et les mineurs face au soupçon de danger terroriste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Ménabé; Julie Leonhard. L'Harmattan, 2022, Bibliotheques de droit, 978-2-1402-9076-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes, mineurs et terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Leonhard; Catherine Ménabé. L'Harmattan, 2021, Bibliothèques de droit, 978-2-343-21903-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADN et justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Leonhard; Mathieu Martinelle; Catherine Ménabé; Bruno Py. Presses Universitaires de Nancy, 2020, Santé, qualité de vie et handicap, 978-2-8143-0561-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant en prison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathieu Martinelle; Catherine Ménabé. L'Harmattan, 2017, Bibliothèques de droit, 978-2-343-13051-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’Harmattan, 2014, Collection Bibliothèques de droit, 978-2-343-04036-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les limites de la répression de l’exploitation de la prostitution d’autrui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Dalmasso; Catherine Ménabé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail du sexe et le droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.103-124, 2026, Droit privé et sciences criminelles, 978-2-38600-224-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le module de respect : mise en œuvre à la maison d’arrêt de Nancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pratiques d’enfermement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drones et droit pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hakim Hadj-Aissa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges en l'honneur de Xavier Henry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail du sexe saisi par le droit pénal et le droit du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dalmasso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Dalmasso; Catherine Ménabé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail du sexe et le droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.11-20, 2026, Droit privé et sciences criminelles, 978-2-38600-224-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discernement en droit pénal : une notion autonome ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillaume Maire; Mathieu Martinelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le(s) discernement(s), Un objet juridique non identifié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2024, 978-2-84934-746-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’incrimination du contrôle coercitif : un remède aux faibles vertus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Brach-Thiel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repenser le jugement des délits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.93-112, 2024, Bibliothèques de droit, 978-2-336-46942-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inégalités de genre dans la délinquance d’affaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Py; Jean-François Seuvic; Mathieu Martinelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit pénal des affaires, du singulier au pluriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édul, pp.211-222, 2023, 978-2-38451-052-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit de la peine en matière terroriste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Brach-Thiel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrorisme et droits fondamentaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2023, BibliothèqueS de droit, 978-2-336-40798-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abolition de la peine de mort : le rejet d’une justice vindicative (Loi n° 81-908 du 9 octobre 1981 portant abolition de la peine de mort)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri Bouillon; Renaud Bueb; Béatrice Lapérou-Scheneider. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grandes lois de la Ve République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2023, Droit Et Science Politique, 2849346780</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en charge médicale des femmes détenues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clotilde Bricot; Bruno Py. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations Hôpital-Prison</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LEH Editions, 2023, 978-2-84874-991-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et privation de liberté des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Gallois; Chloé Liévaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit pénal face à l’éthique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, 2023, Thèmes &amp; commentaires, 978-2-247-22365-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La femme criminelle : rupture avec les représentations du féminin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elsa Chaarani-Lesourd; Laurence Denooz; Sylvie Thiéblemont-Dollet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes en rupture(s) - Femmes en résistance(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CHEMINS DE TR@VERSE, pp.157-173, 2022, 978-2-313-00652-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le colloque singulier « radicalisation et prison » Focus sur les femmes et les mineurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes, les mineurs et le terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'harmatta, Collection : Bibliothèques de droit, 2021, 978-2-343-21903-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des violences sexuelles subies dans l’enfance et l’adolescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alice Fretin; Blandine Mallevaey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enfant et le sexe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, 2021, Thèmes &amp; commentaires, 978-2-247-20414-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fichage de l’empreinte génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADN &amp; Justice – L’utilisation de l’empreinte génétique dans les procédures judiciaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN-Editions universitaires de Lorraine Collection : Santé, qualité de vie et handicap, 2020, 2-8143-0561-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privation de liberté d’un parent et intérêt de l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carine Copain-Héritier; Frédérique Longère. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Personne et Liberté : de la biologie au droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Francophone pour la Justice et la Démocratie, pp.299-320, 2020, Colloques &amp; Essais, 978-2-37032-227-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadre infractionnel du terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Lavric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, mineurs, terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN – Éditions universitaires de Lorraine, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubrique « Criminologie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoire de Droit pénal et procédure pénale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dalloz, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la légalité à l’imprévisibilité des peines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Py, Frédéric Stasiak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Légalité, légitimité, licéité : regards contemporains. Mélanges en l’honneur du Professeur Jean-François Seuvic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaire de Nancy - Editions Universitaires de Lorraine, pp.409-426, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la peine à la réponse judiciaire à la commission d’une infraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valérie Malabat, Bertrand de Lamy, Muriel Giacopelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La réforme du Code pénal et du Code de procédure pénale, Opinio doctorum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, pp.277-288, 2009, Thèmes &amp; commentaires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoire de droit pénal et de procédure pénale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La traite des êtres humains à visée d’exploitation par le travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de loi visant à sortir la France du piège du narcotrafic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, pp.528</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04992990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualités du cumul de qualifications en droit pénal des affaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 213, pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le volet peines de la loi d'orientation et de programmation du ministère de la Justice 2023-2027</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gazette du Palais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le refus de la France d'une définition commune du viol au sein de l'Union européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 04, pp.208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04425999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les particularités de la criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Grasco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 42, pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre le rôle des femmes dans le crime organisé – Synthèse du rapport de l’OSCE de décembre 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Righetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue du Grasco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43, pp.49-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le statut de repenti en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38, pp.1904</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04775662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de la captation d’images par drone dans un lieu privé : là où la loi ne distingue pas, il n’y a pas à distinguer (Crim., 15 novembre 2022, n° 22-80.097)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'infanticide dans le droit : un crime de femme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 09, pp.369</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04213107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction du jugement de révocation du sursis probatoire et de sa notification pour l’exercice des droits de la défense (Crim., 23 mars 2022, n° 21-83.064)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transcription de l’échange téléphonique entre un avocat et la compagne de son client est-elle possible ? (Crim., 13 sept. 2022, n° 21-87.452)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétence universelle et double incrimination : la nécessaire identité des éléments constitutifs entre législations française et étrangère (Crim., 24 nov. 2021, n° 21-81.344)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformité avec le principe non bis in idem du refus de restitution du véhicule instrument de l’infraction (Crim., 30 mars 2022, n° 21-82.427)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suite et fin des jurisprudences Femen : la liberté d’expression autorise à militer seins nus (CEDH, 13 oct. 2022, Bouton C/ France, n° 22636/19)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réforme du travail pénitentiaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27, pp.1392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03738424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence des femmes judiciarisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue québécoise de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (2), pp.3-29. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1092105ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’irresponsabilité pénale à la répression de la consommation volontaire de substances psychoactives (Loi n° 2022-52 du 24 janvier 2022 relative à la responsabilité pénale et à la sécurité intérieure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débat contradictoire devant la chambre de l’application des peines : la nécessaire convocation de l’avocat à l’audience (Crim., 5 janv. 2022, n° 21-83.378)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalloz Actu Étudiant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le viol sans pénétration : la disparition amorcée des agressions sexuelles autres que le viol ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gazette du Palais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ADN, la reine des preuves imparfaites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine &amp; Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.129-133. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.meddro.2020.05.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femen : la liberté d’expression ne justifie pas l’exhibition des seins dans un lieu saint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femen : la liberté d'expression ne justifie pas l'exhibition des seins dans un lieu saint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 03, pp.152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02451387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La probation en France : vers un renforcement du sens et de l'efficacité des peines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1728</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'irresponsabilité pénale pour cause de trouble mental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.488</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02225248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et perspectives de la correctionnalisation judiciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Lavric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualité juridique Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, numéro 04 (04), pp.188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02225231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les violences faites aux femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexbase Hebdo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appréhension pénale du terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Civitas Europa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, L’avenir des relations ACP/Union européenne après Cotonou, 1 (36), pp.171-177. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/civit.036.0171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'organisateur d'une soirée n'est pas responsable des fautes imputables aux agents contractuellement chargés d'assurer la sécurité des participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil Dalloz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28, pp.1625</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02214275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un an et demi après, les peines plancher ont-elles porté leurs fruits ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, pp.605-613</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La définition du viol de la loi du 23 décembre 1980 à la loi du 6 novembre 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les défis du consentement dans les affaires de viol et d’agression sexuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des pénalistes nancéiens, Jan 2026, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects criminologiques des violences intrafamiliales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine du droit pénal - Les violences intrafamiliales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Geny, Jan 2026, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La peine de probation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etats généraux de l'insertion et de la probation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIP 54, Nov 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’incarcération de la femme criminelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La femme criminelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Master 2 Justice, procès, procédures (Spécialité communication et sociologie du droit et de la justice)), Mar 2025, Paris Panthéon Assas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La criminalité des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Women in Crime</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Padua - Department of Linguistic and Literary Studies, Feb 2025, Padoue - Università di Padova (zoom), Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIF : Évolution sociétale – Évolution du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le traitement judiciaire des violences intrafamiliales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cour d'appel de Nancy, Mar 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La justice restaurative, de ses origines à son appropriation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tribunal judiciaire d'Epinal, Oct 2025, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre la sortie : quels enjeux pour les femmes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">[Échanges &amp; Rencontres] Femmes détenues : et après ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Aurore, Oct 2025, Paris (Flèche d'Or), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La légitime défense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de droit, sciences économiques et gestion de Nancy, Oct 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours judiciaire des femmes incarcérées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Femmes incarcérées, parcours et mixité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPR Grand Ouest, Apr 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viol : faut-il revoir l'article 222-22 du code pénal ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viol : la loi est-elle vraiment à la hauteur ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AJEP, Nov 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La difficulté de l’égalité en matière de violences conjugales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Violences conjugales : Quelle place pour quelle victime ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres rémoises du droit de la victime - 1re édition, May 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes et le terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes et le terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAE, Jun 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La judiciarisation de la vie publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cour d'appel de Nancy, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La criminalité féminine : ente mythe et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La criminalité féminine : ente mythe et réalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CAE, Jun 2022, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lanceur d'alerte et droit pénal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La figure du lanceur d'alerte saisie par les différentes branches du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Geny, Dec 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en criminologie : quelle place pour la criminologie clinique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontrer la violence : Des pratiques indisciplinaires ? (Colloque international de criminologie clinique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche en psychopathologie et psychologie clinique (CRPPC), Feb 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche criminologique des femmes et des mineurs dans le terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, mineurs et terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Gény (université de Lorraine), 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appréhension pénale du terrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’appréhension pénale du terrorisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRENEE / Université de Lorraine |, 2019, Nancy, France. pp.171-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’antiterrorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les ateliers de droit pénal du barreau de Nancy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole des avocats du grand Est et ordre des avocats du barreau de Nancy, Sep 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pudeur et le soin en détention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pudeur et Le Soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France. pp.155-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement judiciaire de la criminalité féminine », In Femmes, droit et justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Dibie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, droit et justice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cour de cassation, Mar 2019, Paris, France. pp.131-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fausses accusations de violences sexuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Olech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">actes des colloques des 21 et 22 oct. 2016 et du 29 juin 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France. pp.285-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et violence : Réflexions sur l’existence d’un traitement judiciaire genré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international francophone de criminologie clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université lumière 2 Lyon, Sep 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ADN n’est pas la reine des preuves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nuit du Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cour d’Appel de Nancy, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’estimation de l’âge du mineur dans les contentieux secondaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’imagerie médicale et l’estimation de l’âge du mineur (IM-AGE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France. pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et justice pénale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet « Le mois des femmes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpelier, Faculté de Droit de Montpellier, Mar 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appréhension sociologique et juridique de la criminalité féminine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les femmes incarcérées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France. pp.45-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02379518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mineur dans les autres contentieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IM-AGE - L'imagerie médicale et l'estimation de l'âge du mineur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Nancy, France. pp.47-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harcèlement sexuel et harcèlement moral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bien-être au travail en doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association par(en)thèse et Présidence de l’Université de Lorraine, Jun 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fichage de l’empreinte génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : L’utilisation de l’ADN dans les procédures judiciaires : étude de 10 années de pratiques en Meurthe-et-Moselle - Premiers résultats, premières avancées, 23 mars 2016, organisé par l’Institut François Gény (Université de Lorraine).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Gény (université de Lorraine), Mar 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit pénal et terrorisme : l’équilibre vacillant entre protection de la sécurité intérieure et respect des libertés individuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Sécurité intérieure et libertés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Sep 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation de l'ADN dans la procédure pénale en Meurthe-et-Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Fichiers et témoins génétiques. Au carrefour de la science, de la sécurité et des libertés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École des Mines, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de la police judiciaire face à l'éclatement des procédures pénales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La déspécialisation de la procédure pénale »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Mar 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité du terrain : premiers résultats du programme GIP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « L’utilisation des caractéristiques génétiques dans les procédures judiciaires : étude empirique de 10 années de pratique en Meurthe-et-Moselle »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Mar 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La preuve parfaite n’existe pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : L’utilisation de l’ADN dans les procédures judiciaires : étude de 10 années de pratiques en Meurthe-et-Moselle - Premiers résultats, premières avancées, 23 mars 2016, organisé par l’Institut François Gény (Université de Lorraine).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut François Gény (université de Lorraine), 2016, Nancy, France. pp.167-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quartier-femmes écrou 10970 de Dominique Boh-Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Droit et littérature »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Faculté de Droit de Nancy, Apr 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utilisation des caractéristiques génétiques dans les procédures judiciaires. Étude de dix années de pratiques en Meurthe-et-Moselle (2003-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Mission de recherche Droit &amp; Justice. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADN & Justice - L’utilisation de l’empreinte génétique dans les procédures judiciaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presses Universitaires De Nancy Collection : Santé, qualité de vie et handicap </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADN et Justice : L'utilisation de l'empreinte génétique dans les procédures judiciaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonhard Julie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Martinelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PUN Edulor </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi sur le narcotrafic : l’évolution du statut de repenti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workshop virtuel - 70e anniversaire de la CEDH. Séance 3. CEDH et droit de la détention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Rota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kresimir Kamber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Manuel Larralde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Ménabé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId128"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="10369711"/>
+    <w:nsid w:val="EAC85B4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-menabe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17727123X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750410v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M&#233;nab&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LORR0310" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03346819v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500111v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dalmasso" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500042v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonhard Julie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500124v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500166v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Martinelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Py" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500223v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379440v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500245v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500415v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501109v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500269v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501022v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500311v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500337v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501035v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501041v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501027v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500348v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501050v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500360v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03346133v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347622v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lavric" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03346181v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347013v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379452v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379463v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500385v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501101v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501096v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04992990v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04425999v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500885v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500878v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500860v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Righetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775662v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500895v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04213107v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500917v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500908v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500903v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500920v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500911v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500898v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03738424v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347032v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1092105ar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500915v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500961v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347037v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meddro.2020.05.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451387v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379496v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225248v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379477v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379541v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/civit.036.0171" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214275v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379483v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501158v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501185v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501193v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501124v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501272v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501294v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501339v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501175v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501266v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501279v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502253v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502268v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502404v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502428v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502434v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502451v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347071v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347315v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347267v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347428v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347384v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347093v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Olech" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347088v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rome" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dibie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347450v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347279v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347470v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379518v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02420811v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347491v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03346492v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347532v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347579v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347546v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347591v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347080v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347559v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347354v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03345787v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03340830v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501062v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03549411v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rota" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kresimir Kamber" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Manuel Larralde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catherine-menabe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17727123X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750410v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M&#233;nab&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LORR0310" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03346819v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500111v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dalmasso" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500042v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonhard Julie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500124v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500166v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Martinelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Py" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500223v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379440v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500245v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500415v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501109v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500269v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501022v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500311v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500337v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501035v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500348v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501027v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501041v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501050v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03346133v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500360v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03346181v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500402v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347622v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lavric" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347013v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379452v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379463v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500385v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501101v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04992990v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501096v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500885v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04425999v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500878v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500860v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Righetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775662v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500895v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04213107v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500908v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500903v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500920v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500911v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500898v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03738424v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347032v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1092105ar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500915v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500917v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500961v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347037v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meddro.2020.05.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451387v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379496v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225248v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02225231v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379477v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379541v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/civit.036.0171" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214275v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379483v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501158v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501185v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501124v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501272v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501339v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501294v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501175v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501193v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501279v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502253v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501266v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502268v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502428v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502434v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502404v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05502451v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347071v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347315v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347428v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347267v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347088v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rome" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dibie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347093v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Olech" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347384v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347450v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347279v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347470v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02379518v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02420811v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347491v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03346492v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347532v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347546v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347579v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347591v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347080v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347559v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03347354v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03345787v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03340830v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05501062v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03549411v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rota" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kresimir Kamber" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Manuel Larralde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>