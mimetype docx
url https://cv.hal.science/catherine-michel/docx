--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -459,511 +459,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal Microbiota Transfer Programs Offspring Eating Behavior</w:t>
+                <w:t xml:space="preserve">Faecal Microbiota Composition Varies between Patients with Breast Cancer and Healthy Women: A Comparative Case-Control Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
+                <w:t xml:space="preserve">Christine Bobin-Dubigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Billard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Moyon</w:t>
+                <w:t xml:space="preserve">Huyen Trang Luu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Pagniez</w:t>
+                <w:t xml:space="preserve">Sébastien Leuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Carton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.672224⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (8), pp.2705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu13082705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03271317v2</w:t>
+                <w:t xml:space="preserve">hal-03890222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinatal Administration of C-Phycocyanin Protects Against Atherosclerosis in apoE-Deficient Mice by Modulating Cholesterol and Trimethylamine-N-Oxide Metabolisms</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maternal Microbiota Transfer Programs Offspring Eating Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Habib</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Blandine Castellano</w:t>
+                <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Aguesse</w:t>
+                <w:t xml:space="preserve">Hélène Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Moyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.121.316848⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.672224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03890213v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271317v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faecal Microbiota Composition Varies between Patients with Breast Cancer and Healthy Women: A Comparative Case-Control Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perinatal Administration of C-Phycocyanin Protects Against Atherosclerosis in apoE-Deficient Mice by Modulating Cholesterol and Trimethylamine-N-Oxide Metabolisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huyen Trang Luu</w:t>
+                <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Leuillet</w:t>
+                <w:t xml:space="preserve">Mikael Croyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidonie Lavergne</w:t>
+                <w:t xml:space="preserve">Marina Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Castellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Carton</w:t>
+                <w:t xml:space="preserve">Audrey Aguesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (8), pp.2705. </w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu13082705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.121.316848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03890222v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03890213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neonatal consumption of oligosaccharides greatly increases l-cell density without significant consequence for adult eating behavior.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. Grit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (9), pp.1-26. </w:t>
@@ -1027,51 +1027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Amarger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1317,51 +1317,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Piloquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 31 (3), pp.515-522. </w:t>
@@ -1551,364 +1551,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary Protein Excess during Neonatal Life Alters Colonic Microbiota and Mucosal Response to Inflammatory Mediators Later in Life in Female Pigs</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prébiotiques : état des lieux des connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lettre Valorial Nutrition Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 74, pp.2-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594355v1</w:t>
+                <w:t xml:space="preserve">hal-02642043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can antibiotic treatment in preweaning rats alter body composition in adulthood?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Oosting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Piloquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raish Oozer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique D. Darmaun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neonatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 103 (3), pp.182-189. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000345201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prébiotiques : état des lieux des connaissances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dietary Protein Excess during Neonatal Life Alters Colonic Microbiota and Mucosal Response to Inflammatory Mediators Later in Life in Female Pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livie Chatelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Gras-Le Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettre Valorial Nutrition Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34 (68), pp.1225-1232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3945/jn.113.175828⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642043v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrauterine growth restriction not only modifies the cecocolonic microbiota in neonatal rats but also affects its activity in young adult rats</w:t>
               </w:r>
@@ -2184,51 +2184,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fanca-Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,51 +3385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du rôle des microbiotes maternels dans la transmission du risque d'obésité à la descendance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3506,64 +3506,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in early intestinal microbiota induced by transfers of vaginal, milk-associated and fecal microbiota from pregnant mothers do not program intestinal microbiota in adult rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3614,51 +3614,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal obesogenic microbiota modified central neural circuits leading to eating behavior modulations in transplanted rat pups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3733,256 +3733,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le transfert néonatal de microbiotes associés à l’obésité ou à la minceur modifie le comportement alimentaire de la descendance à court et moyen termes chez le rat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Etude du rôle des microbiotes maternels dans la transmission du risque d’obésité à la descendance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rim Ben Necib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème congrès SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Grenoble, France. 2018</w:t>
+              <w:t xml:space="preserve">Colloque Mibiogate "Physiologie et Pathologie des barrières : interaction avec les microbiotes", Journées scientifiques de l’Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nantes, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736317v1</w:t>
+                <w:t xml:space="preserve">hal-02735588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du rôle des microbiotes maternels dans la transmission du risque d’obésité à la descendance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Le transfert néonatal de microbiotes associés à l’obésité ou à la minceur modifie le comportement alimentaire de la descendance à court et moyen termes chez le rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pocheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Ben Necib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Mibiogate "Physiologie et Pathologie des barrières : interaction avec les microbiotes", Journées scientifiques de l’Université</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nantes, France. 2018</w:t>
+              <w:t xml:space="preserve">4ème congrès SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Grenoble, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735588v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le transfert néonatal de microbiote intestinal peut-il corriger les défauts de barrière intestinale observés à l’âge adulte chez les rats ayant subi un retard de croissance intra-utérin ?</w:t>
               </w:r>
@@ -4212,277 +4212,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le retard de croissance intra-utérin induit des altérations de la barrière épithéliale colique et augmente le risque de pathologie colique chez le rat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Vianney Haure-Mirande</w:t>
+                <w:t xml:space="preserve">Impact of early microbiota transplantation upon colonic barrier in rats born with intrauterine growth retardation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Macher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Poupeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Sochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Desir-Vigne</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque NACRe « Nutrition, microbiote, métabolisme et cancer »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Paris, France. 2015</w:t>
+              <w:t xml:space="preserve">3rd International Congress of Translational Research in Human Nutrition: Intestinal microbiota and chronic diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Clermont-Ferrand, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741740v1</w:t>
+                <w:t xml:space="preserve">hal-02741656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of early microbiota transplantation upon colonic barrier in rats born with intrauterine growth retardation.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Agnes Sochard</w:t>
+                <w:t xml:space="preserve">Le retard de croissance intra-utérin induit des altérations de la barrière épithéliale colique et augmente le risque de pathologie colique chez le rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Vianney Haure-Mirande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Desir-Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre de Coppet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Congress of Translational Research in Human Nutrition: Intestinal microbiota and chronic diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Clermont-Ferrand, France. 2015</w:t>
+              <w:t xml:space="preserve">Colloque NACRe « Nutrition, microbiote, métabolisme et cancer »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Paris, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741656v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does early oligosaccharides consumption affect gut-brain axis maturation ?</w:t>
               </w:r>
@@ -4587,424 +4587,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship Between Intestinal Microbiota and Clinical Characteristics of Patients with Early Stage Breast Cancer</w:t>
+                <w:t xml:space="preserve">Does early oligosaccharides consumption affect pancreas maturation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Blat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Randuineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Theulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. World Congress on Targeting Microbiota: “Towards Clinical Revolution”</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Origine développementale de la santé et des maladies et épigénétique. 2. colloque de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Nantes, France. Cambridge University Press, Journal of Developmental Origins of Health and Disease, 6, 50 p., 2014, Journal of Developmental Origins of Health and Disease. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S2040174415000197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739671v1</w:t>
+                <w:t xml:space="preserve">hal-01415278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preweaning consumption of scGOS/lcFOS durably imprints the intestinal microbiota in rats</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationship Between Intestinal Microbiota and Clinical Characteristics of Patients with Early Stage Breast Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Annual Meeting of The European Society for Paediatric Gastroenterology, Hepatology and Nutrition</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Journal of Pediatric Gastroenterology and Nutrition, 58 (Supplement 1), 541 p., 2014</w:t>
+              <w:t xml:space="preserve">2. World Congress on Targeting Microbiota: “Towards Clinical Revolution”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Paris, France. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743713v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does early oligosaccharides consumption affect pancreas maturation ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
+                <w:t xml:space="preserve">Preweaning consumption of scGOS/lcFOS durably imprints the intestinal microbiota in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raish Oozeer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Randuineau</w:t>
+                <w:t xml:space="preserve">Annemarie Oosting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Theulier</w:t>
+                <w:t xml:space="preserve">Jan Knol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Origine développementale de la santé et des maladies et épigénétique. 2. colloque de la SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Nantes, France. Cambridge University Press, Journal of Developmental Origins of Health and Disease, 6, 50 p., 2014, Journal of Developmental Origins of Health and Disease. </w:t>
+              <w:t xml:space="preserve">47. Annual Meeting of The European Society for Paediatric Gastroenterology, Hepatology and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Jerusalem, Israel. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S2040174415000197⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lippincott Williams &amp; Wilkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journal of Pediatric Gastroenterology and Nutrition, 58 (Supplement 1), 541 p., 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415278v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does early oligosaccharides consumption affect pancreas maturation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Theulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Blat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5344,260 +5344,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prébiotiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fibres alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Champ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bodinier</w:t>
+                <w:t xml:space="preserve">Stanislas Bruley Des Varannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Bouchaud</w:t>
+                <w:t xml:space="preserve">Melanie Deschasaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aliments fonctionnels dans un système alimentaire sain et durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Coll. Sciences et techniques agroalimentaires, Lavoisier Tec &amp; Doc, 2019</w:t>
+              <w:t xml:space="preserve">, Coll. Sciences et techniques agroalimentaires, Lavoisier Tec &amp; Doc., 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02788511v1</w:t>
+                <w:t xml:space="preserve">hal-02790225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fibres alimentaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prébiotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bodinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Champ</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aliments fonctionnels dans un système alimentaire sain et durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Coll. Sciences et techniques agroalimentaires, Lavoisier Tec &amp; Doc., 2019</w:t>
+              <w:t xml:space="preserve">, Coll. Sciences et techniques agroalimentaires, Lavoisier Tec &amp; Doc, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790225v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement du microbiote</w:t>
               </w:r>
@@ -5747,51 +5747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary Protein and Colonic Microbiota: Molecular Aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Huërou-Luron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6672,241 +6672,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04314263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis de l’Anses relatif à « l’analyse de la pertinence en matière de nutrition de systèmes d’information nutritionnelle destinés au consommateur »</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Bennetau-Pelissero</w:t>
+                <w:t xml:space="preserve">Répercussions immédiates et à l’âge adulte de la supplémentation néonatale en prébiotiques sur le connectome intestinal et de son fonctionnement chez le rat, Partenariat Olygose, rapport d’activité à un an</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Boutron-Ruault</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">[0] Saisine n° 2016-SA-0017, Anses. 2017, 44 p</w:t>
+                <w:t xml:space="preserve">M. Rolli-Derkinderen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606445v1</w:t>
+                <w:t xml:space="preserve">hal-02789771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répercussions immédiates et à l’âge adulte de la supplémentation néonatale en prébiotiques sur le connectome intestinal et de son fonctionnement chez le rat, Partenariat Olygose, rapport d’activité à un an</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Le Dréan</w:t>
+                <w:t xml:space="preserve">Avis de l’Anses relatif à « l’analyse de la pertinence en matière de nutrition de systèmes d’information nutritionnelle destinés au consommateur »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Mariotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Atlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bennetau-Pelissero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Boutron-Ruault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rolli-Derkinderen</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">[Contrat] 2017</w:t>
+                <w:t xml:space="preserve">Jean Louis Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Saisine n° 2016-SA-0017, Anses. 2017, 44 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-02789771v1</w:t>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Devenir des fibres alimentaires dans le tube digestif », « prédire les propriétés physiologiques des fibres alimentaires à partir de leurs propriétés physico-chimiques », « Fibres alimentaires et santé des os ». Formation « Les fibres alimentaires » organisée pour le compte de Cap Aliment par l’Agence régionale -Pays de la Loire Territoires d'Innovation</w:t>
               </w:r>
@@ -6946,123 +6946,123 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cours (4)</w:t>
+        <w:t xml:space="preserve">Cours (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le microbiote intestinal est il programmable par l’environnement néonatal ?</w:t>
+                <w:t xml:space="preserve">Elaboration des messages &amp; construction d’un argumentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Master. Journées Thématiques MICROBIOTE et SANTE, Nantes (FR), France. 2022, pp.29</w:t>
+              <w:t xml:space="preserve">Master. Nantes (France), France. 2024, 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03973340v1</w:t>
+                <w:t xml:space="preserve">hal-05554250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soyons (intellectuellement) honnêtes et précis !</w:t>
               </w:r>
@@ -7104,159 +7104,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03975303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiquer une recherche intègre et responsable, ça signifie quoi?</w:t>
+                <w:t xml:space="preserve">Le microbiote intestinal est il programmable par l’environnement néonatal ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Master. Nantes (FR), France. 2022, pp.37</w:t>
+              <w:t xml:space="preserve">Master. Journées Thématiques MICROBIOTE et SANTE, Nantes (FR), France. 2022, pp.29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03973283v1</w:t>
+                <w:t xml:space="preserve">hal-03973340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pratiquer une recherche intègre et responsable, ça signifie quoi?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Master. Nantes (FR), France. 2022, pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cours</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03973283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Méthodes d’exploration du microbiote intestinal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Nantes (FR), France. 2021, pp.52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03973262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId211"/>
+      <w:footerReference w:type="default" r:id="rId212"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7403,51 +7465,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379552v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Dr&#233;an" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Naour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heberden" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.07.005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054470v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bobin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mitanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Castellano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00396.2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03698233v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blotti&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.825942" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271317v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Pocheron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Billard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pagniez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.672224" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Croyal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Habib" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.121.316848" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890222v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bobin-Dubigeon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huyen Trang Luu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leuillet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lavergne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13082705" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627809v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Grit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11091967" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899860v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Amarger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408031448739663E12" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627060v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang H Luu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dravetc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Naziha" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01635581.2017.1263750" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640987v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Morel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raish Oozeer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Piloquet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2014.09.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1R0FS8L-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210654v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Desaldeleer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferret-Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine de Quelen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Normand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2014.05.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-53BNG70Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594355v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jamin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livie Chatelais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Gras-Le Guen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.113.175828" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643218v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Oosting" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raish Oozer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Darmaun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000345201" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642043v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665887v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fanca-Berthon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Hoebler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mouzet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s David" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MPG.0b013e3181d75d52" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204239v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Benard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Cultrone" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rosales" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Segain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0008666" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662866v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rival" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle van Seuningen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/PDR.0b013e3181a2047e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660441v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barrat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poupeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s David-Sochard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/PDR.0b013e3181732381" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666764v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675643v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gaudier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cherbut" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682931v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisela Granito" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juana Frias" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champ" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Guerra" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-004-0982-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7HS194GC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895597v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roland" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lecannu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herv&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683489v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouhnik" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raskine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Riottot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680196v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Le Blay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715929v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Barry" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0308-8146(93)90298-T" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QM1KHR9J-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659244v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735602v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736317v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ben Necib" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735588v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742969v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Macher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonnet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Sochard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Desir-Vigne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742857v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Olier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvyne Rolli Derkinderen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741740v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Vianney Haure-Mirande" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Coppet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741656v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601446v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739671v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743713v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Oosting" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Knol" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/284596_2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415278v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Randuineau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Theulier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174415000197" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594356v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607970v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Oozeer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oosting" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747772v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Darmaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/209882.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788511v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bouchaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790225v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bruley Des Varannes" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Deschasaux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789736v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789938v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Montassier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trang-Poisson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603548v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Hu&#235;rou-Luron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/book/9780128021675" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801799v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Louis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry J. Flint" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pubmed/27161355" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31248-4_9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799332v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Lalles" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilia Theodorou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801383-0.00017-7" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822496v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314199v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariotti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Atlan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bennetau-Pelissero" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;christine Boutron-Ruault" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bresson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790439v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297740v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314263v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606445v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Boutron-Ruault" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Bresson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789771v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rolli-Derkinderen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800665v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973340v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975303v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973283v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973262v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379552v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Dr&#233;an" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Naour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heberden" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.07.005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054470v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bobin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mitanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Castellano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00396.2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03698233v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blotti&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.825942" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890222v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bobin-Dubigeon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huyen Trang Luu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leuillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lavergne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13082705" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271317v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Pocheron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Billard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pagniez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.672224" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890213v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Croyal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Habib" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.121.316848" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627809v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Grit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11091967" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899860v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Amarger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408031448739663E12" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627060v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trang H Luu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dravetc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Naziha" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01635581.2017.1263750" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640987v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Morel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raish Oozeer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Piloquet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2014.09.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1R0FS8L-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210654v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Desaldeleer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferret-Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine de Quelen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Normand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2014.05.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-53BNG70Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642043v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643218v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Oosting" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raish Oozer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Darmaun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000345201" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594355v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Jamin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livie Chatelais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Gras-Le Guen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.113.175828" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665887v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fanca-Berthon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Hoebler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mouzet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s David" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MPG.0b013e3181d75d52" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204239v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Benard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Cultrone" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rosales" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Segain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0008666" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662866v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rival" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle van Seuningen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/PDR.0b013e3181a2047e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660441v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barrat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poupeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s David-Sochard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1203/PDR.0b013e3181732381" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666764v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675643v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gaudier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cherbut" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682931v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisela Granito" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juana Frias" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champ" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Guerra" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-004-0982-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7HS194GC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895597v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roland" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lecannu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herv&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683489v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouhnik" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raskine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Riottot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680196v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Le Blay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715929v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Barry" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0308-8146(93)90298-T" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QM1KHR9J-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659244v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735602v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735588v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736317v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ben Necib" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742969v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Macher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonnet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Sochard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Desir-Vigne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742857v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Olier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvyne Rolli Derkinderen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741656v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741740v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Vianney Haure-Mirande" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Coppet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601446v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415278v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Randuineau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Theulier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174415000197" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739671v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743713v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Oosting" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Knol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/284596_2.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594356v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607970v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Oozeer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oosting" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747772v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Darmaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/209882.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790225v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bruley Des Varannes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Deschasaux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788511v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bodinier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bouchaud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789736v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789938v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Montassier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trang-Poisson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603548v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Hu&#235;rou-Luron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/book/9780128021675" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801799v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Louis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry J. Flint" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pubmed/27161355" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31248-4_9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799332v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Lalles" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilia Theodorou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801383-0.00017-7" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822496v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314199v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariotti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Atlan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bennetau-Pelissero" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;christine Boutron-Ruault" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bresson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790439v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297740v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314263v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789771v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rolli-Derkinderen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606445v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Boutron-Ruault" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Bresson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800665v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554250v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975303v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973340v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973283v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973262v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>