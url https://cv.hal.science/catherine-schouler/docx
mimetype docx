--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Schouler </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (72)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequencing of the invasive E. coli strain BEN2908 isolated from poultry: A comparative investigation of genomic regions shared with intestinal and extraintestinal model E. coli strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Weber Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Lahnig-Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 21 (2), pp.e0342894. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0342894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The application of bacteriophage to veterinary and One-Health medicine—a road map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert J Atterbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano M Gigante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Jalasvuori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 16, pp.1725071. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2025.1725071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chantier « Agroécologie &amp; Marché » conduit par les groupes filières INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chicken Embryo as an In Vivo Model to Revive Viable but Non-Culturable Pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iana Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Pagliuso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 219, pp.e68509. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/68509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05186972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Salmonella adaptation in response to phage treatment in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeline Morinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 56 (1), pp.167. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-025-01589-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05205727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and characterization of a saturated transposon mutant library of Salmonella enterica serovar Enteritidis LA5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Jouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Naquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Resource Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14 (6), pp.e0131924. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mra.01319-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiated short- and long-term impacts of a starter stimbiotic supplementation on gut health in broilers fed wheat and rye-based diets at homeostasis and under Eimeria tenella challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jonchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise I Bussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Zemb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vahid Khaksar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Cornaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22, pp.127-138. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aninu.2025.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e20. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aquatic environment drives the emergence of cell wall-deficient dormant forms in Listeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sartori-Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia D Gazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.8499. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-52633-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prophylactic phage administration reduces Salmonella Enteritidis infection in newly hatched chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicrobiologyOpen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (6), pp.e70002. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mbo3.70002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Note: Intestinal avian defensin 2 and robustness of chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Métayer Coustard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 103 (1), pp.103175. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psj.2023.103175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In ovo administration of a phage cocktail partially prevents colibacillosis in chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavillatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 102 (11), pp.102967. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psj.2023.102967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The caecal microbiota promotes the acute inflammatory response and the loss of the intestinal barrier integrity during severe Eimeria tenella infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sedano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13, pp.1250080. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcimb.2023.1250080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Genome Analysis of Enterococcus cecorum Reveals Intercontinental Spread of a Lineage of Clinical Poultry Isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deschamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MSphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.e0049522. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msphere.00495-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04004063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary diversification of defensins and cathelicidins in birds and primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henk P Haagsman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 157, pp.53 - 69. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molimm.2023.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and Characterization of a Novel Phage Collection against Avian-Pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Culot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshnee Moodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Atterbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Spectrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (3), pp.e0429622. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/spectrum.04296-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction and characterization of a saturated Tn-seq library of Salmonella Typhimurium ATCC 14028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Jouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Naquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Resource Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (11), pp.e0036523. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mra.00365-23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of passive immunization in broiler chicks via an inactivated Escherichia coli autogenous vaccine administered to broiler breeder hens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alassane Keita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Amelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avian Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (5), pp.445-456. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03079457.2022.2084362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colisée - Maîtrise de la colibacillose du poulet : quelles pistes d’action ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Balaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Galliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 85, pp.83-92. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description and validation of a new set of PCR markers predictive of avian pathogenic Escherichia coli virulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 273, 7 p. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2022.109530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03768115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Super Shedding in Enteric Pathogens: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto La Ragione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Chirullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (11), pp.2101. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms10112101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upregulation of gut cathepsin L during Eimeria tenella infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlame Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vanderlynden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Veterinary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 140, pp.109-116. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rvsc.2021.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03331820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of Escherichia coli strains isolated from day-old broiler chicks, their environment and colibacillosis lesions in 80 flocks in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 252, pp.108923. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2020.108923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High genomic diversity of novel phages infecting the plant pathogen Ralstonia solanacearum, isolated in Mauritius and Reunion islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Jean Bernard Pécheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.5382. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-84305-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VOCALIM -Mieux valoriser des matières premières métropolitaines dans l'alimentation des poulets de chair pour améliorer l'autonomie protéique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pampouille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonie Dusart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bonnouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Danel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dauguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82, pp.425-440. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/gybr-s265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gut microbiota composition before infection determines the Salmonella super‐ and low‐shedder phenotypes in chicken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Rychlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tereza Kubasová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (5), pp.1611-1630. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1751-7915.13621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Absence of Gut Microbiota Alters the Development of the Apicomplexan Parasite Eimeria tenella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisson Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.632556. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcimb.2020.632556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision cut lung slices: a novel versatile tool to examine host–pathogen interaction in the chicken lung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Jane Bryson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerry Mclachlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Digard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51 (1), 16 p. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-019-0733-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian pathogenic Escherichia coli (APEC) strain-dependent immunomodulation of respiratory granulocytes and mononuclear phagocytes in CSF1R-reporter transgenic chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrina M Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen J Bryson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate M Sutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa S Monson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, 15 p. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fimmu.2019.03055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spread of multidrug-resistant IncHI1 plasmids carrying ESBL gene blaCTX-M-1 and metabolism operon of prebiotic oligosaccharides in commensal Escherichia coli from healthy horses, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 55 (6), 6 p. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2020.105936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of Germ-Free Fast-Growing Broilers from a Commercial Line for Microbiota Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavillatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chaumeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 160, 8 p. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/61148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence, risk factors, and characterization of multidrug resistant and extended spectrum β-lactamase/AmpC β-lactamase producing Escherichia coli in healthy horses in France in 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Doublet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33, pp.902-911. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvim.15415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting-up a fast and reliable cytokinin biosensor based on a plant histidine kinase receptor expressed in Saccharomyces cerevisiae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Daudu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Kisiala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Werner Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Melin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 289, pp.103-111. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiotec.2018.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virulence and antibiotic resistance profile of avian Escherichia coli strains isolated from colibacillosis lesions in central of Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacima Meguenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chafika Ali Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliha Bounar-Kechih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (11), pp.1840-1848. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14202/vetworld.2019.1840-1848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic administration of avian Defensin 7: Distribution, cellular target, and antibacterial potential in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, 11 p. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.00541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer le potentiel thérapeutique des coliphages : approche curative des infections causées par &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; chez les oiseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Viardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angèle Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Prévenir et guérir les maladies infectieuses dans le concept One Health, 66, pp.9-17. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5408046162092197E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of type I interferons (IFNs) in the regulation of chicken macrophage inflammatory response to bacterial challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental and Comparative Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 86, pp.156-170. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dci.2018.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives d’alternatives thérapeutiques antimicrobiennes aux antibiotiques en élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (1), pp.77-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene expression in the chicken caecum is dependent on microbiota composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Volf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ondrej Polansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuzana Sekelova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (1), 10 p. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-017-0493-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the phospholipid platelet-activating factor as a mediator of inflammation in chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Veterinary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, 20 p. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fvets.2017.00226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the participation of avian kinin ornithokinin and its receptors in the chicken inflammatory response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 188, pp.34-47. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetimm.2017.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biology and genomics of an historic therapeutic Escherichia coli bacteriophage collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abiyad Baig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Colom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Barrow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshnee Moodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, 11 p. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequences of two Escherichia coli phages vB_EcoM_ ESCO5 and vB_EcoM_ESCO13 which are related to phAPEC8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Viardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (13), 2 p. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/genomeA.01337-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of Escherichia coli strains involved in vertebral osteomyelitis and arthritis in broilers in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Fortes Vilarinho Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baucheron-Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, 12 p. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12917-016-0762-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unusual resistance of avian defensin AvBD7 to proteolytic enzymes preserves its antibacterial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (8), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0161573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survival games at the dinner table: regulation of Enterobacterial virulence through nutrient sensing and acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles M Dozois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30, pp.98-106. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mib.2016.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian colibacillosis: still many black holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 362 (15), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fnv118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broiler lines divergently selected for digestive efficiency also differ in their susceptibility to colibacillosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avian Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 43 (1), pp.78-81. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03079457.2013.873531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poultry as reservoir for extraintestinal pathogenic Escherichia coli O45:K1:H7-B2-ST95 in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azucena Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Viso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pilar Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando García-Garrote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 167 (3-4), pp.506-512. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2013.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of fructooligosaccharide metabolism on chicken colonization by an extra-intestinal pathogenic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (4), pp.e35475. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0035475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life-threatening &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; cellulitis in patients with haematological malignancies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Sunder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Haguenoer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lissandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (9), pp.1324-1327. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/jmm.0.042366-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sugar metabolism, an additional virulence factor in enterobacteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Le Bouguénec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 301 (1), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmm.2010.04.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of fructooligosaccharide metabolism in an extra-intestinal pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 81 (3), pp.717-733. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2958.2011.07725.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The extra-intestinal avian pathogenic strain BEN2908 invades avian and human epithelial cells and survives intracellularly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Delaleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 147 (3-4), pp.435-439. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2010.07.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00654948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICEEc2, a new integrative and conjugative element belonging to the pKLC102/PAGI-2 family, identified in Escherichia coli strain BEN374</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Flechard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Ferter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 192 (19), pp.5026-5036. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.00609-10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Metabolic Operon in Extraintestinal Pathogenic Escherichia coli Promotes Fitness under Stressful Conditions and Invasion of Eukaryotic Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 191 (13), pp.4427-4440. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.00103-09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genomic Island of an Extraintestinal Pathogenic Escherichia coli Strain Enables the Metabolism of Fructooligosaccharides Which Improves Intestinal Colonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 191 (1), pp.388-393. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.01052-08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of an avian pathogenic Escherichia coli metabolic region implicated in host adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nova Acta Leopoldina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 359, pp.173-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraintestinal pathogenic Escherichia coli strains of avian and human origin: Link between phylogenetic relationships and common virulence patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 45 (10), pp.3366-3376. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JCM.00037-07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tDNA locus polymorphism and ecto-chromosomal DNA insertion hot-spots are related to the phylogenetic group of Escherichia coli strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Dobrindt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 153, pp.826-837. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/mic.0.2006/001958-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common virulence factors and genetic relationships between O18 : K1 : H7 Escherichia coli isolates of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Tailliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mu-Rong Kao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 44 (10), pp.3484-3492. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JCM.00548-06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A selC-associated genomic island of the extraintestinal avian pathogenic Escherichia coli strain BEN2908 is involved in carbohydrate uptake and virulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 188 (3), pp.977-987. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.188.3.977-987.2006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude fonctionnelle de la région génomique xseA-his-S commune à l'espèce Salmonella enterica subsp. Enterica, à certaines souches d'Escherichia coli pathogènes aviaires et à des souches d'Escherichia coli impliquées dans des pathologies extra-intestinales chez l'homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rochereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Mensuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 123, pp.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IbeA, a virulence factor of avian pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.H. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 151, pp.1179-1186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic subtraction for the identification of putative new virulence factors of an avian pathogenic Escherichia coli strain of O2 serogroup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Koffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Leroy Sétrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 150 (9), pp.2973-2984. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/mic.0.27261-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increased tracheal colonization in chickens without impairing pathogenic properties of avian pathogenic Escherichia coli MT78 with a fimH deletion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avian diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 44, pp.343-355</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A type IC restriction-modification system in Lactococcus lactis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Clier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Lerayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 2, pp.407-411</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinational variation of restriction modification specificities in Lactococcus lactis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 28 (1), pp.169-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of cspB, a cold-shock-inducible gene from Lactococcus lactis, and evidence for a family of genes homologous to the Escherichia coli cspA major cold shock gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Chapot Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Lepeuple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Gripon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 17, pp.5589-5593</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02696087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic organization of lactic acid bacteria phages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 76 (1-2), pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence and organization of the lactococcal prolate-headed blL67 phage genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 140, pp.3061-3069</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of &amp;lt;em&amp;gt;Lactococcus lactis&amp;lt;/em&amp;gt; phage antigens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Mata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 58 (8), pp.2479-2484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models of avian intestinal mucosa interaction with commensal and pathogenic bacteria: present and future investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Holbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAHW SOA18 2026 Webinar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAHW SOA18 Coordinator : Nuria Mach-Casellas, Jan 2026, Paris ( France), France. 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Oligo-Consortium as Starter Microbiota in Chicks Against Salmonella: Who's Doing What?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Holbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRAE du réseau HOLO-AE : Holobionte des animaux d’élevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE Metaprogramme Holoflux, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles conséquences d'un enrichissement de l'environnement néonatal des poussins sur les performances, le microbiote intestinal et la santé des poulets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contact with an adult hen after hatching promotes maturation of the chick caecal microbiota and has a greater effect than hatching systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenolah Annonay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Ravon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI European Poultry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm hatching and contact with adult hen posthatch induce sex-dependent effects on performance and health in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI European Symposium on Poultry Welfare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Prague, Czech Republic. pp.69-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiopathology of Eimeria tenella infection and integrity of the intestinal barrier: influence of the microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sedano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. International Coccidiosis Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, České Budějovice, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du chantier Agroécologie (AE) & Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du chantier « Agroécologie et Marché » des Groupes Filières d’INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 51 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts à court et à moyen terme d'une supplémentation précoce en xylanase-xos sur le métabolome et le microbiome caécal des poulets de chair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jonchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise I. Bussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vahid Khaksar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Cornaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14 ème Journées de la Recherche Avicole et Palmipèdes à Foie Gras (JRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des Intrants médicamenteux en élevage (RIMEL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davi Savietto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France. pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiated short and medium term impacts of early xylanase-xos supplementation on caecal metabolome and microbiome moy in broiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jonchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise I. Bussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vahid Khaksar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Cornaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Poultry Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04144164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d'une collection d'isolats français d'Enterococcus cecorum : Résistance aux antimicrobiens et étude génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Avicole et Cunicole d'Information et d'Echanges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anses Site de Ploufragan- Plouzané-Niort, Dec 2021, Ploufragan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrat INRA 2018 Prematuration « Providefense » Production de défensines aviaires recombinantes pour la santé animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Nicaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Annuelles du GDR 3625 MuFoPAM "MultiFonction des Peptides AntiMicrobiens"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR 3625 MuFoPAM, Oct 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03414767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiopathology of Eimeria tenella infection and integrity of the intestinal barrier: influence of the microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03307268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer le potentiel thérapeutique des coliphages : approche curative des infections causées par Escherichia coli chez les oiseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'Innovation Agronomique (CIAG) : Prévenir et guérir les maladies infectieuses dans le concept One Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03473194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Type I IFN stimulation primes chicken macrophages to an exacerbated inflammatory phenotype mediated by IFNβ following bacterial challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian beta-defensins: Assessment of role in colibacillosis and influenza virus infection in chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Mollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanaïque Guillory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Antimicrobial Peptides - AMP 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poitiers, France. 123 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity of avian beta-defensins: beyond antibacterial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Scalzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Mollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du microbiote sur la physiopathologie de l'infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature variations during incubation and postnatal period affect performance, metabolism, health and gene expression in the blood of fast-growing chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Coustham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Couroussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. European Poultry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European federation of WPSA (WPSA). INT., Sep 2018, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial colonisation is essential for the development of the gut immune system in chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Härtle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Schusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. European Veterinary Immunology Workshop (EVIW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrité de la barrière intestinale lors de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; : importance des macrophages et l’influence du microbiote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tours, France. 47 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escherichia coli producteurs de β-lactamases à spectre étendu chez le cheval en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37. Réunion Interdisciplinaire de Chimiothérapie Anti-Infectieuse (RICAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La colonisation bactérienne est essentielle pour le développement du système immunitaire intestinal du poulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Type I IFN priming modulates pro-inflammatory response to &amp;lt;em&amp;gt;E. coli&amp;lt;/em&amp;gt; LPS in chicken macrophages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées d'animation scientifique de la FéRI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche en infectiologie (FéRI)., Jul 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of avian beta-defensin 7 interactions with immune cells in vivo and in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Wiedemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées d'animation scientifique de la FéRI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche en infectiologie (FéRI)., Jul 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of avian beta-defensins interaction with chicken cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Wiedemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, German Society for Immunology DGFI., Sep 2016, Herrsching am Ammersee, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic potential of avian beta-defensins in experimental murine salmonellosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMP2016 Antimicrobial Peptides Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une des solutions à la lutte contre l’utilisation des antibiotiques : la phagothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National Alterbiotique CNA2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Cristal. FRA., Oct 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phagothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Réunion du réseau R2A2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phages et écosystèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Réseau INRA Nutrition et écosystèmes microbiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gut microbiota contributes to a resilient developed immune system in chickens by activating the adaptive immunity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Avian Immunology Research Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Guelph, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection de l'efficacité digestive et influence sur la durabilité de la filière avicole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Méda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabeel Al Nahhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationale Volailles de Qualité Label et Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gut microbiota is critical for the development of the mucosal immune system of chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Avian Immunology Research Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Guelph, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de souches d'Escherichia coli pathogènes aviaires de sérogroupe O88</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baucheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Lesceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Colloque International Francophone de Microbiologie Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole Nationale Vétérinaire de Toulouse (ENVT). FRA., May 2014, Toulouse, France. 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness and efficiency of avian beta defensins as novel antiinfectious agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhD Day 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nouzilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digestion and genetics in broilers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Yvonne Boscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the chicken of the future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Veterinary College - University of London. GBR., Apr 2014, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gut microbiota is critical for the development of the mucosal immune system of chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Roell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. Tagung der Fachgruppe Physiologie und Biochemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deutsche Veterinärmedizinische Gesellschaft., Feb 2014, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection for feed efficiency as a tool to improve sustainability of poultry production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Méda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabeel Alnahhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">102. Annual Meeting of the Poultry Science Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, San Diego, United States. 28 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent insights into avian pathogenic &amp;lt;em&amp;gt;Escherichia col&amp;lt;/em&amp;gt;i pathogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Workshop on avian infectious diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing resistance to colibacillosis of six chicken lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Symposium on Poultry Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World's Poultry Science Association (WPSA). INT., Sep 2013, Venise, Italy. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01004744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosis of APEC strains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Avian Extra-Intestinal Escherichia coli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade Federal do Rio Grande do Sul (UFRGS). Laboratório de Microbiologia Celular, Departamento de Biofísica da UFRGS, Porto Alegre, BRA., May 2012, Porto Alegre, Brazil. 40 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of age and intestinal microbiota on the expression of avian defensins in the chicken gut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djihad Bencherit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Alternatives to Antibiotics (ATA) : Challenges and Solution in Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Organisation for Animal Health (OIE). Paris, INT., Sep 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bactériophages, une alternative à l'usage des antibiotiques pour le traitement de la colibacillose aviaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Interprofessionnelles de Pathologie Aviaire - Rippa 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chêne Vert Conseil. Pleumeleuc, FRA., Jun 2012, Rennes, France. 74 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escherichia coli, une bactérie ubiquiste et versatile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosine Danguy Des Déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction of avian pathogenic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; with epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale P. Quéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMIS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of fructooligosaccharide metabolism in an extra-intestinal pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for General Microbiology 2011 Autumn Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, York, United Kingdom. pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of FosR, the transcriptional regulator of fructooligosaccharides metabolism in a pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Congrès National de la Société Française de Microbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de FosR, régulateur transcriptionnel de gènes impliqués dans le métabolisme des fructooligosaccharides chez une souche d'Escherichia coli pathogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées des Microbiologistes de l'INRA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of FosR, the transcriptional regulator of fructooligosaccharides metabolism in a pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacques Monod Commemorative Minisymposium Gene Expression and Signalling in Bacteria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Paris, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ability of an extraintestinal pathogenic Escherichia coli strain to metabolize fructooligosaccharides, a prebiotic, contributes to intestinal colonization.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Metabolism and Bacterial Pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hohenkammer, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Frz carbohydrate metabolic system of Escherichia coli: a new environmental sensor ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Metabolism and Bacterial Pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hohenkammer, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of FosR, the transcriptional regulator of fructooligosaccharides metabolism in a pathogenic Esherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Seillac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation de la virulence d'Escherichia coli pour les volailles par inactivation d'une voie métabolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of an avian pathogenic Escherichia coli metabolic region implicated in host adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-FEMS-LEOPOLDINA Symposium : "Escherichia coli" - Facets of a Versatile Pathogen" on the Occasion of the 150th Birthday of Theodor Escherich (1857-1911)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bad Staffelstein, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGI-3, un ilot génomique mobile impliqué dans l'assimilation de carbohydrates et dans la virulence d'une souche d'Escherichia coli à pathologie extra-intestinale, Session 2 : Interactions des microorganismes avec leur hôte ou/et le milieu physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Rencontres des Microbiologistes de l’INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Dourdan, France. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility of AGI-3, an island involved in virulence and carbohydrate assimilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final meeting of the COLIRISK Project "Evaluation of the Zoonotic Risk of Escherichia coli Strains Involved in Extraintestinal Infections in Humans and Animals"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Wurzburg, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et mobilité de l'îlot génomique AGI-3 de la souche d'Escherichia coli pathogène extra-intestinal BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFR 136 "Virulence et résistance" Plasticité génomique - mécanismes d'infection des cellules eucaryotes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Nouzilly, France. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relationships between extra-intestinal pathogenic Escherichia coli of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Rasschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Fondjouan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPI-I BEN2908: a new PAI involved in the virulence of the avian pathogenic Escherichia coli strain BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Ein-Gedi, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relationships between extra-intestinal pathogenic Escherichia coli of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Rasschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Fondjouan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relationships between extra-intestinal pathogenic Escherichia coli of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Rasschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Conference on New Frontiers in Microbiology and Infection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Villars-sur-Ollon, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPI-I BEN2908: a new PAI involved in the virulence of the avian pathogenic Escherichia coli strain BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Conference on New Frontiers in Microbiology and Infection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Villars-sur-Ollon, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clonal relationships between avian and human extra-intestinal pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Ein-Gedi, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPI-I BEN2908: a new PAI involved in the virulence of the avian pathogenic Escherichia coli strain BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Ein-Gedi, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication du gène aec1 de la région génomique D10 dans la virulence de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bottreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Evian, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de régions génomiques potentiellement liées à la virulence des Escherichia coli pathogènes aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Rencontres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of an inducible phage in an avian pathogenic Escherichia coli (APEC) strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Seillac, France. pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs de virulence des Escherichia coli aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of an inducible phage in an avian pathogenic Escherichia coli (APEC) strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">101. General Meeting of American Society for Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation of genomic specific for avian pathogenic Escherichia coli (APEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Coulange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Leroy-Sétrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">100. General Meeting of the American Society for Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Los Angeles, United States. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of a new chromosomal region involved in Escherichia coli pathogenicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Refour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Coulange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomes 2000. International Conference on Microbial and Model Genomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le point sur les facteurs de virulence des Escherichia coli aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Coulange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence and organization of the lactococcal prolate-headed bIL67 phage genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Duwat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1995, Palmerston North, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enterobacterial rivalry at the avian epithelial level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Holbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bonnevie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Salmonella &amp; Salmonellosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05155915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Bacterial Genome using a Saturated Tn-seq Library for Salmonella Enteritidis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diving into bacterial dormancy: emergence of osmotically stable wall-less forms in an aquatic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sartori-Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia D Gazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Symposium on Problems of Listeria and Listeriosis (ISOPOL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering bacterial gene function using a saturated transposon library in Salmonella Enteritidis LA5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Delpech-Farras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2023 - FéRI Scientific Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seaweed extracts inhibit invasion of Salmonella Enteritidis into avian epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Saunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nyvall Collén Pi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2023 - FéRI Scientific Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et séparation de 2 populations de macro-parasites par cytométrie en flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Sausset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guégnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Serreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de l'Association Française de Cytométrie 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intestinal avian defensin 2 and robustness of chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Metayer-Coustard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale (JAS SA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Anglet, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of phage cocktails to prevent avian colibacillosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chaumeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses of Microbes 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Guimaraes, Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les facteurs déclenchants de la colibacillose du poulet de chair : étude épidémiologique dans 80 élevages en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Galliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Balaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immunisation passive des poussins par l'administration d'un autovaccin aux poules reproductrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alassane Keita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Amelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Tours (France), France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04082645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key role of the gut microbial composition in the occurrence of Salmonella super‐and low‐shedder phenotypes in chicken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Rychlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Salmonella and Salmonellosis (I3S) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the prophylactic and therapeutic effect of a phage cocktail to control Salmonella Enteritidis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Deslis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses of Microbes 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Guimaraes, Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of French Isolates of Enterococcus cecorum: antimicrobial resistance and potential of pathogenicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e congrès national de la SFM « MICROBES »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of French isolates of Enterococcus cecorum: Antimicrobial resis-tance and pathogenicity potential.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques et doctorales de l’ANSES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the microbiota on the development of the parasite Eimeria tenella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisson Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03307586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du microbiote sur le développement du parasite &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisson Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiopathologie de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; et intégrité de la barrière intestinale : influence du microbiote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La colibacillose du poulet de chair: résultats intermédiaires d’une étude épidémiologique dans 40 élevages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Balaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Galliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Tours, France. </w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ITAVI - Institut Technique de l'Aviculture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 929 p., 2019, 13èmes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations in incubation and postnatal environments affect the microbiota composition of fast-growing male chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Couroussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combined Meeting of the Incubation and Fertility Research Group (IFRG/WPSA Working Group 6) and 7th Combined Workshop on "Fundamental Physiology and Perinatal Development in Poultry (WPSA Working Group 12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Tours, France. 2 p., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of type I interferons (IFNs) in the regulation of chicken macrophage inflammatory response to bacterial challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of coliphages to prevent chicken embryo mortality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angèle Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshnee Moodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embo Workshop Viruses of Microbes 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Wroclaw, Poland. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un cadre conceptuel à un programme expérimental pour la gestion intégrée de la santé chez les monogastriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Balmisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Rennes, France. , 2018, Journées d’animation scientifiques du département Phase - Recueil des résumés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compared effect of copper-exchanged zeolite and brown macroalgae &amp;lt;em&amp;gt;Ascophyllum nodosum&amp;lt;/em&amp;gt; on fecal excretion of Avian Pathogenic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; in a chicken intestinal carriage mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. N'Guetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Benzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. European Poultry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Dubrovnik, Croatia. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual framework to promote integrated health management in monogastrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Balmisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 2017, Annual Meeting of the European Association for Animal Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le microbiote intestinal des chevaux, en France, est-il un réservoir de gènes d’antibiorésistance ? Caractérisation de souches de Escherichia coli multirésistantes aux antibiotiques et productrices de béta-lactamases à spectre étendu (BLSE) et de céphalosporinases (AmpC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43. Journée de la Recherche Equine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France. , Journée de la Recherche Equine, 43, 182 p., 2017, Journée de la Recherche Equine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrasting effects of genetic selection on feed efficiency on resistance to avian influenza and colibacillosis in the chicken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Zerjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanaïque Guillory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium 2017 of the Avian Genetics and Immunity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Guildford, United Kingdom. 2017, International Symposium 2017 of the Avian Genetics and Immunity</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of alternative animals models for testing the efficacy of phages as therapeutic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Atterbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centennial Celebration of Bacteriophage Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Paris, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fecal carriage and characterization of extended-spectrum β-lactamase- and AmpC β-lactamase-producing Escherichia coli from healthy horses in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Symposium on Antimicrobial Résistance in Animals and the Environment (ARAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Braunschweig, Germany. 2017, 7th Symposium on Antimicrobial Résistance in Animals and the Environment (ARAE)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prior exposure to type I interferon boosts inflammation and bacterial uptake in chicken macrophages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Seillac, France. , 100 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of alternative animals models for testing the efficacy of phages as therapeutic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Viardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phages on MARseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Marseille, France. 39 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic of avian beta-defensins in experimental murine salmonellosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Chasseneuil-du-Poitou, France. , 98 p., 2016, Santé animale et santé publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the participation of avian kinin ornithokinin (OK) and its receptors in the chicken inflammatory response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Herrsching am Ammersee, Germany. , 120 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of avian beta-defensin 7 interactions with immune cells &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;in vitro&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Wiedemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMP2016 Antimicrobial Peptides Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROBUSTCHICK : Technique innovante combinant des modifications de températures et hygrométries d’incubation pour améliorer la robustesse, la santé et le bien-être du poulet de chair dans un environnement thermique d’élevage variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Coustham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Berri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Gestion intégrée de la Santé des Animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, La Chapelle sur Erdre, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mucosal but not systemic immune system development in the chicken is regulated by microbial colonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Härtle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Schusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Herrsching am Ammersee, Germany. , 120 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic characterization of avian pathogenic and commensal chicken &amp;lt;em&amp;gt;E. Coli&amp;lt;/em&amp;gt; isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Trost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Ron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Congress of European Microbiologists (FEMS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Maastricht, Netherlands. 2778 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian defensins AvBD2 and AvBD7 encompass an unusual resistance to proteolysis: consequences for their antimicrobial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Colloque Protéolyse Cellulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Sète, France. , 1 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la résistance des défensines aviaires à la protéolyse par les enzymes intestinales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Seillac, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The high resistance of avian defensins to proteolysis preserves their antibacterial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Harichaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conferences - Antimicrobial Peptides : Basic and Translational Aspects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lucques (Barga), Italy. 1 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturation of the avian IgA system critically depends on microbial colonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. International Congress of Mucosal Immunology ICMI2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Berlin, Germany. 203 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian beta defensins are robust and efficient against pathogenic enterobacteriaceae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Harichaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées du GDR MuFoPAM « MultiFonction des Peptides antimicrobiens »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dourdan, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic characterization of avian pathogenic and commensal chicken E. coli isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Trost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliora Ron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO conference on microbiology after the genomics revolution: Genomes 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness and efficiency of avian beta defensins as novel anti-infectious agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées « Rencontres de recherche en Santé Animale » SIMV-ICSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagerie in-vivo du petit animal en confinement A3 : étude des interactions hôte/pathogène dans des modèles murins et aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Doz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Cap d'Agde, France. 104 p., 2013, Santé animale et santé publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of genetic by nutrition interaction on poultry production sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Méda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabeel Alnahhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. European Symposium on Poultry Genetics (ESPG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Venise, Italy. 2013, Proceedings of the 8th European Symposium on Poultry Genetics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibacterial spectrum of avian defensin 2: peculiarities in relationship with structural features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Derache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Meudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Aucagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Symposium on Antimicrobial Peptides: Today knowledge and future applications (AMP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lille, France. , pp.D-97, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l’âge et du microbiote sur l’expression intestinale des défensines chez les oiseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djihad Bencherit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées des microbiologistes de l'INRA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, L'Isle-sur-la-Sorgue, France. 206 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRZ, une région métabolique impliquée dans l'adaptation d'une souche aviaire d'Escherichia coli à son hôte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Congrès National de la Société Française de Microbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Nantes, France. pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pathogenic Escherichia coli strain is able to metablize a prébiotic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-FEMS-LEOPOLDINA Symposium : "Escherichia coli" - Facets of a Versatile Pathogen" on the Occasion of the 150th Birthday of Theodor Escherich (1857-1911)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bad Staffelstein, Germany. pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation d'une région métabolique favorisant l'adaptation de la souche BEN 2908 d'Escherichia coli pathovar APEC à l'intestin de poulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Colloque International Francophone de Bactériologie Vétérinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Liège, Belgique. 1p, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA sequences associated with PAIs inserted at tRNA loci in a collection of avian pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Dobrindt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">105. General Meeting of the American Society for Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Atlanta, United States. 1 p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of DNA sequences inserted at tRNA loci in APEC strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Dobrindt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Ein-Gedi, Israel. 2005, Molecular basis of bacterial pathogenesis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du role métabolique de trois gènes localisés dans un nouvel ilot de pathogénicité potentiel (EPI-IBEN2908) de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Chouika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Fondjouan, France. pp.56, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication dans la virulence pour le poulet de l'ilot EPI-IBEN2908 de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Congrès National de la Société Française de Microbiologie "Bordeaux Un pont entre les disciplines"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Bordeaux, France. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02832988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication du gène aec1 de l'ilot génomique D10 dans la virulence de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bottreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Congrès National de la Société Française de Microbiologie "Bordeaux Un pont entre les disciplines"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Bordeaux, France. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ibeA, un facteur de virulence commun aux souches d'Escherichia coli pathogènes pour le poulet et à celles responsables de méningites du nouveau-né</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.H. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Rencontres des Microbiologistes de l'Inra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France. pp.2003, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude fonctionnelle de la région xseA-hisS commune à l'espèce Salmonella enterica subsp. enterica, à certaines souches d'Escherichia coli pathogènes aviaires et à des souches d'Escherichia coli impliquées dans des pathologies extra-intestinales chez l'homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Rochereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Evian, France. 2003, Animation scientifique du département de santé animale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diving into bacterial dormancy: emergence of osmotically stable wall-less forms in an aquatic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sartori-Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Gazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative genome analysis of Enterococcus cecorum reveals intercontinental spread of a lineage of clinical poultry isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deschamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antimicrobial Resistance Analysis of French Isolates of Enterococcus cecorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurentie J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loux V.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hennequet-Antier C.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a Chicken Embryo Lethality Assay to Assess the Efficacy of Phage Therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bacteriophages : Methods and Protocols, Volume IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1898, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humana Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 235 p., 2019, Methods in Molecular Biology, 978-1-4939-8939-3. </w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-8940-9_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volailles : les chercheurs veillent au grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Berri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Coustham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chercheurs au chevet des volailles. Microbes : la contre-attaque est lancée. Prochain objectif : améliorer le diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId613"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Catherine Schouler </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models of avian intestinal mucosa interaction with commensal and pathogenic bacteria: present and future investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Holbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAHW SOA18 2026 Webinar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAHW SOA18 Coordinator : Nuria Mach-Casellas, Jan 2026, Paris ( France), France. 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contact with an adult hen after hatching promotes maturation of the chick caecal microbiota and has a greater effect than hatching systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenolah Annonay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Ravon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI European Poultry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Oligo-Consortium as Starter Microbiota in Chicks Against Salmonella: Who's Doing What?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Holbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire INRAE du réseau HOLO-AE : Holobionte des animaux d’élevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE Metaprogramme Holoflux, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles conséquences d'un enrichissement de l'environnement néonatal des poussins sur les performances, le microbiote intestinal et la santé des poulets?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du chantier Agroécologie (AE) & Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du chantier « Agroécologie et Marché » des Groupes Filières d’INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 51 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiopathology of Eimeria tenella infection and integrity of the intestinal barrier: influence of the microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sedano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. International Coccidiosis Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, České Budějovice, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04143368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm hatching and contact with adult hen posthatch induce sex-dependent effects on performance and health in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI European Symposium on Poultry Welfare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Prague, Czech Republic. pp.69-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiated short and medium term impacts of early xylanase-xos supplementation on caecal metabolome and microbiome moy in broiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jonchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise I. Bussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vahid Khaksar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Cornaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Poultry Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04144164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts à court et à moyen terme d'une supplémentation précoce en xylanase-xos sur le métabolome et le microbiome caécal des poulets de chair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jonchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise I. Bussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vahid Khaksar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Cornaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14 ème Journées de la Recherche Avicole et Palmipèdes à Foie Gras (JRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction des Intrants médicamenteux en élevage (RIMEL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gunia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davi Savietto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France. pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrat INRA 2018 Prematuration « Providefense » Production de défensines aviaires recombinantes pour la santé animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Nicaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées Annuelles du GDR 3625 MuFoPAM "MultiFonction des Peptides AntiMicrobiens"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR 3625 MuFoPAM, Oct 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03414767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d'une collection d'isolats français d'Enterococcus cecorum : Résistance aux antimicrobiens et étude génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Avicole et Cunicole d'Information et d'Echanges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anses Site de Ploufragan- Plouzané-Niort, Dec 2021, Ploufragan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiopathology of Eimeria tenella infection and integrity of the intestinal barrier: influence of the microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03307268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrité de la barrière intestinale lors de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; : importance des macrophages et l’influence du microbiote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tours, France. 47 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du microbiote sur la physiopathologie de l'infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity of avian beta-defensins: beyond antibacterial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Scalzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Mollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer le potentiel thérapeutique des coliphages : approche curative des infections causées par Escherichia coli chez les oiseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'Innovation Agronomique (CIAG) : Prévenir et guérir les maladies infectieuses dans le concept One Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03473194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian beta-defensins: Assessment of role in colibacillosis and influenza virus infection in chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouk Mollé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanaïque Guillory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium on Antimicrobial Peptides - AMP 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Poitiers, France. 123 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Type I IFN stimulation primes chicken macrophages to an exacerbated inflammatory phenotype mediated by IFNβ following bacterial challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature variations during incubation and postnatal period affect performance, metabolism, health and gene expression in the blood of fast-growing chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Coustham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Couroussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. European Poultry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European federation of WPSA (WPSA). INT., Sep 2018, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial colonisation is essential for the development of the gut immune system in chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Härtle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Schusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. European Veterinary Immunology Workshop (EVIW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La colonisation bactérienne est essentielle pour le développement du système immunitaire intestinal du poulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escherichia coli producteurs de β-lactamases à spectre étendu chez le cheval en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37. Réunion Interdisciplinaire de Chimiothérapie Anti-Infectieuse (RICAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic potential of avian beta-defensins in experimental murine salmonellosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMP2016 Antimicrobial Peptides Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of avian beta-defensin 7 interactions with immune cells in vivo and in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Wiedemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées d'animation scientifique de la FéRI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche en infectiologie (FéRI)., Jul 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Type I IFN priming modulates pro-inflammatory response to &amp;lt;em&amp;gt;E. coli&amp;lt;/em&amp;gt; LPS in chicken macrophages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Journées d'animation scientifique de la FéRI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche en infectiologie (FéRI)., Jul 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of avian beta-defensins interaction with chicken cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Wiedemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, German Society for Immunology DGFI., Sep 2016, Herrsching am Ammersee, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une des solutions à la lutte contre l’utilisation des antibiotiques : la phagothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National Alterbiotique CNA2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Cristal. FRA., Oct 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phagothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Réunion du réseau R2A2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phages et écosystèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Réseau INRA Nutrition et écosystèmes microbiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gut microbiota is critical for the development of the mucosal immune system of chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Roell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. Tagung der Fachgruppe Physiologie und Biochemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deutsche Veterinärmedizinische Gesellschaft., Feb 2014, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection de l'efficacité digestive et influence sur la durabilité de la filière avicole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Méda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabeel Al Nahhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationale Volailles de Qualité Label et Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gut microbiota is critical for the development of the mucosal immune system of chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Avian Immunology Research Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Guelph, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gut microbiota contributes to a resilient developed immune system in chickens by activating the adaptive immunity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Avian Immunology Research Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Guelph, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness and efficiency of avian beta defensins as novel antiinfectious agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhD Day 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nouzilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de souches d'Escherichia coli pathogènes aviaires de sérogroupe O88</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baucheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Lesceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Colloque International Francophone de Microbiologie Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole Nationale Vétérinaire de Toulouse (ENVT). FRA., May 2014, Toulouse, France. 56 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digestion and genetics in broilers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Yvonne Boscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the chicken of the future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Veterinary College - University of London. GBR., Apr 2014, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent insights into avian pathogenic &amp;lt;em&amp;gt;Escherichia col&amp;lt;/em&amp;gt;i pathogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Workshop on avian infectious diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection for feed efficiency as a tool to improve sustainability of poultry production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Méda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabeel Alnahhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">102. Annual Meeting of the Poultry Science Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, San Diego, United States. 28 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing resistance to colibacillosis of six chicken lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Le Bihan-Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Symposium on Poultry Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World's Poultry Science Association (WPSA). INT., Sep 2013, Venise, Italy. pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01004744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bactériophages, une alternative à l'usage des antibiotiques pour le traitement de la colibacillose aviaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Interprofessionnelles de Pathologie Aviaire - Rippa 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chêne Vert Conseil. Pleumeleuc, FRA., Jun 2012, Rennes, France. 74 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of age and intestinal microbiota on the expression of avian defensins in the chicken gut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djihad Bencherit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Alternatives to Antibiotics (ATA) : Challenges and Solution in Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Organisation for Animal Health (OIE). Paris, INT., Sep 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosis of APEC strains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Avian Extra-Intestinal Escherichia coli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade Federal do Rio Grande do Sul (UFRGS). Laboratório de Microbiologia Celular, Departamento de Biofísica da UFRGS, Porto Alegre, BRA., May 2012, Porto Alegre, Brazil. 40 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escherichia coli, une bactérie ubiquiste et versatile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosine Danguy Des Déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction of avian pathogenic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; with epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale P. Quéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMIS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of fructooligosaccharide metabolism in an extra-intestinal pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for General Microbiology 2011 Autumn Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, York, United Kingdom. pp.52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of FosR, the transcriptional regulator of fructooligosaccharides metabolism in a pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacques Monod Commemorative Minisymposium Gene Expression and Signalling in Bacteria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Paris, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of FosR, the transcriptional regulator of fructooligosaccharides metabolism in a pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Congrès National de la Société Française de Microbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de FosR, régulateur transcriptionnel de gènes impliqués dans le métabolisme des fructooligosaccharides chez une souche d'Escherichia coli pathogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées des Microbiologistes de l'INRA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation de la virulence d'Escherichia coli pour les volailles par inactivation d'une voie métabolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of FosR, the transcriptional regulator of fructooligosaccharides metabolism in a pathogenic Esherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Seillac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Frz carbohydrate metabolic system of Escherichia coli: a new environmental sensor ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Metabolism and Bacterial Pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hohenkammer, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ability of an extraintestinal pathogenic Escherichia coli strain to metabolize fructooligosaccharides, a prebiotic, contributes to intestinal colonization.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Metabolism and Bacterial Pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Hohenkammer, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of an avian pathogenic Escherichia coli metabolic region implicated in host adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-FEMS-LEOPOLDINA Symposium : "Escherichia coli" - Facets of a Versatile Pathogen" on the Occasion of the 150th Birthday of Theodor Escherich (1857-1911)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bad Staffelstein, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et mobilité de l'îlot génomique AGI-3 de la souche d'Escherichia coli pathogène extra-intestinal BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFR 136 "Virulence et résistance" Plasticité génomique - mécanismes d'infection des cellules eucaryotes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Nouzilly, France. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AGI-3, un ilot génomique mobile impliqué dans l'assimilation de carbohydrates et dans la virulence d'une souche d'Escherichia coli à pathologie extra-intestinale, Session 2 : Interactions des microorganismes avec leur hôte ou/et le milieu physique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Rencontres des Microbiologistes de l’INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Dourdan, France. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility of AGI-3, an island involved in virulence and carbohydrate assimilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final meeting of the COLIRISK Project "Evaluation of the Zoonotic Risk of Escherichia coli Strains Involved in Extraintestinal Infections in Humans and Animals"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Wurzburg, Germany. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPI-I BEN2908: a new PAI involved in the virulence of the avian pathogenic Escherichia coli strain BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Ein-Gedi, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relationships between extra-intestinal pathogenic Escherichia coli of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Rasschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Conference on New Frontiers in Microbiology and Infection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Villars-sur-Ollon, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relationships between extra-intestinal pathogenic Escherichia coli of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Rasschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Fondjouan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relationships between extra-intestinal pathogenic Escherichia coli of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Rasschaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Fondjouan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPI-I BEN2908: a new PAI involved in the virulence of the avian pathogenic Escherichia coli strain BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Ein-Gedi, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPI-I BEN2908: a new PAI involved in the virulence of the avian pathogenic Escherichia coli strain BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Conference on New Frontiers in Microbiology and Infection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Villars-sur-Ollon, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clonal relationships between avian and human extra-intestinal pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Ein-Gedi, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de régions génomiques potentiellement liées à la virulence des Escherichia coli pathogènes aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Rencontres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication du gène aec1 de la région génomique D10 dans la virulence de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bottreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Evian, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facteurs de virulence des Escherichia coli aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of an inducible phage in an avian pathogenic Escherichia coli (APEC) strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Blain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Seillac, France. pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence of an inducible phage in an avian pathogenic Escherichia coli (APEC) strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">101. General Meeting of American Society for Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation of genomic specific for avian pathogenic Escherichia coli (APEC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Coulange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Leroy-Sétrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">100. General Meeting of the American Society for Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Los Angeles, United States. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of a new chromosomal region involved in Escherichia coli pathogenicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Refour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Coulange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mouline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genomes 2000. International Conference on Microbial and Model Genomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le point sur les facteurs de virulence des Escherichia coli aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Coulange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées de la Recherche Avicole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Saint Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence and organization of the lactococcal prolate-headed bIL67 phage genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Duwat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1995, Palmerston North, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The application of bacteriophage to veterinary and One-Health medicine—a road map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert J Atterbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano M Gigante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Jalasvuori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 16, pp.1725071. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2025.1725071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequencing of the invasive E. coli strain BEN2908 isolated from poultry: A comparative investigation of genomic regions shared with intestinal and extraintestinal model E. coli strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Weber Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Lahnig-Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Houle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 21 (2), pp.e0342894. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0342894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Salmonella adaptation in response to phage treatment in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeline Morinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 56 (1), pp.167. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-025-01589-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05557640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Salmonella adaptation in response to phage treatment in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeline Morinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 56 (1), pp.167. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-025-01589-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05205727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chicken Embryo as an In Vivo Model to Revive Viable but Non-Culturable Pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iana Hemery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Pagliuso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 219, pp.e68509. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/68509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05186972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chantier « Agroécologie &amp; Marché » conduit par les groupes filières INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and characterization of a saturated transposon mutant library of Salmonella enterica serovar Enteritidis LA5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Jouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Naquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Resource Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14 (6), pp.e0131924. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mra.01319-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiated short- and long-term impacts of a starter stimbiotic supplementation on gut health in broilers fed wheat and rye-based diets at homeostasis and under Eimeria tenella challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jonchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise I Bussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Zemb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vahid Khaksar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Cornaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22, pp.127-138. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aninu.2025.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Note: Intestinal avian defensin 2 and robustness of chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Métayer Coustard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 103 (1), pp.103175. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psj.2023.103175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e20. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aquatic environment drives the emergence of cell wall-deficient dormant forms in Listeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sartori-Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia D Gazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.8499. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-52633-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prophylactic phage administration reduces Salmonella Enteritidis infection in newly hatched chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boulesteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MicrobiologyOpen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (6), pp.e70002. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mbo3.70002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04847543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction and characterization of a saturated Tn-seq library of Salmonella Typhimurium ATCC 14028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Jouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Naquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Resource Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (11), pp.e0036523. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mra.00365-23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04232548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Genome Analysis of Enterococcus cecorum Reveals Intercontinental Spread of a Lineage of Clinical Poultry Isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deschamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MSphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.e0049522. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msphere.00495-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04004063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The caecal microbiota promotes the acute inflammatory response and the loss of the intestinal barrier integrity during severe Eimeria tenella infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Tomal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sedano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13, pp.1250080. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcimb.2023.1250080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In ovo administration of a phage cocktail partially prevents colibacillosis in chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavillatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 102 (11), pp.102967. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psj.2023.102967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary diversification of defensins and cathelicidins in birds and primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henk P Haagsman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 157, pp.53 - 69. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molimm.2023.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and Characterization of a Novel Phage Collection against Avian-Pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Culot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshnee Moodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Atterbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Spectrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (3), pp.e0429622. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/spectrum.04296-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of passive immunization in broiler chicks via an inactivated Escherichia coli autogenous vaccine administered to broiler breeder hens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alassane Keita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Amelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avian Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (5), pp.445-456. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03079457.2022.2084362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colisée - Maîtrise de la colibacillose du poulet : quelles pistes d’action ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Balaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Galliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 85, pp.83-92. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description and validation of a new set of PCR markers predictive of avian pathogenic Escherichia coli virulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 273, 7 p. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2022.109530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03768115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Super Shedding in Enteric Pathogens: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto La Ragione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Chirullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (11), pp.2101. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms10112101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VOCALIM -Mieux valoriser des matières premières métropolitaines dans l'alimentation des poulets de chair pour améliorer l'autonomie protéique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pampouille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonie Dusart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bonnouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Danel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dauguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 82, pp.425-440. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/gybr-s265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of Escherichia coli strains isolated from day-old broiler chicks, their environment and colibacillosis lesions in 80 flocks in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Delannoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Yousfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 252, pp.108923. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2020.108923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upregulation of gut cathepsin L during Eimeria tenella infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlame Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Vanderlynden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Veterinary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 140, pp.109-116. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rvsc.2021.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03331820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High genomic diversity of novel phages infecting the plant pathogen Ralstonia solanacearum, isolated in Mauritius and Reunion islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Jean Bernard Pécheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.5382. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-84305-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of Germ-Free Fast-Growing Broilers from a Commercial Line for Microbiota Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavillatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chaumeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 160, 8 p. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/61148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian pathogenic Escherichia coli (APEC) strain-dependent immunomodulation of respiratory granulocytes and mononuclear phagocytes in CSF1R-reporter transgenic chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrina M Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen J Bryson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate M Sutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa S Monson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, 15 p. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fimmu.2019.03055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision cut lung slices: a novel versatile tool to examine host–pathogen interaction in the chicken lung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Jane Bryson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerry Mclachlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Digard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51 (1), 16 p. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-019-0733-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Absence of Gut Microbiota Alters the Development of the Apicomplexan Parasite Eimeria tenella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisson Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.632556. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcimb.2020.632556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03156323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gut microbiota composition before infection determines the Salmonella super‐ and low‐shedder phenotypes in chicken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Rychlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tereza Kubasová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (5), pp.1611-1630. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1751-7915.13621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spread of multidrug-resistant IncHI1 plasmids carrying ESBL gene blaCTX-M-1 and metabolism operon of prebiotic oligosaccharides in commensal Escherichia coli from healthy horses, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 55 (6), 6 p. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2020.105936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virulence and antibiotic resistance profile of avian Escherichia coli strains isolated from colibacillosis lesions in central of Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacima Meguenni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chafika Ali Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliha Bounar-Kechih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (11), pp.1840-1848. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14202/vetworld.2019.1840-1848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting-up a fast and reliable cytokinin biosensor based on a plant histidine kinase receptor expressed in Saccharomyces cerevisiae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Daudu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Kisiala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Werner Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Melin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 289, pp.103-111. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiotec.2018.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence, risk factors, and characterization of multidrug resistant and extended spectrum β-lactamase/AmpC β-lactamase producing Escherichia coli in healthy horses in France in 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Doublet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33, pp.902-911. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jvim.15415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic administration of avian Defensin 7: Distribution, cellular target, and antibacterial potential in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, 11 p. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.00541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer le potentiel thérapeutique des coliphages : approche curative des infections causées par &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; chez les oiseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Viardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angèle Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Prévenir et guérir les maladies infectieuses dans le concept One Health, 66, pp.9-17. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5408046162092197E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of type I interferons (IFNs) in the regulation of chicken macrophage inflammatory response to bacterial challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental and Comparative Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 86, pp.156-170. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dci.2018.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequences of two Escherichia coli phages vB_EcoM_ ESCO5 and vB_EcoM_ESCO13 which are related to phAPEC8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Viardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genome Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (13), 2 p. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/genomeA.01337-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the phospholipid platelet-activating factor as a mediator of inflammation in chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Veterinary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, 20 p. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fvets.2017.00226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene expression in the chicken caecum is dependent on microbiota composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Volf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ondrej Polansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuzana Sekelova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (1), 10 p. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-017-0493-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives d’alternatives thérapeutiques antimicrobiennes aux antibiotiques en élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (1), pp.77-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biology and genomics of an historic therapeutic Escherichia coli bacteriophage collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abiyad Baig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Colom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Barrow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshnee Moodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, 11 p. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.01652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the participation of avian kinin ornithokinin and its receptors in the chicken inflammatory response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 188, pp.34-47. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetimm.2017.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survival games at the dinner table: regulation of Enterobacterial virulence through nutrient sensing and acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles M Dozois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30, pp.98-106. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mib.2016.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of Escherichia coli strains involved in vertebral osteomyelitis and arthritis in broilers in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Fortes Vilarinho Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baucheron-Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12, 12 p. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12917-016-0762-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unusual resistance of avian defensin AvBD7 to proteolytic enzymes preserves its antibacterial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (8), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0161573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian colibacillosis: still many black holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 362 (15), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fnv118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broiler lines divergently selected for digestive efficiency also differ in their susceptibility to colibacillosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Calenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avian Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 43 (1), pp.78-81. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03079457.2013.873531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poultry as reservoir for extraintestinal pathogenic Escherichia coli O45:K1:H7-B2-ST95 in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azucena Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Viso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pilar Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando García-Garrote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 167 (3-4), pp.506-512. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2013.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of fructooligosaccharide metabolism on chicken colonization by an extra-intestinal pathogenic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (4), pp.e35475. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0035475⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life-threatening &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; cellulitis in patients with haematological malignancies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Sunder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Haguenoer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lissandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (9), pp.1324-1327. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/jmm.0.042366-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of fructooligosaccharide metabolism in an extra-intestinal pathogenic Escherichia coli strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Canepa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 81 (3), pp.717-733. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2958.2011.07725.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sugar metabolism, an additional virulence factor in enterobacteria.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Le Bouguénec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 301 (1), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmm.2010.04.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The extra-intestinal avian pathogenic strain BEN2908 invades avian and human epithelial cells and survives intracellularly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Delaleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 147 (3-4), pp.435-439. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetmic.2010.07.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00654948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICEEc2, a new integrative and conjugative element belonging to the pKLC102/PAGI-2 family, identified in Escherichia coli strain BEN374</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Flechard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Ferter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 192 (19), pp.5026-5036. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.00609-10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genomic Island of an Extraintestinal Pathogenic Escherichia coli Strain Enables the Metabolism of Fructooligosaccharides Which Improves Intestinal Colonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 191 (1), pp.388-393. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.01052-08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Metabolic Operon in Extraintestinal Pathogenic Escherichia coli Promotes Fitness under Stressful Conditions and Invasion of Eukaryotic Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Porcheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 191 (13), pp.4427-4440. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.00103-09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of an avian pathogenic Escherichia coli metabolic region implicated in host adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nova Acta Leopoldina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 359, pp.173-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraintestinal pathogenic Escherichia coli strains of avian and human origin: Link between phylogenetic relationships and common virulence patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 45 (10), pp.3366-3376. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JCM.00037-07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tDNA locus polymorphism and ecto-chromosomal DNA insertion hot-spots are related to the phylogenetic group of Escherichia coli strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Dobrindt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 153, pp.826-837. </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/mic.0.2006/001958-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A selC-associated genomic island of the extraintestinal avian pathogenic Escherichia coli strain BEN2908 is involved in carbohydrate uptake and virulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 188 (3), pp.977-987. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.188.3.977-987.2006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common virulence factors and genetic relationships between O18 : K1 : H7 Escherichia coli isolates of human and avian origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Tailliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mu-Rong Kao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 44 (10), pp.3484-3492. </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JCM.00548-06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IbeA, a virulence factor of avian pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.H. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 151, pp.1179-1186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude fonctionnelle de la région génomique xseA-his-S commune à l'espèce Salmonella enterica subsp. Enterica, à certaines souches d'Escherichia coli pathogènes aviaires et à des souches d'Escherichia coli impliquées dans des pathologies extra-intestinales chez l'homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rochereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Mensuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 123, pp.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic subtraction for the identification of putative new virulence factors of an avian pathogenic Escherichia coli strain of O2 serogroup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Koffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Leroy Sétrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 150 (9), pp.2973-2984. </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/mic.0.27261-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increased tracheal colonization in chickens without impairing pathogenic properties of avian pathogenic Escherichia coli MT78 with a fimH deletion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dho-Moulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avian diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 44, pp.343-355</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinational variation of restriction modification specificities in Lactococcus lactis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 28 (1), pp.169-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A type IC restriction-modification system in Lactococcus lactis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Clier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Lerayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 2, pp.407-411</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of cspB, a cold-shock-inducible gene from Lactococcus lactis, and evidence for a family of genes homologous to the Escherichia coli cspA major cold shock gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Chapot Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Lepeuple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Gripon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 17, pp.5589-5593</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02696087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic organization of lactic acid bacteria phages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 76 (1-2), pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence and organization of the lactococcal prolate-headed blL67 phage genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Ehrlich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Chopin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 140, pp.3061-3069</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of &amp;lt;em&amp;gt;Lactococcus lactis&amp;lt;/em&amp;gt; phage antigens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Mata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 58 (8), pp.2479-2484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enterobacterial rivalry at the avian epithelial level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Holbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bonnevie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Salmonella &amp; Salmonellosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05155915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diving into bacterial dormancy: emergence of osmotically stable wall-less forms in an aquatic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sartori-Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia D Gazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Symposium on Problems of Listeria and Listeriosis (ISOPOL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Bacterial Genome using a Saturated Tn-seq Library for Salmonella Enteritidis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et séparation de 2 populations de macro-parasites par cytométrie en flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Sausset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guégnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Serreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de l'Association Française de Cytométrie 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering bacterial gene function using a saturated transposon library in Salmonella Enteritidis LA5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Delpech-Farras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2023 - FéRI Scientific Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seaweed extracts inhibit invasion of Salmonella Enteritidis into avian epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Barilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Saunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nyvall Collén Pi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2023 - FéRI Scientific Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the prophylactic and therapeutic effect of a phage cocktail to control Salmonella Enteritidis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorna Agapé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Deslis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses of Microbes 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Guimaraes, Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key role of the gut microbial composition in the occurrence of Salmonella super‐and low‐shedder phenotypes in chicken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Rychlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Salmonella and Salmonellosis (I3S) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of phage cocktails to prevent avian colibacillosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Menanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chaumeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses of Microbes 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Guimaraes, Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03729546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intestinal avian defensin 2 and robustness of chicks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Metayer-Coustard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fany Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale (JAS SA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Anglet, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les facteurs déclenchants de la colibacillose du poulet de chair : étude épidémiologique dans 80 élevages en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Galliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Balaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immunisation passive des poussins par l'administration d'un autovaccin aux poules reproductrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alassane Keita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Le Devendec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Amelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Tours (France), France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04082645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of French Isolates of Enterococcus cecorum: antimicrobial resistance and potential of pathogenicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16e congrès national de la SFM « MICROBES »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of French isolates of Enterococcus cecorum: Antimicrobial resis-tance and pathogenicity potential.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques et doctorales de l’ANSES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations in incubation and postnatal environments affect the microbiota composition of fast-growing male chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Couroussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combined Meeting of the Incubation and Fertility Research Group (IFRG/WPSA Working Group 6) and 7th Combined Workshop on "Fundamental Physiology and Perinatal Development in Poultry (WPSA Working Group 12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Tours, France. 2 p., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du microbiote sur le développement du parasite &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisson Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the microbiota on the development of the parasite Eimeria tenella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alisson Niepceron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03307586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiopathologie de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; et intégrité de la barrière intestinale : influence du microbiote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Gaboriaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sadrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Vern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La colibacillose du poulet de chair: résultats intermédiaires d’une étude épidémiologique dans 40 élevages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Souillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Puterflam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Balaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Galliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Kempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Tours, France. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ITAVI - Institut Technique de l'Aviculture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 929 p., 2019, 13èmes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un cadre conceptuel à un programme expérimental pour la gestion intégrée de la santé chez les monogastriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Balmisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Rennes, France. , 2018, Journées d’animation scientifiques du département Phase - Recueil des résumés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of type I interferons (IFNs) in the regulation of chicken macrophage inflammatory response to bacterial challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of coliphages to prevent chicken embryo mortality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angèle Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arshnee Moodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embo Workshop Viruses of Microbes 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Wroclaw, Poland. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compared effect of copper-exchanged zeolite and brown macroalgae &amp;lt;em&amp;gt;Ascophyllum nodosum&amp;lt;/em&amp;gt; on fecal excretion of Avian Pathogenic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; in a chicken intestinal carriage mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. N'Guetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Benzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. European Poultry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Dubrovnik, Croatia. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrasting effects of genetic selection on feed efficiency on resistance to avian influenza and colibacillosis in the chicken</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Zerjal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanaïque Guillory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Esnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium 2017 of the Avian Genetics and Immunity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Guildford, United Kingdom. 2017, International Symposium 2017 of the Avian Genetics and Immunity</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le microbiote intestinal des chevaux, en France, est-il un réservoir de gènes d’antibiorésistance ? Caractérisation de souches de Escherichia coli multirésistantes aux antibiotiques et productrices de béta-lactamases à spectre étendu (BLSE) et de céphalosporinases (AmpC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43. Journée de la Recherche Equine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France. , Journée de la Recherche Equine, 43, 182 p., 2017, Journée de la Recherche Equine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of alternative animals models for testing the efficacy of phages as therapeutic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Atterbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centennial Celebration of Bacteriophage Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Paris, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual framework to promote integrated health management in monogastrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Balmisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 2017, Annual Meeting of the European Association for Animal Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fecal carriage and characterization of extended-spectrum β-lactamase- and AmpC β-lactamase-producing Escherichia coli from healthy horses in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud de Lagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Praud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Symposium on Antimicrobial Résistance in Animals and the Environment (ARAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Braunschweig, Germany. 2017, 7th Symposium on Antimicrobial Résistance in Animals and the Environment (ARAE)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prior exposure to type I interferon boosts inflammation and bacterial uptake in chicken macrophages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Lion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Trapp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Seillac, France. , 100 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mucosal but not systemic immune system development in the chicken is regulated by microbial colonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Härtle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Schusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Herrsching am Ammersee, Germany. , 120 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of alternative animals models for testing the efficacy of phages as therapeutic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Viardot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phages on MARseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Marseille, France. 39 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic of avian beta-defensins in experimental murine salmonellosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Chasseneuil-du-Poitou, France. , 98 p., 2016, Santé animale et santé publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the participation of avian kinin ornithokinin (OK) and its receptors in the chicken inflammatory response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Avian Immunology Research Group (AIRG) Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Herrsching am Ammersee, Germany. , 120 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of avian beta-defensin 7 interactions with immune cells &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;in vitro&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Wiedemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMP2016 Antimicrobial Peptides Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ROBUSTCHICK : Technique innovante combinant des modifications de températures et hygrométries d’incubation pour améliorer la robustesse, la santé et le bien-être du poulet de chair dans un environnement thermique d’élevage variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Coustham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Berri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Gestion intégrée de la Santé des Animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, La Chapelle sur Erdre, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic characterization of avian pathogenic and commensal chicken &amp;lt;em&amp;gt;E. Coli&amp;lt;/em&amp;gt; isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Trost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Ron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Congress of European Microbiologists (FEMS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Maastricht, Netherlands. 2778 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian defensins AvBD2 and AvBD7 encompass an unusual resistance to proteolysis: consequences for their antimicrobial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Colloque Protéolyse Cellulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Sète, France. , 1 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la résistance des défensines aviaires à la protéolyse par les enzymes intestinales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Seillac, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The high resistance of avian defensins to proteolysis preserves their antibacterial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Harichaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conferences - Antimicrobial Peptides : Basic and Translational Aspects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lucques (Barga), Italy. 1 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturation of the avian IgA system critically depends on microbial colonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Kaspers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lettmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Röll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. International Congress of Mucosal Immunology ICMI2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Berlin, Germany. 203 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness and efficiency of avian beta defensins as novel anti-infectious agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Labas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées « Rencontres de recherche en Santé Animale » SIMV-ICSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lille, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avian beta defensins are robust and efficient against pathogenic enterobacteriaceae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Bailleul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Joulin-Giet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Kravtzoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lecaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Harichaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées du GDR MuFoPAM « MultiFonction des Peptides antimicrobiens »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dourdan, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02797925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic characterization of avian pathogenic and commensal chicken E. coli isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Trost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliora Ron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO conference on microbiology after the genomics revolution: Genomes 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagerie in-vivo du petit animal en confinement A3 : étude des interactions hôte/pathogène dans des modèles murins et aviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Doz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Cap d'Agde, France. 104 p., 2013, Santé animale et santé publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of genetic by nutrition interaction on poultry production sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Grasteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Narcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Méda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabeel Alnahhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. European Symposium on Poultry Genetics (ESPG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Venise, Italy. 2013, Proceedings of the 8th European Symposium on Poultry Genetics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibacterial spectrum of avian defensin 2: peculiarities in relationship with structural features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Derache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Meudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Aucagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Symposium on Antimicrobial Peptides: Today knowledge and future applications (AMP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lille, France. , pp.D-97, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l’âge et du microbiote sur l’expression intestinale des défensines chez les oiseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Lalmanach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djihad Bencherit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées des microbiologistes de l'INRA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, L'Isle-sur-la-Sorgue, France. 206 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRZ, une région métabolique impliquée dans l'adaptation d'une souche aviaire d'Escherichia coli à son hôte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Congrès National de la Société Française de Microbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Nantes, France. pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pathogenic Escherichia coli strain is able to metablize a prébiotic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Kut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-FEMS-LEOPOLDINA Symposium : "Escherichia coli" - Facets of a Versatile Pathogen" on the Occasion of the 150th Birthday of Theodor Escherich (1857-1911)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bad Staffelstein, Germany. pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation d'une région métabolique favorisant l'adaptation de la souche BEN 2908 d'Escherichia coli pathovar APEC à l'intestin de poulet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Répérant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Colloque International Francophone de Bactériologie Vétérinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Liège, Belgique. 1p, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of DNA sequences inserted at tRNA loci in APEC strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Dobrindt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular basis of bacterial pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Ein-Gedi, Israel. 2005, Molecular basis of bacterial pathogenesis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA sequences associated with PAIs inserted at tRNA loci in a collection of avian pathogenic Escherichia coli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Dobrindt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">105. General Meeting of the American Society for Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Atlanta, United States. 1 p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication du gène aec1 de l'ilot génomique D10 dans la virulence de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Katy Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bottreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Congrès National de la Société Française de Microbiologie "Bordeaux Un pont entre les disciplines"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Bordeaux, France. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication dans la virulence pour le poulet de l'ilot EPI-IBEN2908 de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Congrès National de la Société Française de Microbiologie "Bordeaux Un pont entre les disciplines"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Bordeaux, France. 1 p., 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02832988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du role métabolique de trois gènes localisés dans un nouvel ilot de pathogénicité potentiel (EPI-IBEN2908) de la souche d'Escherichia coli pathogène aviaire BEN2908</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Chouika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Moulin-Schouleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Fondjouan, France. pp.56, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude fonctionnelle de la région xseA-hisS commune à l'espèce Salmonella enterica subsp. enterica, à certaines souches d'Escherichia coli pathogènes aviaires et à des souches d'Escherichia coli impliquées dans des pathologies extra-intestinales chez l'homme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Chanteloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iman Chouikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Rochereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du Département de Santé Animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Evian, France. 2003, Animation scientifique du département de santé animale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ibeA, un facteur de virulence commun aux souches d'Escherichia coli pathogènes pour le poulet et à celles responsables de méningites du nouveau-né</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.H. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Brée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Rencontres des Microbiologistes de l'Inra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Dourdan, France. pp.2003, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-farm hatching and contact with adult hen post hatch induce sex-dependent effects on performance, health and robustness in broiler chickens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence A. Guilloteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bagnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hondelatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diving into bacterial dormancy: emergence of osmotically stable wall-less forms in an aquatic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Carreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Sartori-Rupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Gazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative genome analysis of Enterococcus cecorum reveals intercontinental spread of a lineage of clinical poultry isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Laurentie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hennequet-Antier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Deschamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antimicrobial Resistance Analysis of French Isolates of Enterococcus cecorum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurentie J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loux V.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hennequet-Antier C.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chambellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Darrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a Chicken Embryo Lethality Assay to Assess the Efficacy of Phage Therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina Trotereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bacteriophages : Methods and Protocols, Volume IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1898, </w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humana Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 235 p., 2019, Methods in Molecular Biology, 978-1-4939-8939-3. </w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-8940-9_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volailles : les chercheurs veillent au grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Beaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Berri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Coustham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chercheurs au chevet des volailles. Microbes : la contre-attaque est lancée. Prochain objectif : améliorer le diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schouler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId614"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Weber Martins" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Trotereau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lahnig-Jacques" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0342894" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Atterbury" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano M Gigante" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Jalasvuori" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lavigne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1725071" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003464v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Carlin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art01" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186972v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Carvalho" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iana Hemery" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Pagliuso" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/68509" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205727v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Agap&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Morinet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Nicolas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01589-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151283v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Trotereau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Huguet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01319-24" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05212934v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jonch&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise I Bussi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Khaksar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cornaille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aninu.2025.03.013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479584v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A. Guilloteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crochet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bagnard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hondelatte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.382" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04742896v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Carreaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sartori-Rupp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tachon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia D Gazi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52633-7" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847543v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04383308v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia M&#233;tayer Coustard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lallier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2023.103175" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04205854v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Girault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2023.102967" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187670v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tomal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sadrin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gaboriaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1250080" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004063v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Laurentie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00495-22" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04075829v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert van Dijk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bailleul" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk P Haagsman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2023.03.011" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167471v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Culot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arshnee Moodley" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Atterbury" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04296-22" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232548v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00365-23" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700012v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alassane Keita" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Amelot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Puterflam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lucas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079457.2022.2084362" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727784v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Souillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Balaine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galliot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art07" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768115v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2022.109530" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887420v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto La Ragione" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Chirullo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10112101" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331820v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Saidi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vanderlynden" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fessard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2021.08.013" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107169v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Yousfi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2020.108923" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162746v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Boyer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bornard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Jean Bernard P&#233;cheur" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-84305-7" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03124113v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pampouille" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dusart" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bonnouvrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Danel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dauguet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/gybr-s265" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953002v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rychlik" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Kubasov&#225;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13621" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156323v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fort" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.632556" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436361v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Jane Bryson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrido" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Esposito" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry Mclachlan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Digard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0733-0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623432v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Alber" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina M Morris" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen J Bryson" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate M Sutton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa S Monson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.03055" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905230v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud de Lagarde" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Larrieu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Praud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2020.105936" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953979v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaumeil" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61148" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627355v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Doublet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.15415" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02481316v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Daudu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kisiala" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Werner Ribeiro" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Melin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Perrot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2018.11.013" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QGNPRJ5W-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624051v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Meguenni" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafika Ali Ahmed" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Bounar-Kechih" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14202/vetworld.2019.1840-1848" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622366v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00541" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735935v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Kern" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Viardot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Thiriet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408046162092197E12" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627348v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kut" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Katy Chanteloup" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2018.04.025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602639v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fric" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monnet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanders" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655409v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Volf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Polansky" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Sekelova" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-017-0493-7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626837v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2017.00226" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569529v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba-Brito" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pinaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2017.04.005" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625885v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiyad Baig" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Colom" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barrow" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01652" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569517v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gonnet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01337-16" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346394v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Fortes Vilarinho Braga" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baucheron-Monnier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-016-0762-0" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594888v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Kravtzoff" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Joulin-Giet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lecaille" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161573" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275149v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Porcheron" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M Dozois" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2016.01.008" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182815v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnv118" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635281v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#233;e" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079457.2013.873531" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646901v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azucena Mora" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Viso" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia L&#243;pez" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pilar Alonso" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Garc&#237;a-Garrote" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2013.08.007" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNV7NDHF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650699v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0035475" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650426v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sunder" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Haguenoer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouvet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lissandre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.042366-0" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651914v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Le Bougu&#233;nec" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmm.2010.04.021" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129486v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canepa" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Maurel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07725.x" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654948v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2010.07.013" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129464v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roche" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Flechard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00609-10" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665365v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Rouquet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barra" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline R&#233;p&#233;rant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00103-09" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661476v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Taki" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Chouikha" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Moulin-Schouleur" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gilot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01052-08" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654694v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664790v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Laurent" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00037-07" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658131v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Dobrindt" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.2006/001958-0" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668710v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tailliez" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu-Rong Kao" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00548-06" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655684v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.188.3.977-987.2006" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676979v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rochereau" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672391v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Chen" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. He" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Blanco" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683268v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Koffmann" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Amory" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy S&#233;trin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.27261-0" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698019v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arn&#233;" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dho-Moulin" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690137v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Lerayer" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Ehrlich" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Chopin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689534v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696087v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapot Chartier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Lepeuple" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gripon" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684609v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711466v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701030v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bouet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ritzenthaler" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Drouet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mata" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05523214v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Barilleau" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Holbert" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pichon" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163457v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661370v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661426v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenolah Annonay" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ravon" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442485v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143368v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068955v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775492v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise I. Bussi&#232;re" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758295v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144164v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281331v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Darrigo" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03414767v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Vidal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Nicaud" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307268v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03473194v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734615v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735954v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Moll&#233;" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bigot" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737168v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Scalzo" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733553v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737347v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Courouss&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Praud" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734595v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Kaspers" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lettmann" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne R&#246;ll" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schusser" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737465v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356679v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602297v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793469v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795846v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Wiedemann" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738823v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742837v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740168v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793531v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792034v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742918v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne R&#246;ll" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209207v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Al Nahhas" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742300v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743505v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baucheron" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Lesceau" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739332v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lalmanach" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193902v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Yvonne Boscher" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797311v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Roell" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209208v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Alnahhas" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803264v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004744v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809586v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746314v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djihad Bencherit" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marty" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750096v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746526v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Danguy Des D&#233;serts" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744737v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809278v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750831v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754764v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816473v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751659v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822546v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barra" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M R&#233;p&#233;rant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754026v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751673v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cortes" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gibon" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814618v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817385v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815840v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815848v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760035v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rasschaert" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760120v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760834v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laurent" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759935v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763983v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760028v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ron" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762865v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763877v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bottreau" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758946v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828088v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nassar" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blain" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763878v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760616v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840223v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Coulange" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leroy-S&#233;trin" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767936v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Refour" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coulange" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouline" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770801v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778393v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duwat" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155915v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnevie" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156123v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697876v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188466v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Delpech-Farras" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188450v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Saunier" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyvall Coll&#233;n Pi" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309854v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Sausset" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serreau" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Neveu" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03847863v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Metayer-Coustard" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729546v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775530v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Galliot" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082645v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729396v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729513v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gauthier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Perrot" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281299v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281349v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307586v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737207v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737331v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734814v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evenements.itavi.asso.fr/evenement/13emes-journees-de-la-recherche-avicole-et-palmipedes-a-foie-gras" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737902v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gabriel" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737097v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alber" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738274v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Lavigne" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774731v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Brachet" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737833v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. N'Guetta" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Picart" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piriou" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Benzoni" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595645v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606795v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605151v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594575v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moreau" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606815v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733588v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739423v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moreau" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738837v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741913v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740642v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605528v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738627v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739565v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Trost" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Biran" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ron" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800908v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739244v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793000v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Harichaux" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740611v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797925v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792688v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trost" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Biran" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliora Ron" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796248v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748371v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Roux" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209154v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807349v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Derache" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delmas" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748160v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822763v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812131v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taki" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819679v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762508v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Melo" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Dobrindt" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762510v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830280v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chouika" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832988v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829059v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833500v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759795v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rochereau" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163794v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertin" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bagnard" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hondelatte" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04318017v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Gazi" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281314v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296461v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurentie J." TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loux V." TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hennequet-Antier C." TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790173v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-1-4939-8940-9" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8940-9_17" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607955v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaumont" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793326v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05523214v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Barilleau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Holbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pichon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661426v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Hondelatte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenolah Annonay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bagnard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ravon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163457v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661370v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence A. Guilloteau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crochet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068955v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143368v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sadrin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tomal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gaboriaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442485v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144164v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jonch&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise I. Bussi&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Khaksar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cornaille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775492v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758295v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03414767v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Vidal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Nicaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281331v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Laurentie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chambellon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Darrigo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307268v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fort" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737465v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733553v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737168v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Scalzo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Moll&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kut" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bailleul" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03473194v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735954v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bigot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734615v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garrido" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Alber" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Katy Chanteloup" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737347v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Courouss&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Praud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734595v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Kaspers" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lettmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne R&#246;ll" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schusser" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602297v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356679v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud de Lagarde" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Larrieu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Praud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lallier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Trotereau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742837v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Trotereau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795846v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Wiedemann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793469v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738823v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740168v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793531v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797311v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Roell" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209207v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Al Nahhas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742300v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne R&#246;ll" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742918v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739332v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lalmanach" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743505v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baucheron" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Lesceau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193902v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Yvonne Boscher" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803264v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209208v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Alnahhas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004744v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750096v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746314v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djihad Bencherit" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marty" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#233;e" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809586v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746526v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Danguy Des D&#233;serts" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744737v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809278v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Porcheron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816473v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canepa" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Maurel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750831v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754764v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751673v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cortes" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gibon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754026v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822546v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Rouquet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barra" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M R&#233;p&#233;rant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751659v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gilot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814618v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline R&#233;p&#233;rant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815848v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Chouikha" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Moulin-Schouleur" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817385v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815840v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762865v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759935v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laurent" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rasschaert" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760834v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760035v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Laurent" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760120v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763983v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760028v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758946v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Amory" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763877v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bottreau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763878v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dho-Moulin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828088v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nassar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blain" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760616v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840223v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Coulange" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leroy-S&#233;trin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767936v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Refour" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coulange" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mouline" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770801v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arn&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778393v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Ehrlich" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Chopin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duwat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525855v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Atterbury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano M Gigante" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Jalasvuori" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lavigne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1725071" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525891v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Weber Martins" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lahnig-Jacques" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houle" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0342894" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557640v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Agap&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Morinet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Nicolas" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01589-7" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205727v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186972v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Carvalho" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iana Hemery" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Pagliuso" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/68509" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003464v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Carlin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art01" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151283v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Huguet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouan" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01319-24" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05212934v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise I Bussi&#232;re" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aninu.2025.03.013" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04383308v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia M&#233;tayer Coustard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2023.103175" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04479584v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.382" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04742896v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Carreaux" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sartori-Rupp" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tachon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia D Gazi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52633-7" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847543v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70002" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232548v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00365-23" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04004063v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deschamps" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00495-22" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187670v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1250080" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04205854v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Girault" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2023.102967" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04075829v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert van Dijk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk P Haagsman" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2023.03.011" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167471v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Culot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arshnee Moodley" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Atterbury" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04296-22" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700012v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alassane Keita" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Amelot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Puterflam" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lucas" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079457.2022.2084362" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727784v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Souillard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Balaine" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galliot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art07" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768115v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2022.109530" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887420v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto La Ragione" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Chirullo" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10112101" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03124113v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pampouille" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dusart" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bonnouvrier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Danel" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dauguet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/gybr-s265" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107169v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Yousfi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2020.108923" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331820v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Saidi" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vanderlynden" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fessard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2021.08.013" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162746v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Boyer" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bornard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Jean Bernard P&#233;cheur" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-84305-7" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953979v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaumeil" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61148" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623432v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina M Morris" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen J Bryson" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate M Sutton" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa S Monson" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.03055" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436361v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Jane Bryson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Esposito" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry Mclachlan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Digard" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0733-0" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156323v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.632556" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953002v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rychlik" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Kubasov&#225;" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13621" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905230v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2020.105936" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624051v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Meguenni" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafika Ali Ahmed" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Bounar-Kechih" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14202/vetworld.2019.1840-1848" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02481316v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Daudu" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kisiala" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Werner Ribeiro" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Melin" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Perrot" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2018.11.013" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QGNPRJ5W-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627355v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Doublet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.15415" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622366v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00541" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735935v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Kern" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Viardot" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Thiriet" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5408046162092197E12" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627348v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2018.04.025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569517v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gonnet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba-Brito" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01337-16" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626837v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2017.00226" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655409v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Volf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Polansky" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Sekelova" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-017-0493-7" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602639v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fric" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monnet" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanders" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625885v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiyad Baig" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Colom" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barrow" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01652" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569529v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pinaud" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2017.04.005" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275149v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M Dozois" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2016.01.008" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346394v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Fortes Vilarinho Braga" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baucheron-Monnier" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-016-0762-0" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594888v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Kravtzoff" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Joulin-Giet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lecaille" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161573" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182815v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnv118" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635281v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079457.2013.873531" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646901v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azucena Mora" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Viso" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia L&#243;pez" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pilar Alonso" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Garc&#237;a-Garrote" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2013.08.007" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNV7NDHF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650699v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0035475" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650426v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sunder" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Haguenoer" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouvet" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lissandre" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.042366-0" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129486v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07725.x" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651914v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Le Bougu&#233;nec" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmm.2010.04.021" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654948v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2010.07.013" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129464v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roche" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Flechard" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00609-10" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661476v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Taki" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01052-08" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665365v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barra" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00103-09" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654694v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664790v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00037-07" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658131v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Dobrindt" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.2006/001958-0" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655684v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.188.3.977-987.2006" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668710v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tailliez" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu-Rong Kao" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00548-06" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672391v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Chen" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. He" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Blanco" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676979v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rochereau" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683268v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Koffmann" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy S&#233;trin" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.27261-0" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698019v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689534v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690137v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clier" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Lerayer" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696087v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapot Chartier" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Lepeuple" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gripon" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684609v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711466v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701030v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bouet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ritzenthaler" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Drouet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mata" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155915v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bonnevie" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697876v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156123v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309854v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Sausset" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serreau" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Neveu" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188466v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Delpech-Farras" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188450v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Saunier" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyvall Coll&#233;n Pi" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729513v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gauthier" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Perrot" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729396v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729546v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03847863v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Metayer-Coustard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775530v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Galliot" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082645v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281299v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281349v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737902v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gabriel" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737207v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307586v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737331v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734814v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://evenements.itavi.asso.fr/evenement/13emes-journees-de-la-recherche-avicole-et-palmipedes-a-foie-gras" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774731v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Brachet" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737097v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alber" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738274v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Lavigne" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737833v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. N'Guetta" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Picart" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piriou" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Benzoni" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605151v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606795v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594575v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moreau" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595645v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferchaud" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606815v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733588v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738627v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739423v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moreau" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738837v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741913v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740642v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605528v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739565v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Trost" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Biran" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ron" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800908v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739244v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793000v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Harichaux" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740611v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796248v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797925v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792688v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trost" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Biran" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliora Ron" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748371v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Roux" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209154v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807349v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Derache" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delmas" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748160v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822763v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812131v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taki" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819679v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762510v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Melo" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Dobrindt" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762508v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829059v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832988v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830280v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chouika" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759795v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rochereau" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833500v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163794v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertin" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bagnard" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hondelatte" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04318017v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Gazi" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281314v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296461v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurentie J." TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loux V." TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hennequet-Antier C." TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790173v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-1-4939-8940-9" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8940-9_17" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607955v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Beaumont" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793326v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>