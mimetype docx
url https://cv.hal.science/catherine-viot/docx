--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -66,5609 +66,5609 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buy Less, Buy Better... or Buy More? The Contradictions of Second-Hand Fashion Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Boudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th French-Austrian-German Workshop on Consumer Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Montpellier (34000), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05472291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revue systématique de la littérature sur les outils de mesure de la marque employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Salveat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème journée Marketing &amp; Ressources Humaines, Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05472513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets du capital marque employeur sur la rétention des managers : rôle de l’engagement à la marque et du soutien organisationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraïss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Sabouné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème Journée de Recherche sur le Marketing des Ressources Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la passion peut tourner à l'obsession : le cas des achats de vêtements et d’articles de mode sur les plateformes de seconde main</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Boudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22ème Colloque Marketing Digital, Association Française de Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05472498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Going beyond the digitalization and servitization paradoxes: the role of network capabilities for industrial SMEs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tinhinane Tazairt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Prim-Allaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale CIFEPME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital-sector SMEs, the Eldorado of Generation Z?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Herrbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Marketing Trends Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, ROME, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'EFFET DE L'EXPERIENCE DE MAGASINAGE SUR LES INTENTIONS DE FIDELITE : LE CAS D'UN POINT DE VENTE CONNECTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissem Feddane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lapassouse-Madrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19° colloque Marketing Digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’attractivité des jeunes de la génération Z dans un secteur en tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herbach O.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lacaze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du 30e congrès de l’AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02485145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE EFFECT ON THE ORGANIZATIONAL ATTRACTIVENESS OF THE ASSOCIATION OF A REGION BRAND AND AN EMPLOYER CERTIFICATION IN A RECRUITMENT ADVERTISING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Guillot-Soulez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Soulez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">34ème congrès International de l'AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intention d'adopter des objets connectés chez les 18-25 ans : Le rôle des normes subjectives et de la passion des gadgets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Lancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La passion des gadgets et les normes subjectives : deux déterminants de l'intention d'adopter des objets connectés chez les 18-25 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Lancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Colloque sur le Marketing Digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, 17ème Colloque sur le Marketing Digital, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’effet sur l'attractivité organisationnelle de l'association d'une marque région et d'un label employeur dans une publicité de recrutement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Guillot-Soulez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Soulez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">34ème Congrès de l'Association Française du Marketing (AFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01815351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les détaillants face au défi du commerce connecté : une comparaison France-Canada Prix de la meilleure communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bressolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23ième conférence de l'AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montréal, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Consumer Intention to Adopt Smart Connected-Products: Does the Category Matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Lancini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference for Marketing in the Insurance industry (ICMI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, St Gallen, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intention d'adopter des objets connectés chez les jeunes de la génération Y et Z</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Lancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLLOQUE OBJETS CONNECTES PERSPECTIVES POUR UN DEVELOPPEMENT DURABLE - Chaire UNESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capital marque employeur et attractivité : Le rôle de la familiarité et de l'implication à l'égard du produit/service de l'entreprise Auteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Herrbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchra Benraïss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33ème Université d’été de l’Audit Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présence sociale : quels effets sur la personnalité, la réputation et la confiance envers le site web ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bressolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vignolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31ème Congrès de l'Association Française de Markeitng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Marrackech, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 29 Résilience des salariés face au conflit avec les valeurs environnementales de leurs employeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viot Catherine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager les résiliences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-2-38630-274-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05415625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résilience et frugalité des consommateurs : piliers d'un modèle de (dé)consommation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager les résiliences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Management &amp; Société, 2025, 978-2-38630-274-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bienveillance organisationnelle comme déterminant du bien-être au travail et de l’intention de quitter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Benraiss Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Herrbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une vision humaniste au service du management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Management prospective, 2023, 9791094033425</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancrages et mirages de la marque employeur, une construction sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraïss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRH et questions sensibles en entreprise : approches sociales, sociétales et managériales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vuibert, pp.115-142, 2021, 9782311409628. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/vuib.henne.2021.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancrages et mirages de la marque employeur, une construction sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Benraiss Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hennequin, Emilie; Condomines, Bérangère; Jan-Kerguistel, Alain; Pijoan, Natacha; Saint-Germes, Eve. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRH et questions sensibles en entreprise : approches sociales, sociétales et managériales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vuibert, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image employeur, image de la ville et attractivité organisationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Guillot-Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viot Catherine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marque employeur et travail expérientiel : la GRH dans l'économie des marques, coord. par Guillot-Soulez C. et Pezet E., Vuibert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.85-104, 2020, 9782311408331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02975829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génération Z est-elle prête à adopter des objets connectés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Objets connectés et développement intelligent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aaker : Efficacité publicitaire, capital marque, comportement du consommateur et lien marketing-finance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Jolibert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les grands auteurs en marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EMS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Grands Auteurs, 978-2-84769-858-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01806320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revue systématique de la littérature sur les outils de mesure de la marque employeur</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Soutien organisationnel en Ehpad : un remède à la démission des managers ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...176 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Sabouné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...1355 lines deleted...]
-                <w:t xml:space="preserve">hal-01991235v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://theconversation.com/soutien-organisationnel-en-ehpad-un-remede-a-la-demission-des-managers-234588</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advocacy versus depart: How perceived organizational support influences employee well-being and shapes their intentions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Management and Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 31 (1), pp.195-214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/jmo.2024.60⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capital marque employeur et rétention des managers en EHPAD : Rôle du soutien organisationnel perçu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraïss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Saboune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 160 (1), pp.267-291. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/resg.160.0267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04670279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capital marque employeur et rétention des managers en EHPAD : Rôle du soutien organisationnel perçu</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The adoption of smart services: do privacy concerns, trust in benevolence and usage experience matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lecuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/resg.160.0267⟩</w:t>
+              <w:t xml:space="preserve">Journal of Consumer Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JCM-04-2022-5299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05472247v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adoption of smart services: do privacy concerns, trust in benevolence and usage experience matter?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Capital marque employeur et rétention des managers en EHPAD : Rôle du soutien organisationnel perçu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraïss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Saboune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agnès Lancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Consumer Marketing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/JCM-04-2022-5299⟩</w:t>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 160 (1), pp.267-291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/resg.160.0267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04682666v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05472247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attractivité des PME vs. GE selon la génération Z : Le cas des Entreprises françaises de Services du Numérique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Viot</w:t>
+                <w:t xml:space="preserve">Introducing gadget love and subjective knowledge into the theory of planned behavior to understand intention to adopt smart-connected products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lécuyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestion 2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">Question(s) de Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45, pp.93-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04590559v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing gadget love and subjective knowledge into the theory of planned behavior to understand intention to adopt smart-connected products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attractivité des PME vs. GE selon la génération Z : Le cas des Entreprises françaises de Services du Numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Benraiss Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Herrbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viot Catherine</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Lécuyer</w:t>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Question(s) de Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 45, pp.93-106</w:t>
+              <w:t xml:space="preserve">Gestion 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04682702v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04590559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Label employeur et/ou marque région: quels signaux privilégier dans la communication de recrutement pour renforcer l'attractivité organisationnelle?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Guillot-Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viot Catherine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 1 (127), pp.37-59. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.127.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03544333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intégration des canaux de distribution en contexte de transition digitale : une relecture par la théorie des ressources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Bressolles</w:t>
+                <w:t xml:space="preserve">The impact of CSR perceptions on employer attractiveness: an empirical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraïss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Herrbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viot Catherine</w:t>
+                <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.9-44</w:t>
+              <w:t xml:space="preserve">Question(s) de Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32, pp.15-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03230075v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les détaillants face au défi du commerce connecté : Une étude multisectorielle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">L’intégration des canaux de distribution en contexte de transition digitale : une relecture par la théorie des ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bressolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 25 (1), pp.152-170</w:t>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.9-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03229956v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les leviers d'adoption des objets connectés : une différenciation par le type d'objet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les détaillants face au défi du commerce connecté : Une étude multisectorielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Agnès Lancini</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bressolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestion 2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (1), pp.152-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714661v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of CSR perceptions on employer attractiveness: an empirical study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les leviers d'adoption des objets connectés : une différenciation par le type d'objet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lécuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Question(s) de Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 32, pp.15-24</w:t>
+              <w:t xml:space="preserve">Gestion 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714729v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Employer brand equity effects on employees well-being and loyalty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Business Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbusres.2020.02.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02504655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’effet du capital-marque employeur sur l’attractivité organisationnelle : le rôle modérateur de la familiarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Herrbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 107 (1), pp.37-59. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.107.0037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03253995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'effet du capital marque employeur sur l'attractivité organisationnelle : Le rôle modérateur de la familiarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Herrbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02089617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ubérisation des services : les clients sont-ils toujours gagnants ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The Link Between Benevolence and Well-Being in the Context of Human-Resource Marketing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Business Ethics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10551-018-3834-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803877v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Link Between Benevolence and Well-Being in the Context of Human-Resource Marketing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Ubérisation des services : les clients sont-ils toujours gagnants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Business Ethics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803653v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L' attractivité des entreprises low-cost ? Le rôle du Capital-Marque Employeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Les stratégies low-cost, 43 (266), pp.89-109. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rfg.2017.00159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Employeurs démarquez-vous ! La marque employeur, un gisement de valeur inexploité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 18 (3), pp.60-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attitude towards the purchase of counterfeits: Antecedents and effect on intention to purchase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kremer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/2051570714533474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02530136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitude envers l'achat de contrefaçons : déterminants et effet sur l'intention d'achat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Employeurs démarquez-vous ! La marque employeur, un gisement de valeur inexploité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence Kremer</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Benraiss Noailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18 (3), pp.60-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0767370113516705⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01803846v1</w:t>
+                <w:t xml:space="preserve">hal-04590565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employeurs démarquez-vous ! La marque employeur, un gisement de valeur inexploité ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Attitude envers l'achat de contrefaçons : déterminants et effet sur l'intention d'achat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laila Benraiss Noailles</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kremer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (2), pp.3-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0767370113516705⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04590565v1</w:t>
+                <w:t xml:space="preserve">hal-01803846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attitude towards the purchase of counterfeits: Antecedents and effect on intention to purchase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kremer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 29 (2), pp.3-31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/2051570714533474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les agents virtuels intelligents : quels atouts pour la relation client ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Endossement, pseudo endossement et co-endossement d'une marque patronymique: potentiel et intérêt pour une stratégie marketing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Bressolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 65, pp.45-56. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 66, pp.21-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.066.21.33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7193/DM.065.45.56⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02424261v1</w:t>
+                <w:t xml:space="preserve">hal-02422609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endossement, pseudo endossement et co-endossement d'une marque patronymique : potentiel et intérêt pour une stratégie marketing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">How store brands build retailer brand image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Décisions Marketing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 40 (7), pp.528-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/09590551211239846⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803834v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES AGENTS VIRTUELS INTELLIGENTS Quels atouts pour la relation client ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bressolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 65, pp.45-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How store brands build retailer brand image</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les agents virtuels intelligents : quels atouts pour la relation client ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bressolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/09590551211239846⟩</w:t>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 65, pp.45-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.065.45.56⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803720v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les médias sociaux dans les stratégies de recrutement. Quelle compatibilité avec la vie privée ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Endossement, pseudo endossement et co-endossement d'une marque patronymique : potentiel et intérêt pour une stratégie marketing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 66, pp.21-33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01803862v1</w:t>
+                <w:t xml:space="preserve">hal-01803834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subjective knowledge, product attributes and consideration set : the wine case</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les médias sociaux dans les stratégies de recrutement. Quelle compatibilité avec la vie privée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïla Benraiss-Noailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Wine Business Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 24 (3), pp.219 - 248. </w:t>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 38 (224), pp.125-138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/17511061211259206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/RFG.224.125-138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01803724v1</w:t>
+                <w:t xml:space="preserve">hal-01803862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endossement, pseudo endossement et co-endossement d'une marque patronymique: potentiel et intérêt pour une stratégie marketing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Subjective knowledge, product attributes and consideration set : the wine case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Décisions Marketing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Wine Business Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (3), pp.219 - 248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/17511061211259206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7193/DM.066.21.33⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02422609v1</w:t>
+                <w:t xml:space="preserve">hal-01803724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can brand identity predict brand extensions' success or failure?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Product and Brand Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 20 (3), pp.216-227. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/10610421111134941⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Toi aussi, deviens mon ami » Intégrer le Web 2.0 dans sa stratégie de communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 58, pp.77-82. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.058.77.82⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02913283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine brands or branded wines? The specificity of the French market in terms of the brand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Passebois-Ducros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Wine Business Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 22 (4), pp.406-422. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/17511061011092438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les consommateurs face à la contrefaçon : une comparaison entre Belges et Français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viot Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Kremer</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">André Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Poncin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reflets et Perspectives de la vie économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, XLVII (2), pp.61-70. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rpve.472.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02530488v1</w:t>
-              </w:r>
-[...118 lines deleted...]
-                <w:t xml:space="preserve">hal-04653610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId120"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5823,51 +5823,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05415625v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Benraiss-Noailles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viot Catherine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Viot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571369v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Benraiss Noailles" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herrbach" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590553v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Benra&#239;ss-Noailles" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vuib.henne.2021.01" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574046v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975829v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Guillot-Soulez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Soulez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012640v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bayart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lancini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806320v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.7switch.com/fr/ebook/9782847699524/david-aaker-efficacite-publicitaire-capital-marque-comportement-du-consommateur-et-lien-marketing-finance" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472513v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salveat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472291v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301711v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Saboun&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472498v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714706v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758804v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinhinane Tazairt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Prim-Allaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714712v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Feddane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapassouse-Madrid" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485145v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Benraiss" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbach O." TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacaze" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991085v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991043v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991059v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815351v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991017v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bressolles" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991186v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991205v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Benra&#239;ss" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991235v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignolles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472153v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Benraiss-Noailles" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2024.60" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670279v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Saboune" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.160.0267" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472247v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecuyer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lancini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JCM-04-2022-5299" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590559v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682702v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;cuyer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03544333v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0035" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230075v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229956v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714661v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504655v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.02.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253995v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.107.0037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089617v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803877v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803653v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-018-3834-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803635v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803664v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530136v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Roux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kremer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714533474" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803846v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370113516705" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590565v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803871v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424261v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.065.45.56" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803834v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803745v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803720v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/09590551211239846" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803862v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.224.125-138" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A426470E1C24DCB0CCD32B785A02EEE8C6CB11F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803724v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17511061211259206" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422609v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.066.21.33" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803752v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/10610421111134941" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913283v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.058.77.82" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803728v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Passebois-Ducros" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17511061011092438" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530488v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Poncin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpve.472.0061" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653610v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472291v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boudi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Viot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472513v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salveat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Benraiss-Noailles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301711v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Benra&#239;ss-Noailles" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Saboun&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472498v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758804v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinhinane Tazairt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viot Catherine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Prim-Allaz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714706v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herrbach" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714712v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Feddane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapassouse-Madrid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485145v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Benraiss" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbach O." TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacaze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991085v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Guillot-Soulez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Soulez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991059v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lancini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bayart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991043v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815351v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991017v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bressolles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991186v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991205v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991260v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Benra&#239;ss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991235v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignolles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05415625v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472109v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571369v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Benraiss Noailles" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590553v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vuib.henne.2021.01" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574046v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975829v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012640v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806320v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.7switch.com/fr/ebook/9782847699524/david-aaker-efficacite-publicitaire-capital-marque-comportement-du-consommateur-et-lien-marketing-finance" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653610v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472153v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Benraiss-Noailles" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2024.60" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670279v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Saboune" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.160.0267" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecuyer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lancini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JCM-04-2022-5299" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05472247v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682702v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;cuyer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590559v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03544333v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0035" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714729v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230075v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229956v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714661v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504655v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.02.002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253995v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.107.0037" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089617v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803653v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-018-3834-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803877v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803635v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00159" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803664v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530136v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Roux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kremer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714533474" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590565v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803846v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370113516705" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803871v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422609v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.066.21.33" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803720v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/09590551211239846" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803745v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424261v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.065.45.56" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803834v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803862v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.224.125-138" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A426470E1C24DCB0CCD32B785A02EEE8C6CB11F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803724v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17511061211259206" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803752v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/10610421111134941" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913283v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.058.77.82" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803728v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Passebois-Ducros" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17511061011092438" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530488v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Poncin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpve.472.0061" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>