--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -610,252 +610,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04038315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand l'exception importe : réflexions sur le rôle de certains néologismes dans le domaine de la banque-finance en anglais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Resche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASp - La revue du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77, pp.5-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04070751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walmart’s communication techniques for sustaining stakeholder trust: How CEOs answer critics and reassure stakeholders in their annual and CSR report letters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Resche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studies in Communication Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24434/j.scoms.2020.01.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quand l'exception importe~: réflexions sur le rôle de certains néologismes dans le domaine de la banque-finance en anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Resche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASp</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 77, pp.5--23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/asp.6212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04129339v1</w:t>
-              </w:r>
-[...145 lines deleted...]
-                <w:t xml:space="preserve">hal-04038162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des « taches solaires » et des « vagues » au « cheval à bascule » et au « pendule » : que nous apprend l’étude des métaphores du cycle économique sur un siècle (1850-1950) ?</w:t>
               </w:r>
@@ -2506,180 +2506,180 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Resche</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Domenec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Resche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang CH, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b13412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03044027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Resche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Domenec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peter Lang, 2018, Aspects linguistiques et culturels des discours spécialisés, Caherine Resche</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04038329v1</w:t>
-              </w:r>
-[...82 lines deleted...]
-                <w:t xml:space="preserve">hal-03044027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en récit dans les discours spécialisés</w:t>
               </w:r>
@@ -3312,51 +3312,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Resche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fonction argumentative de la métaphore dans les discours spécialisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Peter Lang CH, 2018, 978-3-0343-3270-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/b13412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04000335v1</w:t>
@@ -4102,51 +4102,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5DC82C40"/>
+    <w:nsid w:val="5BFF27BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4333,51 +4333,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cathonm38" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6906-0851" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031554873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431565v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van Der Yeught" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgueniya Lyu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Resche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Labetoulle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pog" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c2t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843111v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van der Yeught" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ry5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038315v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.8057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04129339v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6212" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070751v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038162v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24434/j.scoms.2020.01.008" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038199v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04069587v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4915" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04149253v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.189.0103" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063506v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04073416v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scoms.2014.12.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04042891v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04066321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04048310v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04066677v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.447" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04073446v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.622" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04071749v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/009356ar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04055407v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04072091v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.1259" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04114042v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04076517v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070361v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4869" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04064009v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.3825" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070344v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04065381v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/EREA.1365" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044021v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Domenec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17435" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039736v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038329v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044027v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b13412" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04055410v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04041903v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04041863v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039610v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003184041" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039786v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000302v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038256v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000335v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04061325v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04046745v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063589v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063151v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04055491v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04068151v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063378v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04062027v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04076173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cathonm38" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6906-0851" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031554873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431565v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van Der Yeught" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgueniya Lyu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Resche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Labetoulle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pog" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c2t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843111v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel van der Yeught" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ry5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038315v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.8057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070751v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038162v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24434/j.scoms.2020.01.008" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04129339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6212" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038199v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.6013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04069587v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4915" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-04149253v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.189.0103" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063506v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04073416v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scoms.2014.12.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04042891v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04066321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04048310v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04066677v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.447" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04073446v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.622" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04071749v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/009356ar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04055407v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04072091v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.1259" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04114042v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04076517v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070361v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.4869" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04064009v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.3825" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070344v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04065381v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/EREA.1365" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044021v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Domenec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17435" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039736v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044027v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b13412" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038329v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04055410v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04041903v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04041863v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039610v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003184041" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04039786v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000302v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04038256v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000335v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04061325v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04046745v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063589v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063151v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04055491v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04068151v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04063378v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04062027v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04076173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>