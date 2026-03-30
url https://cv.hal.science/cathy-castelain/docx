--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -217,887 +217,887 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05489318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Photovoltaic Performance through Water-Based Cooling: A Comprehensive Review of Passive and Active Techniques</w:t>
+                <w:t xml:space="preserve">Advancements in cooling techniques for enhanced efficiency of solar photovoltaic panels: A detailed comprehensive review and innovative classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Raad</w:t>
+                <w:t xml:space="preserve">Mohamad Abou Akrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samer Ali</w:t>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 283, pp.128943. </w:t>
+              <w:t xml:space="preserve">Energy and Built Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.248-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2025.128943⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.enbenv.2023.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05398595v1</w:t>
+                <w:t xml:space="preserve">hal-04440562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing photovoltaic panel efficiency through Water-Cooling: A parametric comparative evaluation of energetic, economic, and environmental benefits</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jalal Faraj</w:t>
+                <w:t xml:space="preserve">Numerical and experimental investigation of optimized heat sink designs for liquid cooling of a heterogeneous heating surface with multiple heat sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chahine</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Biotteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingai Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unconventional Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.uncres.2025.100208⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 209, pp.109540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2024.109540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05152611v1</w:t>
+                <w:t xml:space="preserve">hal-04801759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of PCMs in Metal Hydride Reactors for Enhancing Hydrogen Absorption and Desorption: A Short Recent Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+                <w:t xml:space="preserve">Enhancing heat recovery efficiency in chimney exhaust systems using thermoelectric generators – Thermal modeling and parametric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obeida Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.02.183⟩</w:t>
+              <w:t xml:space="preserve">Unconventional Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.100148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.uncres.2025.100148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04963793v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements in cooling techniques for enhanced efficiency of solar photovoltaic panels: A detailed comprehensive review and innovative classification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chahine</w:t>
+                <w:t xml:space="preserve">Use of PCMs in Metal Hydride Reactors for Enhancing Hydrogen Absorption and Desorption: A Short Recent Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy and Built Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enbenv.2023.11.002⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 109, pp.1209-1229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.02.183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04440562v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental investigation of optimized heat sink designs for liquid cooling of a heterogeneous heating surface with multiple heat sources</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roux</w:t>
+                <w:t xml:space="preserve">Enhancing Photovoltaic Performance through Water-Based Cooling: A Comprehensive Review of Passive and Active Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lingai Luo</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2024.109540⟩</w:t>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 283, pp.128943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2025.128943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801759v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05398595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing heat recovery efficiency in chimney exhaust systems using thermoelectric generators – Thermal modeling and parametric analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+                <w:t xml:space="preserve">Enhancing photovoltaic panel efficiency through Water-Cooling: A parametric comparative evaluation of energetic, economic, and environmental benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chahine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Unconventional Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 6, pp.100148. </w:t>
+              <w:t xml:space="preserve">, 2025, 7, pp.100208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.uncres.2025.100148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.uncres.2025.100208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04913123v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05152611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple Heat Recovery System for an Industrial Thermal Peeling Press Machine—Experimental Study with Energy and Economic Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obeida Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1144,103 +1144,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genetic algorithm-based topology optimization (GATO) method for convective cooling of a heating surface with multiple heat sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilin Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingai Luo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 224, pp.125349. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1408,90 +1408,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple thermoelectric cogeneration system in an industrial thermal peeling press machine – Thermal modeling, case studies, and parametric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obeida Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Mortazavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1555,64 +1555,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A short recent review on geothermal energy piles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanan Dokmak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1676,103 +1676,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive review and comparison of cooling techniques for photovoltaic panels: An emphasis on experimental setup and energy efficiency ratios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Abou Akrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermofluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 23, pp.100774. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1800,633 +1800,633 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04672784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridization of heat recovery from exhaust gas of boilers using thermoelectric generators</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Thermal management techniques for enhancing hydrogen adsorption and desorption in metal hydride reactors: a short recent review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2754 (1), pp.012023. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/2754/1/012023⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 2754 (1), pp.012030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2754/1/012030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04842097v1</w:t>
+                <w:t xml:space="preserve">hal-04842114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal management techniques for enhancing hydrogen adsorption and desorption in metal hydride reactors: a short recent review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Hybridization of heat recovery from exhaust gas of boilers using thermoelectric generators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obeida Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Faraj</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2754 (1), pp.012030. </w:t>
+              <w:t xml:space="preserve">, 2024, 2754 (1), pp.012023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/2754/1/012030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2754/1/012023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04842114v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geothermal systems classification, coupling, and hybridization: A recent comprehensive review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jalal Faraj</w:t>
+                <w:t xml:space="preserve">Professor Sameer Khandekar - Obituary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Bonjour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yury Maydanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Groll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chakravarthy Balaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy and Built Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enbenv.2024.02.009⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 200, pp.108948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2024.108948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523529v1</w:t>
+                <w:t xml:space="preserve">hal-04769707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professor Sameer Khandekar - Obituary</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chakravarthy Balaji</w:t>
+                <w:t xml:space="preserve">Geothermal systems classification, coupling, and hybridization: A recent comprehensive review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Dokmak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 200, pp.108948. </w:t>
+              <w:t xml:space="preserve">Energy and Built Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2024.108948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.enbenv.2024.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04769707v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Optimization of Heat Sinks for the Liquid Cooling of Electronics with Multiple Heat Sources: A Literature Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilin Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingai Luo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (22), pp.7468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2780,51 +2780,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8, pp.1361-1370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2910,51 +2910,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Harika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Results in engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.100361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2988,90 +2988,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring the fluid flow distribution in a parallel mini-channel heat sink under multiple-peak heat flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingai Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilin Fan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3118,103 +3118,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energetic and economic analyses of integrating enhanced macro-encapsulated PCM’s with active underfloor hydronic heating system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8, pp.848-862. </w:t>
@@ -3246,1849 +3246,1849 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758529v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Summary Review on Experimental Studies for PCM Building Applications: Towards Advanced Modular Prototype</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+                <w:t xml:space="preserve">Numerical study of unsteady pipe flow of an elastoviscoplastic fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Moyers-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en15041459⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 309, pp.104898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2022.104898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03621162v2</w:t>
+                <w:t xml:space="preserve">hal-03794124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of unsteady pipe flow of an elastoviscoplastic fluid</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miguel Moyers-González</w:t>
+                <w:t xml:space="preserve">A Summary Review on Experimental Studies for PCM Building Applications: Towards Advanced Modular Prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 309, pp.104898. </w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (4), pp.1459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2022.104898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en15041459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794124v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621162v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of chaotic flow and mixing of Newtonian fluid in a rotating arc-wall mixer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Guer</w:t>
+                <w:t xml:space="preserve">Short recent summary review on evolving phase change material encapsulation techniques for building applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 187, pp.122459. </w:t>
+              <w:t xml:space="preserve">Energy Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, pp.1245-1260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122459⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.07.135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03548750v1</w:t>
+                <w:t xml:space="preserve">hal-03758507v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short recent summary review on evolving phase change material encapsulation techniques for building applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">A recent review on waste heat recovery methodologies and applications: Comprehensive review, critical analysis and potential recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obeida Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, pp.1245-1260. </w:t>
+              <w:t xml:space="preserve">Cleaner Engineering and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.100387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.07.135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clet.2021.100387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03758507v2</w:t>
+                <w:t xml:space="preserve">hal-03513953v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A recent review on waste heat recovery methodologies and applications: Comprehensive review, critical analysis and potential recommendations</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental study of chaotic flow and mixing of Newtonian fluid in a rotating arc-wall mixer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Guer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cleaner Engineering and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 6, pp.100387. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 187, pp.122459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clet.2021.100387⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03513953v2</w:t>
+                <w:t xml:space="preserve">hal-03548750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short review of recent studies on wastewater heat recovery systems: Types and applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Wehbi</w:t>
+                <w:t xml:space="preserve">A short recent review on hybrid energy systems: Critical analysis and recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obeida Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rani Taher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 8, pp.896-907. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.07.104⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 8, pp.792-802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.07.091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03758539v2</w:t>
+                <w:t xml:space="preserve">hal-03758533v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short recent review on hybrid energy systems: Critical analysis and recommendations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+                <w:t xml:space="preserve">A short review of recent studies on wastewater heat recovery systems: Types and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rani Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rani Taher</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ramadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 8, pp.792-802. </w:t>
+              <w:t xml:space="preserve">, 2022, 8, pp.896-907. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.07.091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.egyr.2022.07.104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03758533v2</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758539v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaos in a melting pot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rawad Himo</w:t>
+                <w:t xml:space="preserve">Active chaotic mixing in a channel with rotating arc-walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 918, pp.A47. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2021.367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.024502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03291970v1</w:t>
+                <w:t xml:space="preserve">hal-03156220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active chaotic mixing in a channel with rotating arc-walls</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+                <w:t xml:space="preserve">Improving the efficiency of photovoltaic panels using air exhausted from HVAC systems: Thermal modelling and parametric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassim Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Moguen</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Murr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham El Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (2), </w:t>
+              <w:t xml:space="preserve">Case Studies in Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25, pp.100940. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.024502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.csite.2021.100940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156220v1</w:t>
+                <w:t xml:space="preserve">hal-03196809v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the efficiency of photovoltaic panels using air exhausted from HVAC systems: Thermal modelling and parametric analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wassim Salameh</w:t>
+                <w:t xml:space="preserve">A review on phase change materials for thermal energy storage in buildings: Heating and hybrid applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Studies in Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 25, pp.100940. </w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.101913. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.csite.2021.100940⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2020.101913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196809v2</w:t>
+                <w:t xml:space="preserve">hal-02965149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review on phase change materials for thermal energy storage in buildings: Heating and hybrid applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Experimental Study on the Use of Enhanced Coconut Oil and Paraffin Wax Phase Change Material in Active Heating Using Advanced Modular Prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Energy Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.101913. </w:t>
+              <w:t xml:space="preserve">, 2021, 41, pp.102815. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.est.2020.101913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2021.102815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02965149v1</w:t>
+                <w:t xml:space="preserve">hal-03291107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study on the Use of Enhanced Coconut Oil and Paraffin Wax Phase Change Material in Active Heating Using Advanced Modular Prototype</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+                <w:t xml:space="preserve">Chaos in a melting pot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Himo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 41, pp.102815. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 918, pp.A47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.est.2021.102815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2021.367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03291107v1</w:t>
+                <w:t xml:space="preserve">hal-03291970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slippery flows of a Carbopol gel in a microchannel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eliane Younes</w:t>
+                <w:t xml:space="preserve">Phase change material thermal energy storage systems for cooling applications in buildings: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Volfango Bertola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.083303⟩</w:t>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.109579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2019.109579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02970815v1</w:t>
+                <w:t xml:space="preserve">hal-02384617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase change material thermal energy storage systems for cooling applications in buildings: A review</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+                <w:t xml:space="preserve">Slippery flows of a Carbopol gel in a microchannel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volfango Bertola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.109579. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rser.2019.109579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.083303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02384617v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of a thermochemical energy storage system in a Rankine cycle driven by concentrating solar power: Energy and exergy analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Pelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingai Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilin Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5161,103 +5161,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of underfloor electrical heating system integrated with coconut oil-PCM plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 158, pp.113778. </w:t>
@@ -5295,51 +5295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of underhood leakage zones on the aerothermal situation – Experimental simulations and physical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5602,51 +5602,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 29 (8), pp.083102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5674,746 +5674,746 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02364952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the thermal performance of chaotic geometries for their use in PEM fuel cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopic flows of suspensions of the green non-motile Chlorella micro-alga at various volume fractions: Applications to intensified photobioreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Souliès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hassan Peerhossaini</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2015.10.033⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 231, pp.91 - 101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2016.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03146460v1</w:t>
+                <w:t xml:space="preserve">hal-01527163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic flows of suspensions of the green non-motile Chlorella micro-alga at various volume fractions: Applications to intensified photobioreactors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation and modeling of the effects of light spectrum and incident angle on the growth of Chlorella vulgaris in photobioreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Soulies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Souliès</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Helene Marec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2016.03.012⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology Progress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 32 (2), pp.247-261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/btpr.2244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01527163v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation and modeling of the effects of light spectrum and incident angle on the growth of Chlorella vulgaris in photobioreactors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Soulies</w:t>
+                <w:t xml:space="preserve">Experimental study of the thermal performance of chaotic geometries for their use in PEM fuel cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahia Lasbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jack Legrand</w:t>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Marec</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hassan Peerhossaini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology Progress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 32 (2), pp.247-261. </w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101, pp.181-192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/btpr.2244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2015.10.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01950701v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient heat transfer in a regime of elastic turbulence</w:t>
+                <w:t xml:space="preserve">Experimental study of bedforms obtained with floating particles in a pipe flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boubou Traore</w:t>
+                <w:t xml:space="preserve">Denis Edelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Fayolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2015.05.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 765, pp.252-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2014.675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02099517v1</w:t>
+                <w:t xml:space="preserve">hal-01974870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of bedforms obtained with floating particles in a pipe flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">Experimental determination of the energy optimum for the transport of floating particles in pipes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Edelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Clément Czujko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Fayolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 765, pp.252-272. </w:t>
+              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 68, pp.634-643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2014.675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2015.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01974870v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental determination of the energy optimum for the transport of floating particles in pipes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient heat transfer in a regime of elastic turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Clément Czujko</w:t>
+                <w:t xml:space="preserve">Boubou Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francine Fayolle</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 68, pp.634-643. </w:t>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 223, pp.62-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2015.06.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2015.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01974865v1</w:t>
+                <w:t xml:space="preserve">hal-02099517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsteady laminar flows of a Carbopol® gel in the presence of wall slip</w:t>
               </w:r>
@@ -6438,51 +6438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Moyers-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 205, pp.28-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6542,51 +6542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zineddine Kebiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 203, pp.9-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6614,273 +6614,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03146431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological properties of suspensions of the green microalga Chlorella vulgaris at various volume fractions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mixing enhancement by pulsating chaotic advection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Pruvost</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jack M Legrand</w:t>
+                <w:t xml:space="preserve">Mojtaba Jarrahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Peerhossaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheologica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00397-013-0700-z⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 74, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cep.2013.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02534134v1</w:t>
+                <w:t xml:space="preserve">hal-03146442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing enhancement by pulsating chaotic advection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mojtaba Jarrahi</w:t>
+                <w:t xml:space="preserve">Rheological properties of suspensions of the green microalga Chlorella vulgaris at various volume fractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Soulies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack M Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hassan Peerhossaini</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rheologica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52 (6), pp.589-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00397-013-0700-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cep.2013.10.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03146442v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02534134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the influence of the rows of vortex generators on turbulence structure in a tube</w:t>
               </w:r>
@@ -7144,51 +7144,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diesel Exhaust Waste Heat Recovery for Domestic Hot Water: A Parametric and Economic Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samer Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mohsin Alsayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7304,51 +7304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mosbah Kiwan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMREES Conference Series: International Conference on Technologies and Materials for Renewable Energy, Environment and Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7412,51 +7412,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26ième Fluid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Warszawa, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7481,103 +7481,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilizing Thermoelectric Generators to Hybridize Heat Recovery from Chimney Exhaust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obeida Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Metz, France</w:t>
@@ -7619,64 +7619,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A short recent review on geothermal energy piles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanan Dokmak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7861,90 +7861,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridization of heat recovery from exhaust gas of boilers using thermoelectric generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obeida Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7982,64 +7982,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of PCMs in Metal Hydride Reactors for Enhancing Hydrogen Adsorption and Desorption: A Short Recent Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8090,90 +8090,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal management techniques for enhancing hydrogen adsorption and desorption in metal hydride reactors: a short recent review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8205,277 +8205,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04672893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energetic and economic effects of integrating enhanced macro-encapsulated PCM’s with active underfloor hydronic heating system within advanced modular experimental prototypes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">A short recent review on Hybrid Energy Systems: Critical Analysis and Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obeida Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chahine</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04534716v1</w:t>
+                <w:t xml:space="preserve">hal-04534758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short recent review on Hybrid Energy Systems: Critical Analysis and Recommendations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+                <w:t xml:space="preserve">A novel hydrodynamic instability observed during the yielding of a phase change materials: chaos in a melting pot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Himo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04534758v1</w:t>
+                <w:t xml:space="preserve">hal-04280167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid Thermoelectric Generators-Renewable Energy Systems: A Review on Recent Developments</w:t>
               </w:r>
@@ -8513,51 +8483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8576,329 +8546,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel hydrodynamic instability observed during the yielding of a phase change materials: chaos in a melting pot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rawad Himo</w:t>
+                <w:t xml:space="preserve">A Review on Wastewater Heat Recovery Systems: Types and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rani Taher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ramadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04280167v1</w:t>
+                <w:t xml:space="preserve">hal-04537539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review on Wastewater Heat Recovery Systems: Types and Applications</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mohamad Ramadan</w:t>
+                <w:t xml:space="preserve">Experimental study of chaotic mixing of yield stress fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Guer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
+              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537539v1</w:t>
+                <w:t xml:space="preserve">hal-03785910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short recent summary review on evolving phase change material encapsulation techniques for building applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
@@ -8921,277 +8921,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of chaotic mixing of yield stress fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chaotic mixing of yield stress materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kamal El Omari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Guer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03785910v1</w:t>
+                <w:t xml:space="preserve">hal-03785829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaotic mixing of yield stress materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Guer</w:t>
+                <w:t xml:space="preserve">Energetic and economic effects of integrating enhanced macro-encapsulated PCM’s with active underfloor hydronic heating system within advanced modular experimental prototypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">TMREES Conference Series: Technologies and Materials for Renewable Energy, Environment and Sustainability 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03785829v1</w:t>
+                <w:t xml:space="preserve">hal-04534716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yielding of a paraffin wax to heat: a focus on the hydrodynamic stability</w:t>
               </w:r>
@@ -9203,51 +9203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawad Himo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AERC meeting Virtual conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9374,2570 +9374,2570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03148481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaos in a melting pot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+                <w:t xml:space="preserve">Integration of a Thermochemical Storage System in a Rankine Cycle Driven by Concentrated Solar Power: a Conceptual Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingai Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Pelay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yilin Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Stitou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICR 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">TESA'20 (The International Conference on Thermal Energy, Systems and Application)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148683v1</w:t>
+                <w:t xml:space="preserve">hal-02894524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of a Thermochemical Storage System in a Rankine Cycle Driven by Concentrated Solar Power: a Conceptual Study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yilin Fan</w:t>
+                <w:t xml:space="preserve">A new mixer using chaotic advection mechanism for yield stress fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TESA'20 (The International Conference on Thermal Energy, Systems and Application)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2020, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">ICR 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02894524v1</w:t>
+                <w:t xml:space="preserve">hal-03148690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new mixer using chaotic advection mechanism for yield stress fluids</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Chaos in a melting pot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Himo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICR 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148690v1</w:t>
+                <w:t xml:space="preserve">hal-03148683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaos in a melting pot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rawad Himo</w:t>
+                <w:t xml:space="preserve">A novel active mixer for yield stress fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Guer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPF8 Viscoplastic Fluids: from Theory to Application 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">13th Annual European Rheology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Portoroz, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375592v1</w:t>
+                <w:t xml:space="preserve">hal-02375601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar mixing of viscoplastic fluids: Mission impossible?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un mélangeur actif efficace pour les fluides à seuil de contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal El Omari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Guer</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPF8 Viscoplastic Fluids: from Theory to Application 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375573v1</w:t>
+                <w:t xml:space="preserve">hal-02361242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un mélangeur actif efficace pour les fluides à seuil de contrainte</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+                <w:t xml:space="preserve">A Summary Review on Experimental Studies for PCM Building Applications: Towards Advanced Modular Prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Emerging Renewable Energy: Generation and Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02361242v1</w:t>
+                <w:t xml:space="preserve">hal-02894620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Summary Review on Experimental Studies for PCM Building Applications: Towards Advanced Modular Prototype</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+                <w:t xml:space="preserve">Microscopic flows of a simple yield stress material in the presence of wall slip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volfango Bertola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Emerging Renewable Energy: Generation and Automation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">VPF8 Viscoplastic Fluids: from Theory to Application 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02894620v1</w:t>
+                <w:t xml:space="preserve">hal-02375597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel active mixer for yield stress fluids</w:t>
+                <w:t xml:space="preserve">Microscopic flows of a Carbopol gel in the presence of wall slip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Guer</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volfango Bertola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Annual European Rheology Conference</w:t>
+              <w:t xml:space="preserve">AERC Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Portoroz, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375601v1</w:t>
+                <w:t xml:space="preserve">hal-03148497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic flows of a Carbopol gel in the presence of wall slip</w:t>
+                <w:t xml:space="preserve">A novel inline mixer for highly viscous fluid: the proof of concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Volfango Bertola</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Guer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AERC Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Portoroz, Slovenia</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148497v1</w:t>
+                <w:t xml:space="preserve">hal-02361208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel inline mixer for highly viscous fluid: the proof of concept</w:t>
+                <w:t xml:space="preserve">Microscopic flows of a simple yield stress material in the presence of wall slip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Kamal El Omari</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volfango Bertola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique CFM2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02361208v1</w:t>
+                <w:t xml:space="preserve">hal-02473040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic flows of a simple yield stress material in the presence of wall slip</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La nature complexe des fluides : des procédés de mélange, de mise en forme, à la planétologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Himo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Amirdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPF8 Viscoplastic Fluids: from Theory to Application 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journée UdPPC ligérienne 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375597v1</w:t>
+                <w:t xml:space="preserve">hal-03148371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic flows of a simple yield stress material in the presence of wall slip</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nouvelle approche de détermination du coefficient global d'échange de chaleur des échangeurs- Application aux types eau-air à flux croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bakri Abdul Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassim Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique CFM2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">Congrès français de thermique 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02473040v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nature complexe des fluides : des procédés de mélange, de mise en forme, à la planétologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prédiction de l’encrassement dans un échangeur de chaleur à partir de données expérimentales et par la méthode des réseaux de neurones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Tremeac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Marvillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juliana Amirdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée UdPPC ligérienne 2019</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148371v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle approche de détermination du coefficient global d'échange de chaleur des échangeurs- Application aux types eau-air à flux croisés</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scaling arguments to experimentally model deep oceans trapped between icy layers on Ganymede</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Himo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Carpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français de thermique 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Thermique, Jun 2019, Nantes, France. pp.463-470</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02478687v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02473025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling arguments to experimentally model deep oceans trapped between icy layers on Ganymede</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rawad Himo</w:t>
+                <w:t xml:space="preserve">Amélioration des performances thermiques du module de refroidissement d'un véhicule automobile en utilisant des diffuseurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Gad El Rab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Harika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Thermique, Jun 2019, Nantes, France. pp.463-470</w:t>
+              <w:t xml:space="preserve">Congrès français de thermique2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02473025v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction de l’encrassement dans un échangeur de chaleur à partir de données expérimentales et par la méthode des réseaux de neurones</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Marvillet</w:t>
+                <w:t xml:space="preserve">Laminar mixing of viscoplastic fluids: Mission impossible?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Moguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Guer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">VPF8 Viscoplastic Fluids: from Theory to Application 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148668v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration des performances thermiques du module de refroidissement d'un véhicule automobile en utilisant des diffuseurs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elias Harika</w:t>
+                <w:t xml:space="preserve">Chaos in a melting pot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawad Himo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français de thermique2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">VPF8 Viscoplastic Fluids: from Theory to Application 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02478678v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active chaotic mixing in a plane channel with rotating arc walls</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental study of underfloor electric heating system with integrated co−pcm plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Farhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFMC12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">ECRES 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02385062v1</w:t>
+                <w:t xml:space="preserve">hal-02401057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the thermal performance of vehicle cooling modules using diffusers - toward energy consumption and co2 emission reduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Use of phase change materials thermal energy storage systems for cooling applications in buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaireldin Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamad Ramadan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference On Sustainable Energy &amp; Environmental Protection (SEEP18)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Paisley, United Kingdom</w:t>
+              <w:t xml:space="preserve">International Conference on Emerging and Renewable Energy : Generation and Automation ( ICEREGA'18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033920v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of underfloor electric heating system with integrated co−pcm plates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A review on phase change materials for thermal energy storage in buildings: Heating and hybrid applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Faraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECRES 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">International Conference on Emerging and Renewable Energy : Generation and Automation (ICEREGA'18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02401057v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of phase change materials thermal energy storage systems for cooling applications in buildings</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farouk Hachem</w:t>
+                <w:t xml:space="preserve">Active chaotic mixing in a plane channel with rotating arc walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Guer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Emerging and Renewable Energy : Generation and Automation ( ICEREGA'18)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Sousse, Tunisia</w:t>
+              <w:t xml:space="preserve">EFMC12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02479250v1</w:t>
+                <w:t xml:space="preserve">hal-02385062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review on phase change materials for thermal energy storage in buildings: Heating and hybrid applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Enhancing the thermal performance of vehicle cooling modules using diffusers - toward energy consumption and co2 emission reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cathy Castelain</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ramadan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Emerging and Renewable Energy : Generation and Automation (ICEREGA'18)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Sousse, Tunisia</w:t>
+              <w:t xml:space="preserve">11th International Conference On Sustainable Energy &amp; Environmental Protection (SEEP18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Paisley, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375775v1</w:t>
+                <w:t xml:space="preserve">hal-03033920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active chaotic mixing in a plane channel with three rotating arc walls</w:t>
               </w:r>
@@ -12061,77 +12061,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steady microscopic flows of a Carbopol gel in the presence of wall slip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volfango Bertola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual European Rheology Conference (AERC 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12150,489 +12150,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03250047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de différents modèles de prédiction de l’encrassement dans un échangeur de chaleur à partir de données expérimentales</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Marvillet</w:t>
+                <w:t xml:space="preserve">Dune patterns in floating slurries flows: experimental investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Edelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Congrès Français de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">11th European Fluid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01510092v1</w:t>
+                <w:t xml:space="preserve">hal-03249974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat Transfer by Elastic Turbulence: towards a Microscopic Heat Exchange</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Soulies</w:t>
+                <w:t xml:space="preserve">Analysis of different fouling predictive models in a Heat Exchanger from experimental data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Tremeac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marvillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ième International Congress on Rheology (ICR2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">29th International Conference on Efficiency Cost Optimization Simulation and Environmental Impact of Energy systems (ECOS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Portoroz, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03250063v1</w:t>
+                <w:t xml:space="preserve">hal-01510083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dune patterns in floating slurries flows: experimental investigations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Josset</w:t>
+                <w:t xml:space="preserve">Analyse de différents modèles de prédiction de l’encrassement dans un échangeur de chaleur à partir de données expérimentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Tremeac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Marvillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Fluid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Séville, Spain</w:t>
+              <w:t xml:space="preserve">24ème Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249974v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01510092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of different fouling predictive models in a Heat Exchanger from experimental data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Marvillet</w:t>
+                <w:t xml:space="preserve">Heat Transfer by Elastic Turbulence: towards a Microscopic Heat Exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Soulies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Conference on Efficiency Cost Optimization Simulation and Environmental Impact of Energy systems (ECOS 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Portoroz, Slovenia</w:t>
+              <w:t xml:space="preserve">17ième International Congress on Rheology (ICR2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01510083v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03250063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transport by elastic turbulence in a von Karman swirling flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Annual European Rheology Conference (AERC 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12657,103 +12657,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact and modeling of specific lighting conditions on Chlorella vulgaris growth in intensified photobioreactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Soulies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack M Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Algal Biomass, Biofuels and Bioproducts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12791,51 +12791,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale de l’instabilité de Rayleigh-Bénard dans les fluides rhéofluidifiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zineddine Kebiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12867,753 +12867,753 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03250027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensification des transferts par génération de turbulence élastique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boubou Traore</w:t>
+                <w:t xml:space="preserve">Le problem de Landau-Levich pour un fluide viscoplastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Sweid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Moyers-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip L. Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03440566v1</w:t>
+                <w:t xml:space="preserve">hal-03440565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écoulement laminaire non stationnaire d'un gel de Carbopol dans un tube</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miguel Moyers-Gonzalez</w:t>
+                <w:t xml:space="preserve">Ice Slurry Distribution: Determination of the Energetic Optimum for the Transportation of Buoyant Particles in a Horizontal Pipe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Edelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Teodor Burghelea</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Clément Czujko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Fayolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2013 Fluids Engineering Division Summer Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The American society of mechanical engineers, Jul 2013, Incline Village (Nevada), United States. pp.V01CT20A007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/fedsm2013-16353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440649v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le problem de Landau-Levich pour un fluide viscoplastique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Phillip L. Wilson</w:t>
+                <w:t xml:space="preserve">Rheological properties and microscopic flows of suspensions of Chlorella vulgaris microalgae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Soulies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440565v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ice Slurry Distribution: Determination of the Energetic Optimum for the Transportation of Buoyant Particles in a Horizontal Pipe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Edelin</w:t>
+                <w:t xml:space="preserve">Étude expérimentale de la convection de Rayleigh-Bénard dans le cas d'un fluide à seuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zineddine Kebiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francine Fayolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2013 Fluids Engineering Division Summer Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/fedsm2013-16353⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04571175v1</w:t>
+                <w:t xml:space="preserve">hal-03440596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological properties and microscopic flows of suspensions of Chlorella vulgaris microalgae</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jack Legrand</w:t>
+                <w:t xml:space="preserve">Écoulement laminaire non stationnaire d'un gel de Carbopol dans un tube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Poumaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Moyers-Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03440454v1</w:t>
+                <w:t xml:space="preserve">hal-03440649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale de la convection de Rayleigh-Bénard dans le cas d'un fluide à seuil</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Intensification des transferts par génération de turbulence élastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubou Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03440596v1</w:t>
+                <w:t xml:space="preserve">hal-03440566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du cisaillement et de l'élongation pour l'étude du mélange en écoulement de Dean laminaire pulsé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mojtaba Jarrahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Peerhossaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13791,90 +13791,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genetic algorithm-based topology optimization method for convective cooling of a heating surface with multiple-peak heat flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingai Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilin Fan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13944,90 +13944,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase change materials (PCMs) in buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaireldin Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14106,90 +14106,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient heat transfer by Elastic Turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubou Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Soulies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14233,51 +14233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zineddine Kebiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teodor Burghelea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14614,51 +14614,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489318v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawad Himo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Carpy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tobie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Castelain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ae2ec5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398595v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Raad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Ali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Faraj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chahine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2025.128943" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152611v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2025.100208" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963793v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaireldin Faraj" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khaled" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.02.183" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440562v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Abou Akrouch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Hachem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbenv.2023.11.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801759v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijun Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Biotteau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingai Luo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.109540" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913123v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obeida Farhat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2025.100148" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529532v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17061336" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487946v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilin Fan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.125349" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529526v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Salameh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Takash" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100632" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574251v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mortazavi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100673" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842130v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Dokmak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672784v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100774" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842097v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842114v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Faraj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012030" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523529v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbenv.2024.02.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769707v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bonjour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Maydanik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Groll" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakravarthy Balaji" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.108948" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275597v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16227468" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099025v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Moguen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Younes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal El Omari" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Guer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-023-00650-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104409v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Murr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Achkar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2023.100366" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769537v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Wehbi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Taher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.08.068" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571927v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Harika" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2022.100361" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524834v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2021.101182" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758529v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.099" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621162v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15041459" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794124v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Moyers-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodor Burghelea" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2022.104898" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548750v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122459" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758507v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.135" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513953v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clet.2021.100387" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758539v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ramadan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.104" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758533v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.091" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291970v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.367" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156220v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.024502" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196809v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csite.2021.100940" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965149v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2020.101913" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291107v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2021.102815" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970815v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volfango Bertola" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.083303" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02384617v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2019.109579" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364774v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Pelay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Stitou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2018.10.163" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184821v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2019.113778" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364786v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Harambat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2018.09.077" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364790v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Hage" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faraj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hachem" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramadan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csite.2018.01.006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364952v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Soulies" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubril" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996356" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146460v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lasbet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Peerhossaini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2015.10.033" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527163v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souli&#232;s" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2016.03.012" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950701v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Legrand" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Marec" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.2244" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099517v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Traore" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2015.05.005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974870v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josset" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Fayolle" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.675" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974865v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Cl&#233;ment Czujko" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2015.06.018" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146473v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poumaere" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Moyers-Gonzalez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2014.01.003" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146431v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineddine Kebiche" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2013.10.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534134v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pruvost" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack M Legrand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-013-0700-z" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F9B7D652AFAFCC18E91CD74E4907FBD3233C021/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146442v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jarrahi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2013.10.003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432288v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mokrani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castelain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Peerhossaini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2008.07.009" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935930v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Vijeu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gerun" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Tazerout" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bellettre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2008.06.004" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LJMQ02VH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230395v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohsin Alsayah" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alshukri" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3028/1/012033" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472119v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosbah Kiwan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746611v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757530v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537579v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537595v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Achakr" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hajj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012021" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537569v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537558v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672893v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534716v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534758v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537545v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280167v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537539v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534728v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785910v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785829v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148493v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148481v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tobie" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148683v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894524v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148690v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375592v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375573v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361242v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894620v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375601v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148497v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361208v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375597v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473040v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148371v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Amirdine" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478687v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakri Abdul Hay" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473025v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148668v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Weber" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Tremeac" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marvillet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478678v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Gad El Rab" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02385062v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033920v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401057v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Farhat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdan" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479250v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375775v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250039v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250047v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510092v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250063v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249974v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510083v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marvillet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250013v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539811v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250027v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440566v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440649v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440565v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sweid" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip L. Wilson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571175v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/fedsm2013-16353" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440454v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440596v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422797v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935936v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bellettre" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790244v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140641v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85719-2.00003-1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250096v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250084v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02320221v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Peaucelle" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel L&#246;fberg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Calvo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cassin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489318v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawad Himo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Carpy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tobie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Castelain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ae2ec5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440562v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Abou Akrouch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chahine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Faraj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Hachem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbenv.2023.11.002" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801759v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijun Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Biotteau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingai Luo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.109540" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913123v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obeida Farhat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khaled" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2025.100148" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963793v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaireldin Faraj" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.02.183" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398595v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Raad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Ali" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2025.128943" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05152611v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uncres.2025.100208" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529532v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17061336" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487946v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilin Fan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.125349" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529526v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Salameh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Takash" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100632" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574251v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mortazavi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100673" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842130v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Dokmak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672784v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2024.100774" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842114v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Faraj" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012030" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842097v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012023" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769707v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bonjour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Maydanik" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Groll" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakravarthy Balaji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2024.108948" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523529v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbenv.2024.02.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275597v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16227468" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099025v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Moguen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Younes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal El Omari" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Guer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-023-00650-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104409v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Murr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Achkar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijft.2023.100366" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769537v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Wehbi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Taher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.08.068" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571927v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Harika" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rineng.2022.100361" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524834v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2021.101182" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758529v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.099" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794124v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Moyers-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodor Burghelea" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2022.104898" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621162v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15041459" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758507v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.135" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513953v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clet.2021.100387" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548750v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122459" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758533v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.091" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758539v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ramadan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2022.07.104" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156220v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.024502" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196809v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csite.2021.100940" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965149v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2020.101913" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291107v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2021.102815" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291970v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.367" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02384617v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2019.109579" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970815v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volfango Bertola" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.083303" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364774v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Pelay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Stitou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2018.10.163" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184821v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2019.113778" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364786v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Harambat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2018.09.077" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364790v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. El Hage" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faraj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hachem" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramadan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csite.2018.01.006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364952v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Soulies" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubril" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996356" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527163v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souli&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2016.03.012" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950701v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Legrand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Marec" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.2244" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146460v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lasbet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Peerhossaini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2015.10.033" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974870v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Edelin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josset" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Fayolle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.675" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974865v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Cl&#233;ment Czujko" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2015.06.018" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099517v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Traore" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2015.05.005" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146473v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poumaere" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Moyers-Gonzalez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2014.01.003" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146431v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineddine Kebiche" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2013.10.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146442v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jarrahi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2013.10.003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534134v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pruvost" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack M Legrand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-013-0700-z" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F9B7D652AFAFCC18E91CD74E4907FBD3233C021/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432288v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mokrani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castelain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Peerhossaini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2008.07.009" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935930v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Vijeu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gerun" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Tazerout" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bellettre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2008.06.004" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LJMQ02VH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230395v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mohsin Alsayah" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Alshukri" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3028/1/012033" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472119v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosbah Kiwan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746611v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757530v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537579v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537595v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Achakr" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Hajj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2754/1/012021" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537569v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537558v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672893v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534758v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280167v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537545v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537539v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785910v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534728v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785829v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534716v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148493v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148481v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tobie" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894524v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148690v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148683v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375601v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361242v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894620v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375597v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148497v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361208v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473040v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148371v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Amirdine" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478687v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakri Abdul Hay" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148668v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Weber" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Tremeac" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marvillet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473025v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478678v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Gad El Rab" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375573v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375592v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401057v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Farhat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdan" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479250v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375775v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02385062v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033920v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250039v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250047v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249974v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510083v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marvillet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510092v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250063v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250013v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539811v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250027v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440565v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sweid" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip L. Wilson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571175v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/fedsm2013-16353" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440454v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440596v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440649v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440566v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422797v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935936v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bellettre" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790244v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140641v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85719-2.00003-1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250096v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250084v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02320221v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Peaucelle" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel L&#246;fberg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Calvo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cassin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>