--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -584,209 +584,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02905171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population, peuplement et agriculture en Afrique subsaharienne : vers un changement de paradigme</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Um caleidoscópio de categorias territoriais nas estatísticas geográficas brasileiras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Raton</w:t>
+                <w:t xml:space="preserve">Catherine Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Encarnação Beltrão Sposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Espaço e Economia, Revista Brasileira de Geografia Econômica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 64 (1), pp.5-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/eps.8366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21579/issn.2526-0375_2019_n1_5-36⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02112741v1</w:t>
+                <w:t xml:space="preserve">hal-02564618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Um caleidoscópio de categorias territoriais nas estatísticas geográficas brasileiras</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population, peuplement et agriculture en Afrique subsaharienne : vers un changement de paradigme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Chatel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Encarnação Beltrão Sposito</w:t>
+                <w:t xml:space="preserve">Gwenaëlle Raton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaço e Economia, Revista Brasileira de Geografia Econômica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 64 (1), pp.5-36. </w:t>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21579/issn.2526-0375_2019_n1_5-36⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/eps.8366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02564618v1</w:t>
+                <w:t xml:space="preserve">hal-02112741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les statistiques localisées au Brésil : un kaléidoscope de catégories de territoires</w:t>
               </w:r>
@@ -2762,51 +2762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Gazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Moriconi-Ebrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chatel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème rencontre AviTEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2876,51 +2876,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes de la conférence &amp;quot; Aux frontières de l'urbain. Petites villes du monde : émergence, croissance, rôle économique et social, intégration territoriale, gouvernance &amp;quot; Conference Proceedings &amp;quot;At the Frontiers of Urban Space. Small towns of the world: emergence, growth, economic and social role, territorial integration, governance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Moriconi Ebrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bordagi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3140,51 +3140,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Harre-Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ousmane Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3412,51 +3412,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F4366E73"/>
+    <w:nsid w:val="780175D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3643,51 +3643,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cathy-chatel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2360-4125" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132647109" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148150v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Chatel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.51386" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bresils.14509" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079691v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Encarna&#231;&#227;o Beltr&#227;o Sposito" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.503.0190" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905171v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.7426" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112741v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Raton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.8366" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564618v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chatel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21579/issn.2526-0375_2019_n1_5-36" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564630v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.22736" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160523v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160515v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161856v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moriconi-Ebrard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.15522" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01708635v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moriconi Ebrard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01708634v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Casanova Enault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01701618v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateu Morillas-Torn&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Esteve" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mart&#237;-Henneberg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0096144217726974" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01713839v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.15001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01708632v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01701616v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3950" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01714824v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36661/2448-1092.2015v12n21.11939" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01713845v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36661/2448-1092.2015v12n21.11938" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01714828v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01714831v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287397v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.8295" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245113v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Gazel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Marius Gnanou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160453v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01715706v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01715710v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665221v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dorier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire B&#233;nit-Gbaffou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leily Hassaine-Bau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01316241v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00958799v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bordagi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357271v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harre-Roger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Thiam" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368181v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00765004v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cathy-chatel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2360-4125" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132647109" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148150v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Chatel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.51386" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bresils.14509" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079691v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Encarna&#231;&#227;o Beltr&#227;o Sposito" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.503.0190" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905171v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.7426" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564618v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chatel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21579/issn.2526-0375_2019_n1_5-36" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112741v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Raton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.8366" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564630v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.22736" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160523v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160515v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161856v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moriconi-Ebrard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.15522" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01708635v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moriconi Ebrard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01708634v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Casanova Enault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01701618v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateu Morillas-Torn&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Esteve" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mart&#237;-Henneberg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0096144217726974" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01713839v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.15001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01708632v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01701616v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3950" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01714824v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36661/2448-1092.2015v12n21.11939" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01713845v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36661/2448-1092.2015v12n21.11938" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01714828v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01714831v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287397v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.8295" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245113v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Gazel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Marius Gnanou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160453v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01715706v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01715710v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665221v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dorier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire B&#233;nit-Gbaffou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leily Hassaine-Bau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01316241v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00958799v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bordagi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357271v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harre-Roger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Thiam" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368181v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00765004v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>