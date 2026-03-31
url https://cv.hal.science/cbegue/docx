--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -261,51 +261,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 210, pp.67-73. </w:t>
+              <w:t xml:space="preserve">, 2025, 36 (210), pp.67-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.56746/EXERCER.2025.210.67⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1977,286 +1977,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de vie des internes en médecine générale</w:t>
+                <w:t xml:space="preserve">Essai randomisé pour évaluer l’efficacité et la sécurité de traitements chez des patients ambulatoires atteints de Covid-19 ayant des facteurs de risque Essai COVERAGE France : présentation du protocole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Py</w:t>
+                <w:t xml:space="preserve">Racha Onaisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemie Georget</w:t>
+                <w:t xml:space="preserve">Alexandre Duvignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daphne Duval</w:t>
+                <w:t xml:space="preserve">Antoine Nguyen Binh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Victoire Fayolle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Petit</w:t>
+                <w:t xml:space="preserve">Julie Dupouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 169, pp.4-10</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 178 (178), pp.451-458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56746/EXERCER.2021.178.451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03280740v1</w:t>
+                <w:t xml:space="preserve">inserm-03647560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essai randomisé pour évaluer l’efficacité et la sécurité de traitements chez des patients ambulatoires atteints de Covid-19 ayant des facteurs de risque Essai COVERAGE France : présentation du protocole</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qualité de vie des internes en médecine générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Nguyen Binh</w:t>
+                <w:t xml:space="preserve">Thibaut Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Dupouy</w:t>
+                <w:t xml:space="preserve">Noemie Georget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Chastang</w:t>
+                <w:t xml:space="preserve">Daphne Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Victoire Fayolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 178 (178), pp.451-458. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021, 169, pp.4-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03647560v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors influencing physiotherapists' attitudes and beliefs toward chronic low back pain Impact of a care network belonging</w:t>
               </w:r>
@@ -2487,545 +2487,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02615527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing a patient with low back pain in general practice</w:t>
+                <w:t xml:space="preserve">Interprofessional Communication Concerning Work-Related Musculoskeletal Disorders : A Qualitative Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Bouton</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Py</w:t>
+                <w:t xml:space="preserve">Séverine Beyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Daubas-Letourneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Huge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Occupational Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (4), pp.721-729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10926-018-9755-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01870058v1</w:t>
+                <w:t xml:space="preserve">hal-02127352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interprofessional Communication Concerning Work-Related Musculoskeletal Disorders : A Qualitative Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Huge</w:t>
+                <w:t xml:space="preserve">Managing a patient with low back pain in general practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Occupational Rehabilitation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 139, pp.28-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02127352v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency of three treatment strategies on occupational and quality of life impairments for chronic low back pain patients is the multidisciplinary approach the key feature to success?</w:t>
+                <w:t xml:space="preserve">Les souhaits d’exercice des internes de médecine générale sont-ils compatibles avec un exercice en milieu rural ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Ronzi</w:t>
+                <w:t xml:space="preserve">Romaric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Angoulvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislaine Roche-Leboucher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Bègue</w:t>
+                <w:t xml:space="preserve">Jean-François Huez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Dubus</w:t>
+                <w:t xml:space="preserve">Sofia Perrotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Bontoux</w:t>
+                <w:t xml:space="preserve">Agnès Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Rehabilitation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 138, pp.450-456</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01881590v1</w:t>
+                <w:t xml:space="preserve">hal-01654623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les souhaits d’exercice des internes de médecine générale sont-ils compatibles avec un exercice en milieu rural ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficiency of three treatment strategies on occupational and quality of life impairments for chronic low back pain patients is the multidisciplinary approach the key feature to success?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Ronzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romaric André</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Angoulvant</w:t>
+                <w:t xml:space="preserve">Ghislaine Roche-Leboucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Huez</w:t>
+                <w:t xml:space="preserve">Valerie Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Perrotin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Peltier</w:t>
+                <w:t xml:space="preserve">Luc Bontoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Exercer. La revue francophone de médecine générale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (10), pp.1364-1373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0269215517691086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01654623v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01881590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of psychosocial factors at work in a French region</w:t>
               </w:r>
@@ -3063,51 +3063,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Ramond-Roquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Huez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupational Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 66 (2), pp.128-134. </w:t>
@@ -3171,51 +3171,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bêgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Delaborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Huez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tessier-Cazeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4053,51 +4053,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier &amp;quot;Création de matériel pédagogique pour la préparation à l'edn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jedat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4916,51 +4916,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perception de la souffrance psychique au travail par les médecins généralistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Huez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journée Interrégionale de Recherche en Médecine Générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4998,51 +4998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en charge de la souffrance psychique au travail : enquête auprès de 314 maîtres de stage universitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Huez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Fouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5123,51 +5123,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perception de la souffrance psychique au travail par les médecins généralistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Huez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès CNGE (Collège Nation Généralistes Enseignants)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6125,51 +6125,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D46DE7BF"/>
+    <w:nsid w:val="96B87F3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6356,51 +6356,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cbegue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0750-9611" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/18516949X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/315735908" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984866v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Guelff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril B&#232;gue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2025.210.67" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143975v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Angoulvant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lacan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefeuvre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2025.214.284" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066072v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peurois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Orvain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roquelaure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-025-02712-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444067v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dehainault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gaillard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bintou Ouattara" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-024-02284-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762495v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764650v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Frapp&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lonchampt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Balavoine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53738/REVMED.2023.19.819.596" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191097v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bellanger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Connan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Navasiolava" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Missud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-023-16302-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165921v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Ramond-Roquin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vizzini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Chhor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bouchez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2023.1156482" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764990v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Valente" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Galam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Villiers-Moriam&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Abramovici" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/med.2023.920" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769825v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Paisant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dubus-Bausi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Roche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2021.101585" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513000v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bruy&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Piraux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Bohbot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Begue" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vall&#233;e" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2021.12.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chopin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Texier-Legendre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Angoulvant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07285-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705571v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fouquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2022.03.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341185v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Begue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Desmidt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tessier-Cazeneuve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13814788.2021.1948007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280740v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Py" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Georget" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Duval" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Victoire Fayolle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03647560v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Onaisi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duvignaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nguyen Binh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupouy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chastang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.178.451" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881585v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Richard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593985.2018.1444119" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02615527v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rousseau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Moreira da Silva Godineau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Casabianca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril B&#234;gue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2018.11.001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01870058v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bouton" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127352v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beyer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gouyet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Daubas-Letourneux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mener" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Huge" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10926-018-9755-0" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881590v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Ronzi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Roche-Leboucher" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Dubus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bontoux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0269215517691086" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Andr&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Huez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Perrotin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Peltier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392337v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bodin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqv147" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02451458v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delaborde" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mener" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392374v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2015.00073" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148032v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mehouachi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144552v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Drouin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Gourdin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148229v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148192v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coindard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148824v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148746v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Connan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150282v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jedat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149919v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Girard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150069v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149905v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151288v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151408v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ghali" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151480v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153971v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Blois-Clisson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921953v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Begue" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Huez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929006v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929002v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929031v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929312v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357702v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148849v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Galam" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151512v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764548v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769660v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04850466v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ANGE0045" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840232v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cbegue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0750-9611" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/18516949X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/315735908" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984866v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Guelff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril B&#232;gue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2025.210.67" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143975v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Angoulvant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lacan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefeuvre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2025.214.284" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066072v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peurois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Orvain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roquelaure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-025-02712-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444067v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dehainault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gaillard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bintou Ouattara" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-024-02284-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762495v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764650v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Frapp&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lonchampt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Balavoine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53738/REVMED.2023.19.819.596" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191097v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bellanger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Connan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassia Navasiolava" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Missud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-023-16302-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165921v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Ramond-Roquin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vizzini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Chhor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bouchez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2023.1156482" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764990v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Valente" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Galam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Villiers-Moriam&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Abramovici" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/med.2023.920" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769825v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Paisant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dubus-Bausi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Roche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2021.101585" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513000v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bruy&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Piraux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Bohbot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Begue" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vall&#233;e" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2021.12.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chopin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Texier-Legendre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Angoulvant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07285-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705571v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fouquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2022.03.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341185v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Begue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Desmidt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tessier-Cazeneuve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13814788.2021.1948007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03647560v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Onaisi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duvignaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nguyen Binh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupouy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chastang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56746/EXERCER.2021.178.451" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280740v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Py" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Georget" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Duval" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Victoire Fayolle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881585v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Richard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593985.2018.1444119" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02615527v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rousseau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Moreira da Silva Godineau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de Casabianca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril B&#234;gue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2018.11.001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127352v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beyer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gouyet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Daubas-Letourneux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mener" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Huge" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10926-018-9755-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01870058v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bouton" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654623v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Andr&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Huez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Perrotin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Peltier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881590v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Ronzi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Roche-Leboucher" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Dubus" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bontoux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0269215517691086" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392337v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bodin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqv147" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02451458v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delaborde" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mener" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392374v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2015.00073" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148032v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mehouachi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144552v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Drouin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Gourdin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148229v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148192v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coindard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148824v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148746v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Connan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150282v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jedat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149919v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Girard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150069v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149905v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151288v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151408v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ghali" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151480v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153971v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Blois-Clisson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921953v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Begue" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Huez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929006v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929002v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929031v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929312v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357702v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148849v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Galam" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151512v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764548v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769660v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04850466v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ANGE0045" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840232v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>