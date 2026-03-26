--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CFD Analysis of Coolant Mixing in VVER-1000/V320 Reactor Pressure Vessel</w:t>
+                <w:t xml:space="preserve">Micromechanical Estimates Compared to FE-Based Methods for Modelling the Behaviour of Micro-Cracked Viscoelastic Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Böttcher</w:t>
+                <w:t xml:space="preserve">Sarah Abou Chakra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bernard</w:t>
+                <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mas</w:t>
+                <w:t xml:space="preserve">Eric Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Sanchez</w:t>
+                <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raksmy Nop</w:t>
+                <w:t xml:space="preserve">Sylvie Granet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Nuclear Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 197, pp.110274. </w:t>
+              <w:t xml:space="preserve">Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (2), pp.625-641. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anucene.2023.110274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/modelling5020033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04469230v1</w:t>
+                <w:t xml:space="preserve">hal-04680472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanical Estimates Compared to FE-Based Methods for Modelling the Behaviour of Micro-Cracked Viscoelastic Materials</w:t>
+                <w:t xml:space="preserve">CFD Analysis of Coolant Mixing in VVER-1000/V320 Reactor Pressure Vessel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Abou Chakra</w:t>
+                <w:t xml:space="preserve">Michael Böttcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Bary</w:t>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lemarchand</w:t>
+                <w:t xml:space="preserve">Alexandre Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bourcier</w:t>
+                <w:t xml:space="preserve">Victor Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Granet</w:t>
+                <w:t xml:space="preserve">Raksmy Nop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 5 (2), pp.625-641. </w:t>
+              <w:t xml:space="preserve">Annals of Nuclear Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 197, pp.110274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/modelling5020033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anucene.2023.110274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04680472v1</w:t>
+                <w:t xml:space="preserve">cea-04469230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of microscale fracture models for mortar with in-situ tests</w:t>
               </w:r>
@@ -400,64 +400,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliaksandra Tsitova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bernachy-Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -530,77 +530,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliaksandra Tsitova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bernachy-Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirine Al Dandachli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 62, pp.333-349. </w:t>
@@ -677,51 +677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Protais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mestrallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ledoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -768,64 +768,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical and 3D numerical analysis of the thermoviscoelastic behavior of concrete-like materials including interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Helfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -930,51 +930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mestrallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Protais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ledoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1064,51 +1064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrado Maurini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Miro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1185,51 +1185,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bruneton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anida Khizar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Hydrogen Safety (ICHS 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Edinburgh (virtual), United Kingdom</w:t>
@@ -1685,51 +1685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Asserin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boubée de Gramont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1799,51 +1799,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Asserin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boubée de Gramont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1913,51 +1913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Asserin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boubée de Gramont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2027,51 +2027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Asserin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Boubée de Gramont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2271,51 +2271,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04469230v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael B&#246;ttcher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Sanchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raksmy Nop" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2023.110274" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04680472v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Abou Chakra" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lemarchand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourcier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/modelling5020033" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881223v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliaksandra Tsitova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bernachy-Barbe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107988" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358134v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Al Dandachli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-021-00778-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657779v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dumery" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Protais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mestrallet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ledoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14649" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02415668v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2017.06.006" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04169841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280120v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Feugueur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Maurini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Miro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04411171v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Saikali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ledac" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bruneton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anida Khizar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509682v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bary" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourcier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helfer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509085v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205519v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lacroix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Torre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Vallet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Berthinier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryogenics.2020.103086" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124222v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gounand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Pommier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boub&#233;e de Gramont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115894v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124216v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04680472v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Abou Chakra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lemarchand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bourcier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/modelling5020033" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04469230v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael B&#246;ttcher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Sanchez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raksmy Nop" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2023.110274" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881223v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliaksandra Tsitova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bernachy-Barbe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107988" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358134v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Al Dandachli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-021-00778-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657779v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dumery" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Protais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mestrallet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ledoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14649" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02415668v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2017.06.006" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04169841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280120v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Feugueur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Maurini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Miro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04411171v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Saikali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ledac" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bruneton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anida Khizar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509682v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bary" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourcier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helfer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509085v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205519v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lacroix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Torre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Vallet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Berthinier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryogenics.2020.103086" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124222v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gounand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Pommier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boub&#233;e de Gramont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115894v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124216v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>