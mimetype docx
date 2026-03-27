--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,4897 +66,4897 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The AMPK-related kinase NUAK1 regulates neuronal morphogenesis through the RNA splicing co-factor SON</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martijn Kerkhofs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Meyer-Dilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Polvèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sozerko Yandiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Tait-Mulder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The MYCN oncoprotein and helicases DDX17 and DDX5 have opposite effects on the production of chimeric transcripts in neuroblastoma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Valat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fontrodona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04830027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monoallelic de novo variants in DDX17 cause a novel neurodevelopmental disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Seaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Godwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Meyer-Dilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myotonic dystrophy RNA toxicity alters morphology, adhesion and migration of mouse and human astrocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dincã</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anchel González-Barriga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Sicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louison Lallemant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Elise Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complementarity of assembly-first and mapping-first approaches for alternative splicing annotation and differential analysis from RNAseq data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Benoit-Pilven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Marchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01643169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA at the crossroads of structure, function, and disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Auboeuf</w:t>
+                <w:t xml:space="preserve">Monoallelic de novo variants in DDX17 cause a neurodevelopmental disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleanor Seaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Godwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Bourgeois</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Géraldine Meyer-Dilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2025.09.013⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awae320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05306217v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monoallelic de novo variants in DDX17 cause a neurodevelopmental disorder</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RNA at the crossroads of structure, function, and disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Auboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Fiorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Marcel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awae320⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2025.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04943083v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The AMPK-related kinase NUAK1 controls cortical axons branching by locally modulating mitochondrial metabolic functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lanfranchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sozerko Yandiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Meyer-Dilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Ellouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn Kerkhofs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (1), pp.2487. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-024-46146-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene-to-gene coordinated regulation of transcription and alternative splicing by 3D chromatin remodeling upon NF-κB activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matéo Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ladet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamya Ben Ameur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanjay Chahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 52 (4), pp.1527-1543. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkae015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04830003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helicases DDX5 and DDX17 promote heterogeneity in HBV transcription termination in infected human hepatocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleur Chapus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pélagie Huchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Rodà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 81 (4), pp.609-620. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhep.2024.05.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04830013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulatory role of RNA helicases in MBNL-dependent alternative splicing regulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Micaela Polay Espinoza</w:t>
+                <w:t xml:space="preserve">SplicingLore: a web resource for studying the regulation of cassette exons by human splicing factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Polvèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Valat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fontrodona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lapendry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00018-023-04927-0⟩</w:t>
+              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023, pp.baad091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/database/baad091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04829975v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04829991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SplicingLore: a web resource for studying the regulation of cassette exons by human splicing factors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentine Clerc</w:t>
+                <w:t xml:space="preserve">Modulatory role of RNA helicases in MBNL-dependent alternative splicing regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Piasecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arkadiusz Kajdasz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Brzęk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micaela Polay Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/database/baad091⟩</w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 80 (11), pp.335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00018-023-04927-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04829991v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04829975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myotonic dystrophy RNA toxicity alters morphology, adhesion and migration of mouse and human astrocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dincã</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louison Lallemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Cresto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.3841. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-022-31594-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA helicase-dependent gene looping impacts messenger RNA processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Terrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Valat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fontrodona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 50 (16), pp.9226-9246. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkac717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative Cell Type-Specific Multi-Omics Approaches Reveal Impaired Programs of Glial Cell Differentiation in Mouse Culture Models of DM1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louison Lallemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana M Dincã</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra O Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Polvèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15, pp.662035. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fncel.2021.662035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intragenic recruitment of NF-κB drives splicing modifications upon activation by the oncogene Tax of HTLV-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamya Ben Ameur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Thénoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (1), pp.3045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-020-16853-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02877333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genome‐wide screen identifies IRF2 as a key regulator of caspase‐4 in human cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Benaoudia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Puig Gamez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (9), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15252/embr.201948235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02337614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between coding and exonic splicing regulatory sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fontrodona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Polvèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (5), pp.711-722. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/gr.241315.118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04887117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing the interplay between gene nucleotide composition bias and splicing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fontrodona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Polvèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (1), pp.259. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13059-019-1869-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04887130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RNA helicase DDX17 controls the transcriptional activity of REST and the expression of proneural microRNAs in neuronal differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Terrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Benoit-Pilven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46 (15), pp.7686-7700. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gky545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04897064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementarity of assembly-first and mapping-first approaches for alternative splicing annotation and differential analysis from RNAseq data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Benoit-Pilven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Marchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leandro Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-018-21770-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Splicing Factors Involved in DMD Exon Skipping Events Using an In Vitro RNA Binding Assay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Miro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Claustres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Tuffery-Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 1687, pp.157--169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4939-7374-3_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The centrosomal kinase NEK2 is a novel splicing factor kinase involved in cell survival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Naro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Barbagallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Chieffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Paola Paronetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 42 (5), pp.3218-3227. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkt1307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04477050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular design of a splicing switch responsive to the RNA binding protein Tra2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sushma N Grellscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dalgliesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agata Rozanska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Grellscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 39 (18), pp.8092-8104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkr495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of evolutionarily conserved exons as regulated targets for the splicing activator tra2β in development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sushma Grellscheid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dalgliesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Storbeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Best</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 7 (12), pp.e1002390. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00711527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A conserved splicing mechanism of the LMNA gene controls premature aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Cristina Lopez-Mejia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Vautrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion de Toledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Behm-Ansmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Molecular Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 20 (23), pp.4540-4555. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/hmg/ddr385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antagonistic factors control the unproductive splicing of SC35 terminal intron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Dreumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Behm-Ansmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Kister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Branlant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38 (4), pp.1353 - 1366. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkp1086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01738427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human RBMY regulates germline-specific splicing events by modulating the function of the serine/arginine-rich proteins 9G8 and Tra2-{beta}</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Dreumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yilei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid E. Ehrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cell Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 123 (Pt 1), pp.40-50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/jcs.055889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04042060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The germ cell nuclear proteins hnRNP G-T and RBMY activate a testis-specific exon</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Natacha Dreumont</w:t>
+                <w:t xml:space="preserve">Role of RNA structure and protein factors in the control of HIV-1 splicing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ayadi-Ben Mena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Ropers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jacquenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Frontiers in Bioscience-Landmark</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 14, pp.2714-2729</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04127590v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00793011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of RNA structure and protein factors in the control of HIV-1 splicing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Jacquenet</w:t>
+                <w:t xml:space="preserve">The germ cell nuclear proteins hnRNP G-T and RBMY activate a testis-specific exon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yilei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaochen Pang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Kudla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Dreumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioscience-Landmark</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1000707⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00793011v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04127590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic identification of heterogeneous nuclear ribonucleoprotein L as a novel component of SLM/Sam68 Nuclear Bodies.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prabhakar Rajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dalgliesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Heiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaveh Emami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 10 (1), pp.82. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2121-10-82⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00624805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternative RNA splicing complexes containing the scaffold attachment factor SAFB2.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate A Sergeant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dalgliesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian P Venables</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Stevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cell Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 120 (Pt 2), pp.309-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/jcs.03344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00166256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Up-regulation of the ubiquitous alternative splicing factor Tra2beta causes inclusion of a germ cell-specific exon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian P Venables</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Dalgliesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Kister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Stevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Molecular Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 14 (16), pp.2289-303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/hmg/ddi233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00187820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broad specificity of SR (serine/arginine) proteins in the regulation of alternative splicing of pre-messenger RNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Stevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Nucleic Acid Research and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 78, pp.37-88. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0079-6603(04)78002-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04122986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RNA-binding protein TIA-1 is a novel mammalian splicing regulator acting through intron sequences adjacent to a 5' splice site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne del Gatto-Konczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Guiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Kister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Gesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 20 (17), pp.6287-6299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/MCB.20.17.6287-6299.2000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04128951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The splicing factors 9G8 and SRp20 transactivate splicing through different and specific enhancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Cavaloc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Kister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Stevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RNA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 5 (3), pp.468-483. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/s1355838299981967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a bidirectional splicing enhancer: differential involvement of SR proteins in 5' or 3' splice site activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Popielarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Hildwein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Stevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 19 (11), pp.7347-7356. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/MCB.19.11.7347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04027664v1</w:t>
-              </w:r>
-[...624 lines deleted...]
-                <w:t xml:space="preserve">hal-01643169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4974,77 +4974,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxic CUG RNA repeats disrupt developmentally-regulated splicing in oligodendrocytes causing transient hypomyelination in a mouse model of myotonic dystrophy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louison Lallemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Magneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5112,90 +5112,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myotonic dystrophy RNA toxicity alters morphology, adhesion and migration of mouse and human astrocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Mihaela Dincã</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louison Lallemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemie Cresto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Myotonic Dystrophy Consortium Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Osaka, Japan</w:t>
@@ -5237,90 +5237,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA toxicity in myotonic dystrophy causes pronounced spliceopathy in astrocytes, in association with defective cell adhesion and morphology, erratic migration and impaired polarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Mihaela Dincã</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure-Elise Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Cresto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cold Spring Harbor Laboratory Meeting on Glia in Health and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Cold Spring Harbor (New York), United States</w:t>
@@ -5362,77 +5362,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxic RNA affects astrocyte adhesion, spreading and migration in myotonic dystrophy, and impacts neuritogenesis through abnormal glial-neuronal interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Mihaela Dincã</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Sicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5474,77 +5474,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating oligodendrocyte dysfunction in DM1 brain disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril F Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Huguet-Lachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5599,77 +5599,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination of Omics Approaches to Study Molecular Abnormalities in Individual Brain Cell Types of a DM1 Mouse Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchel González-Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Mihaela Dincã</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5893,51 +5893,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306217v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Auboeuf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bourgeois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fiorini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marcel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2025.09.013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943083v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Seaby" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Godwin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Meyer-Dilhet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Clerc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae320" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04583107v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lanfranchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sozerko Yandiev" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ellouze" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Kerkhofs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46146-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04830003v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Bazire" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ladet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Ben Ameur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Chahar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae015" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04830013v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Chapus" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;lagie Huchon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rod&#224;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2024.05.016" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04829975v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Taylor" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Piasecka" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadiusz Kajdasz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Brz&#281;k" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Polay Espinoza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-023-04927-0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04829991v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Polv&#232;che" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Valat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fontrodona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lapendry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baad091" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03715682v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dinc&#227;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Lallemant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anchel Gonz&#225;lez-Barriga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Cresto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Braz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31594-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842696v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Terrone" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Claude" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac717" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03235993v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana M Dinc&#227;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra O Braz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2021.662035" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02877333v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Th&#233;noz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Combe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16853-x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337614v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Benaoudia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Martin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Puig Gamez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Gay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lagrange" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201948235" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04887117v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aub&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lemaire" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.241315.118" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04887130v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1869-y" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897064v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lambert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Benoit-Pilven" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cluet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky545" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01924204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chautard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lima" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21770-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350943v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Miro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril F. Bourgeois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Claustres" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koenig" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tuffery-Giraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7374-3_11" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477050v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Naro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Barbagallo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Chieffi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Paronetto" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1307" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967870v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushma N Grellscheid" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dalgliesh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Rozanska" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grellscheid" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril F Bourgeois" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr495" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00711527v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushma Grellscheid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Storbeck" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Best" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilei Liu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002390" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034380v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Cristina Lopez-Mejia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Vautrot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion de Toledo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Behm-Ansmant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddr385" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738427v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dreumont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hardy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Kister" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Branlant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkp1086" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042060v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lejeune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid E. Ehrmann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.055889" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127590v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaochen Pang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kudla" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000707" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793011v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ayadi-Ben Mena" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ropers" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquenet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00624805v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabhakar Rajan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Heiner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Emami" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2121-10-82" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166256v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate A Sergeant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian P Venables" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Stevenin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.03344" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187820v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddi233" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-3XQZFVRS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122986v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6603(04)78002-2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128951v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne del Gatto-Konczak" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Guiner" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gesnel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.20.17.6287-6299.2000" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057113v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Cavaloc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1355838299981967" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027664v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Popielarz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Hildwein" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.19.11.7347" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345384v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Tait-Mulder" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04830027v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737565v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863376v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Sicot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Elise Pillet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643169v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005524v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Magneron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Cordier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006873v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Mihaela Dinc&#227;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Cresto" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009836v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009975v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sicot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010005v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Blain" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Huguet-Lachon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schmitt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009963v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerina Chhuon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345384v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Kerkhofs" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Meyer-Dilhet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Polv&#232;che" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sozerko Yandiev" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Tait-Mulder" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04830027v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Clerc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Valat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fontrodona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Bazire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737565v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Seaby" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Godwin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863376v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dinc&#227;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anchel Gonz&#225;lez-Barriga" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Sicot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Lallemant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Elise Pillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643169v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Benoit-Pilven" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chautard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lima" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943083v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae320" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306217v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Auboeuf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bourgeois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Fiorini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marcel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2025.09.013" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04583107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lanfranchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ellouze" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46146-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04830003v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ladet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Ben Ameur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Chahar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae015" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04830013v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Chapus" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;lagie Huchon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rod&#224;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2024.05.016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04829991v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lapendry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baad091" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04829975v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Taylor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Piasecka" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadiusz Kajdasz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Brz&#281;k" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Polay Espinoza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-023-04927-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03715682v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Cresto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Braz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31594-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842696v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Terrone" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Claude" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac717" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03235993v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana M Dinc&#227;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra O Braz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2021.662035" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02877333v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Th&#233;noz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Combe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16853-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337614v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Benaoudia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Puig Gamez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Gay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lagrange" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201948235" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04887117v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aub&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lemaire" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.241315.118" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04887130v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1869-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897064v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cluet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky545" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01924204v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21770-7" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350943v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Miro" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril F. Bourgeois" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Claustres" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koenig" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tuffery-Giraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7374-3_11" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477050v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Naro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Barbagallo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Chieffi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Paronetto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1307" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967870v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushma N Grellscheid" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dalgliesh" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Rozanska" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grellscheid" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril F Bourgeois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr495" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00711527v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushma Grellscheid" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Storbeck" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Best" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilei Liu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002390" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Cristina Lopez-Mejia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Vautrot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion de Toledo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Behm-Ansmant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddr385" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738427v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dreumont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hardy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Kister" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Branlant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkp1086" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042060v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lejeune" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid E. Ehrmann" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.055889" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793011v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ayadi-Ben Mena" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ropers" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquenet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127590v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaochen Pang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kudla" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000707" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00624805v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabhakar Rajan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Heiner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Emami" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2121-10-82" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166256v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate A Sergeant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian P Venables" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Stevenin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.03344" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187820v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddi233" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-3XQZFVRS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122986v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0079-6603(04)78002-2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128951v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne del Gatto-Konczak" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Guiner" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gesnel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.20.17.6287-6299.2000" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057113v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Cavaloc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1355838299981967" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027664v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Popielarz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Hildwein" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.19.11.7347" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005524v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Magneron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Cordier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006873v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Mihaela Dinc&#227;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Cresto" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009836v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009975v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sicot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010005v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Blain" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Huguet-Lachon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schmitt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009963v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerina Chhuon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>