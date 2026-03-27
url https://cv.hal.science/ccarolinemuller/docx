--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -327,378 +327,378 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Jamais la pleine émancipation de la virilité ne sera mon lot ! ». Jeunes hommes et modèles masculins sous la plume des moralistes catholiques au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l’éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 162, pp.151-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/1387t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05175676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’histoire au temps des algorithmes. Une réflexion prospective sur l’introduction de l’intelligence artificielle en histoire au 21e siècle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Clavert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 162 (2), pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.162.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04915360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les archives du web : du « goût de l’archive » à des cultures historiennes renouvelées ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Clavert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20 (3-4), pp.163-179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/lcn.2024.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Nouvelles approches du catholicisme : le temps de la diffraction ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cuchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 69, pp.9-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/134jc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175696v1</w:t>
-              </w:r>
-[...167 lines deleted...]
-                <w:t xml:space="preserve">halshs-05175676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de Jennifer J. Popiel, Heroics Hearts: Sentiment, Saints, and Authority in Modern France. Lincoln: University of Nebraska Press, 2021</w:t>
               </w:r>
@@ -751,147 +751,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04915376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Présentation. Des médias et des hommes. Analyser la construction médiatique des masculinités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Allouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 36 (1), pp.14-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.036.0014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de production d’un podcast sur les masculinités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Allouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 36 (1), pp.242-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.036.0242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dear Reader [Introduction]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Verjus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dodman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Historical Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 44 (2), pp.177-189. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1215/00161071-8806412⟩⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03098448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la poussière à la lumière bleue. Émotions, récits, gestes de l’archive à l’ère numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -907,486 +1089,304 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signata - Annales des sémiotiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Sémiotiques de l'archive, 12 (12)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03251449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaginaires et pratiques d’un secret professionnel : la confession au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inflexions. Civils et militaires : pouvoir dire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 47 (2), pp.85-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/infle.047.0085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03228479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une informalité bien ordonnée ? La conversation académique sur Twitter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Clavert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, #21, pp.65-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/traces.13238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04915321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les mystères du confessionnal » ? Confesseurs et pénitent(e)s sous l'œil de la presse (1850-1910)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arts et Savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Des corps dans la ville : norme et écart au XIXe siècle, 16, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/aes.4074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03508932v1</w:t>
-              </w:r>
-[...180 lines deleted...]
-                <w:t xml:space="preserve">hal-03251147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de Sylvie Steinberg (éd.), Une Histoire des sexualités, Paris, PUF, 2018, 520 p., ISBN 978-2-13-072979-2</w:t>
               </w:r>
@@ -1448,402 +1448,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03130261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Permanences et mutations de la société française au XIXe siècle. L’évolution de la place des femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historiens et géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Une histoire mixte, 452, pp.77-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03195412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de Philippe Artières et Jean-François Laé. Archives personnelles. Histoire, anthropologie et sociologie Paris, Armand Colin, 2011, 191 p., édition numérique n. p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 74 (3-4), pp.812-814. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/ahss.2020.64⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/ahss.2020.64⟩</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-03130260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Permanences et mutations de la société française au XIXe siècle. L’évolution de la place des femmes</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scènes de l'intime. Confession et direction de conscience au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historiens et géographes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Une histoire mixte, 452, pp.77-82</w:t>
+              <w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02475987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l'édition de la Correspondance Frédéric Ozanam et Amélie Soulacroix. Poèmes, prières et notes intimes, textes réunis par Léonard de Corbiac, avec la contribution de Magdeleine Houssay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/clio.17636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/clio.17636⟩</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03251145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de Philippe Rygiel, Historien à l'âge numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Mouvement social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, p. 181-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233425v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-02475987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcher dans la bonne direction. Expériences féminines de la conversion à la fin du XIXe siècle</w:t>
               </w:r>
@@ -2034,208 +2034,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03251143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Croire et Ressentir. Pour une approche du fait religieux à travers les émotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 128-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefrim.2605⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03233318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un secret bien partagé. La place du directeur de conscience dans les négociations de mariage d'une famille noble (seconde partie du XIXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre &amp; histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Automne 2016 (18), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/genrehistoire.2558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01522237v1</w:t>
-              </w:r>
-[...101 lines deleted...]
-                <w:t xml:space="preserve">hal-03233318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que confessent les journaux intimes : un nouveau regard sur la confession (France, XIXe siècle)</w:t>
               </w:r>
@@ -2954,333 +2954,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mettre Les Couilles sur la Table. À l’écoute d’un podcast sur les masculinités (entretien avec Victoire Tuaillon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoire Tuaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Allouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.227-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.036.0227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J'aime écrire&amp;quot; - L'expérience du carnet de recherche. Entretien avec Christian Le Bart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Christian le Bart et Florian Mazel (dir.), Ecrire les sciences sociales - Ecrire en sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.238-246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03559258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...61 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/tdm.036.0227⟩</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de Romain Carnac, Diletta Guidi, Guillaume Roucoux (dir.), Les autorités religieuses face aux questions de genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.161-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/assr.57292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03130292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écran du savant. Un temps de renouvellement de la recherche historique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palimpseste - Archives de la recherche à l'université Rennes 2 "Ce que le numérique fait à la société"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111644v1</w:t>
-              </w:r>
-[...69 lines deleted...]
-                <w:t xml:space="preserve">halshs-03130292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gli archivi nell'era digitale (&amp;quot;digital archives&amp;quot;)</w:t>
               </w:r>
@@ -3329,430 +3329,430 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02476014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une petite histoire des sexualités au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02076199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de Nicole Pellegrin, Voiles. Une histoire du Moyen Âge à Vatican II, Paris, CNRS Éditions, 2017, 416 p., ISBN 978-2-271-11710-6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, pp.142-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03130276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genre et autorités religieuses, France, XIXe-XXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...38 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01387978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de Carol E. Harrison, Romantic Catholics France’s Revolutionary Generation in Search of a Modern Faith, Cornell University Press, Ithaca/London, 2014, 344 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, pp.289-291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/chretienssocietes.3933⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...34 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03130284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquis de conscience - carnet en ligne https://consciences.hypotheses.org</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01522232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de José-Luis Diaz (dir.), « Les choses », Le Magasin du XIXe siècle, n°2, 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lectures.11526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/lectures.11526⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-03130282v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-01522232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3858,178 +3858,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Notice &amp;quot;Orthopédie. XVIIIe-XIXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Isabelle Poutrin et Elisabeth Lusset (dir.), Dictionnaire du fouet et de la fessée. Corriger et punir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03559255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Notice &amp;quot;Eugénie Guillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Isabelle Poutrin, Elisabeth Lusset (dir.), Dictionnaire du fouet et de la fessée - corriger et punir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03559253v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-03559255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racontare la storia nell'era digitale (&amp;quot;digital storytelling&amp;quot;)</w:t>
               </w:r>
@@ -4322,51 +4322,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05241874v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Clavert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02076201v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175703v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/lcn.2024.8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175696v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cuchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/134jc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04915360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.162.0013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05175676v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1387t" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04915376v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098448v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verjus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dodman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00161071-8806412&#10217;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251449v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251150v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Allouch" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.036.0242" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03228479v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.047.0085" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508932v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.4074" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04915321v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.13238" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251147v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.036.0014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130261v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.674.0174" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2020.64" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195412v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251145v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.17636" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233425v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02475987v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02045238v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02045252v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251143v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01522237v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genrehistoire.2558" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233318v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.2605" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZGCF4SZD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287241v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01990485v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Paveau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hammou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piponnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351723v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287244v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287248v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175712v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947745v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559258v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251148v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Tuaillon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.036.0227" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111644v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130292v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.57292" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476014v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130276v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02076199v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01387978v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Favier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130284v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chretienssocietes.3933" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130282v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.11526" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01522232v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03812391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559253v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559255v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476024v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476005v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05241874v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Clavert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02076201v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05175676v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1387t" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04915360v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.162.0013" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175703v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/lcn.2024.8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175696v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cuchet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/134jc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04915376v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251147v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Allouch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.036.0014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251150v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.036.0242" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098448v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verjus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dodman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00161071-8806412&#10217;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251449v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03228479v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.047.0085" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04915321v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.13238" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508932v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.4074" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130261v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.674.0174" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195412v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130260v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2020.64" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02475987v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251145v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.17636" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233425v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02045238v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02045252v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251143v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.2605" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZGCF4SZD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01522237v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genrehistoire.2558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287241v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01990485v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Paveau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hammou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piponnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351723v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287244v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01287248v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175712v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03947745v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251148v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Tuaillon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.036.0227" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559258v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130292v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.57292" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111644v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476014v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02076199v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130276v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01387978v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Favier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130284v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chretienssocietes.3933" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01522232v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03130282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.11526" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03812391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559255v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559253v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476024v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476005v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>