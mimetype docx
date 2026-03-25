--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -1440,295 +1440,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudo-2-Fold Surface of the Al13Co4 Catalyst: Structure, Stability, and Hydrogen Adsorption</w:t>
+                <w:t xml:space="preserve">From the Surface Structure to Catalytic Properties of Al 5 Co 2 (21̅0): A Study Combining Experimental and Theoretical Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurent Piccolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Resta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.0c09702⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b09675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03006464v1</w:t>
+                <w:t xml:space="preserve">hal-02478625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the Surface Structure to Catalytic Properties of Al 5 Co 2 (21̅0): A Study Combining Experimental and Theoretical Approaches</w:t>
+                <w:t xml:space="preserve">Pseudo-2-Fold Surface of the Al13Co4 Catalyst: Structure, Stability, and Hydrogen Adsorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Vlad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Ledieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Resta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (35), pp.39787-39797. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b09675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.0c09702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02478625v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic properties of Al13TM4 complex intermetallics: influence of the transition metal and the surface orientation on butadiene hydrogenation</w:t>
               </w:r>
@@ -2906,346 +2906,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex intermetallics with cluster-based bulk structures: factors governing their surface structures and properties</w:t>
+                <w:t xml:space="preserve">Catalytic properties of Al13TM4 complex intermetallics: influence of the transition metal and the surface orientation on butadiene hydrogenation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gaudry</w:t>
+                <w:t xml:space="preserve">C. Chatelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Piccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chatelier</w:t>
+                <w:t xml:space="preserve">M.C. de Weerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Anand</w:t>
+                <w:t xml:space="preserve">F. Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Scheid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Piccolo</w:t>
+                <w:t xml:space="preserve">J. Ledieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICQ14, 14th International Conference on Quasicrystals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Kransjska Gora, Slovenia</w:t>
+              <w:t xml:space="preserve">IMCAT, International Symposium on Intermetallic Compounds in Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Chemnitz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02158341v1</w:t>
+                <w:t xml:space="preserve">hal-02289649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalytic properties of Al13TM4 complex intermetallics: influence of the transition metal and the surface orientation on butadiene hydrogenation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Complex intermetallics with cluster-based bulk structures: factors governing their surface structures and properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Anand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Scheid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piccolo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Ledieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMCAT, International Symposium on Intermetallic Compounds in Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Chemnitz, Germany</w:t>
+              <w:t xml:space="preserve">ICQ14, 14th International Conference on Quasicrystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Kransjska Gora, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02289649v1</w:t>
+                <w:t xml:space="preserve">hal-02158341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al5Co2 intermetallic compounds as catalysts for hydrogenation: surface structure and reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fournée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ledieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. de Weerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3319,64 +3319,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic activation of a non-noble intermetallic surface through nanostructuration under hydrogenation conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Loffreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3716,51 +3716,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185266v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Atlan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Chatelier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apinya Ngoipala" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Olson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Viola" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c05102" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229612v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bellec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.5c00228" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661375v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grimes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.4c04127" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580093v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dupraz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Leake" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Li" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c11534" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090004v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Martens" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-023-01528-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102028v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Anand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gille" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile de Weerd" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Ledieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c22886" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788839v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Simonne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Carnis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favre-Nicolin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576722005854" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788875v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfei Wu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30592-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316952v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Trevizam Dorini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Kokalj" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gaudry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR02407H" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548908v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Loffreda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Kandaskalov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Coati" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TA01146K" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006464v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Garreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Vlad" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Resta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c09702" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478625v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piccolo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b09675" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123328v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piccolo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morfin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2019.1608792" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085906v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Scheid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourn&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaudry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273319000202" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379675v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chatelier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G G Mcguirk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L L Serkovic Loli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.165406" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881951v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Leake" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753529v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;ingrid Richard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2022-01492080mtgabs" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779777v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chattot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760087v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273322090180" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760086v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eymery" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Gao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158341v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaudry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chatelier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Anand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scheid" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289649v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. de Weerd" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morfin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ledieu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070541v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Garreau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fourn&#233;e" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. de Weerd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693329v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loffreda" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kandaskalov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coati" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03254779v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORR0230" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185266v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Atlan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Chatelier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apinya Ngoipala" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Olson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Viola" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c05102" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229612v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bellec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.5c00228" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661375v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grimes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.4c04127" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580093v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dupraz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Leake" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Li" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c11534" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090004v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Martens" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-023-01528-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102028v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanika Anand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gille" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile de Weerd" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Ledieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c22886" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788839v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Simonne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Carnis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favre-Nicolin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576722005854" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788875v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfei Wu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30592-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316952v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Trevizam Dorini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Kokalj" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gaudry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR02407H" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548908v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Loffreda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Kandaskalov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Coati" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TA01146K" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478625v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Garreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piccolo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Vlad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Resta" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b09675" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006464v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c09702" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123328v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piccolo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morfin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2019.1608792" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085906v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Scheid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourn&#233;e" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaudry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273319000202" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379675v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chatelier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G G Mcguirk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L L Serkovic Loli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.165406" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881951v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Leake" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753529v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;ingrid Richard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2022-01492080mtgabs" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779777v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chattot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760087v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273322090180" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760086v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eymery" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Maillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Gao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289649v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chatelier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. de Weerd" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morfin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ledieu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158341v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaudry" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Anand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scheid" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070541v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Garreau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fourn&#233;e" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. de Weerd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693329v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loffreda" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kandaskalov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coati" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03254779v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORR0230" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>