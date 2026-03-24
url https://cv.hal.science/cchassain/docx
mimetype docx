--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -368,360 +368,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04907322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the sodium binding state in several food products by 23 Na nuclear magnetic resonance spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glutamate cycle changes in the putamen of patients with de novo Parkinson's disease using 1H MRS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour El Sabbagh</w:t>
+                <w:t xml:space="preserve">Aurélie Cladiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Bonny</w:t>
+                <w:t xml:space="preserve">Camille Tsoutsos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Clerjon</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fawzi Boumezbeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrc.5250⟩</w:t>
+              <w:t xml:space="preserve">Parkinsonism &amp; Related Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 99, pp.65-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parkreldis.2022.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03613378v1</w:t>
+                <w:t xml:space="preserve">hal-03882060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glutamate cycle changes in the putamen of patients with de novo Parkinson's disease using 1H MRS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the sodium binding state in several food products by 23 Na nuclear magnetic resonance spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour El Sabbagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Bonny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Clerjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fawzi Boumezbeur</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guilhem Pagés</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parkinsonism &amp; Related Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 99, pp.65-72. </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.parkreldis.2022.05.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrc.5250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882060v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03613378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spurious phase correction in rapid metabolic imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Pagés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Bonny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1492,51 +1492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Mazuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Bonny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème journée scientifique commune TGI-IP/MPS-ICCF/TechMed</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Clermont-Ferrand, France</w:t>
@@ -1565,51 +1565,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase Correction in IDEAL-type Rapid Spectroscopic Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1968,51 +1968,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction de phase pour l'Imagerie Spectroscopique Rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2089,51 +2089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spurious phase correction in multi-shot CSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2210,51 +2210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie métabolique rapide en 13C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Bonny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2723,51 +2723,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouattour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodayna Hmede" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chassain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chapelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202401681" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907322v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Macias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Durand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11947-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613378v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Sabbagh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bonny" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clerjon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#233;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5250" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882060v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cladiere" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tsoutsos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzi Boumezbeur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parkreldis.2022.05.007" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03363454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2021.107065" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03167397v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sontheimer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pontier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Claise" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Coste" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11030356" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04906155v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Beze" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Monneyron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-020-09925-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02135293v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dardou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Durif" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2014.00437" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120335v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Zimmer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2015.00042" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602181v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bielicki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lolignier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Essafi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2007.05185.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04877610v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Mazuel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238486v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ratiney" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885790v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Melon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pages" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Fur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gubellini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734202v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Ratiney" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238472v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733862v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737966v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Salin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04885316v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019366v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouattour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodayna Hmede" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chassain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chapelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202401681" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907322v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Macias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Durand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11947-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882060v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cladiere" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tsoutsos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzi Boumezbeur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parkreldis.2022.05.007" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613378v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Sabbagh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bonny" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clerjon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#233;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5250" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03363454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2021.107065" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03167397v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sontheimer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pontier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Claise" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Coste" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci11030356" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04906155v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Beze" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Monneyron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-020-09925-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02135293v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dardou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Durif" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2014.00437" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120335v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Zimmer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sgambato-Faure" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2015.00042" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602181v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bielicki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lolignier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Essafi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2007.05185.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04877610v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Mazuel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238486v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ratiney" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885790v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Melon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pages" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Fur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gubellini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734202v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Ratiney" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238472v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733862v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737966v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Salin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04885316v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>