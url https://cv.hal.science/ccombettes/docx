--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1633,277 +1633,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04240225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast cut-off, low I 2 T and high temperature monolithic on-chip fuse on silicon substrate for new fail-safe embedded power switch</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdelhakim Bourennane</w:t>
+                <w:t xml:space="preserve">Substrat céramique intégrant une poche nanocomposite résistive pour la montée en tension des modules de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Kenfaui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Laudebat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zarel Valdez Nava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32th European Symposium on Reliability of Electron Devices, Failure Physics and Analysis, 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Recherche en Energie Electrique de Nantes Atlantique (IREENA), Jul 2021, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03372248v1</w:t>
+                <w:t xml:space="preserve">hal-03326680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substrat céramique intégrant une poche nanocomposite résistive pour la montée en tension des modules de puissance</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zarel Valdez Nava</w:t>
+                <w:t xml:space="preserve">Fast cut-off, low I 2 T and high temperature monolithic on-chip fuse on silicon substrate for new fail-safe embedded power switch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amirouche Oumaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Sarraute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Richardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhakim Bourennane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de Recherche en Energie Electrique de Nantes Atlantique (IREENA), Jul 2021, NANTES, France</w:t>
+              <w:t xml:space="preserve">32th European Symposium on Reliability of Electron Devices, Failure Physics and Analysis, 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03326680v1</w:t>
+                <w:t xml:space="preserve">hal-03372248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local electrical diagnostics of a homogeneous Dielectric Barrier Discharge at atmospheric pressure</w:t>
               </w:r>
@@ -3838,51 +3838,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468576v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Heredia-Lozano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Balam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier V&#225;zquez-Castillo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Jair Estrada-L&#243;pez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarel Valdez-Nava" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2025.3648090" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851417v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Kenfaui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laudebat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Locatelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combettes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2022.2137695" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381413v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirouche Oumaziz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Richardeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Bourennane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114240" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777974v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tyl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brillat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0045654" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Mai Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourrier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarel Valdez Nava" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/24/10/104003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381885v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lopez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Laur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/476/1/012139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352732v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillemet-Fritsch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rossignol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2008.07.042" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5MPF5RM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806095v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Quang Nguyen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castelan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madona Boulos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-007-9110-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/01CC5C881F56250EF71C15D2E25AB739B86B5C99/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481662v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillemet-Fritsch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.9.433-448" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FC0D3F4B44FE0D303A020568C8BC7288A0889CA0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521931v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Ferber" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bruy&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Botter" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Can" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Bouzerd" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240225v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Salim Obaid Al-Hinaai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Huesgen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vagnon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Ettinger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THERMINIC60375.2023.10325867" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372248v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326680v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kettlitz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#246;ft" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Lin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046330v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Jo&#324;ca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lai-Cheong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtil L. Kahn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535727v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caillaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Lesle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mrad" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373062v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenjiang Yu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964759v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Buttay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Labour&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373042v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC.2016.7764707" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048003v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chapelle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197043v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964664v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. M. Nguyen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6634455" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966020v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chartier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rossignol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363169v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964527v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rumeau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bidan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905499v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loupias" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468576v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Heredia-Lozano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Balam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier V&#225;zquez-Castillo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Jair Estrada-L&#243;pez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarel Valdez-Nava" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2025.3648090" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851417v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Kenfaui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laudebat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Locatelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combettes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2022.2137695" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381413v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirouche Oumaziz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Richardeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Bourennane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114240" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777974v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tyl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brillat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0045654" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Mai Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourrier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarel Valdez Nava" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/24/10/104003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381885v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lopez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Laur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/476/1/012139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352732v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillemet-Fritsch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rossignol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2008.07.042" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5MPF5RM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806095v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Quang Nguyen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castelan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madona Boulos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11665-007-9110-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/01CC5C881F56250EF71C15D2E25AB739B86B5C99/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481662v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillemet-Fritsch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.9.433-448" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FC0D3F4B44FE0D303A020568C8BC7288A0889CA0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521931v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Ferber" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bruy&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Botter" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Can" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Bouzerd" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240225v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Salim Obaid Al-Hinaai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Huesgen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vagnon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Ettinger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THERMINIC60375.2023.10325867" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326680v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372248v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kettlitz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#246;ft" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Lin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046330v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Jo&#324;ca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lai-Cheong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtil L. Kahn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535727v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caillaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Lesle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Mrad" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373062v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenjiang Yu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964759v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Buttay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Labour&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373042v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC.2016.7764707" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048003v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chapelle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197043v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964664v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. M. Nguyen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6634455" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966020v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chartier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rossignol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363169v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964527v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rumeau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bidan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905499v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loupias" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>