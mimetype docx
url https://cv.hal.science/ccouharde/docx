--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -606,343 +606,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03089716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneity within the euro area: New insights into an old story</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fossil fuel subsidies, income inequality, and poverty: Evidence from developing countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Valérie Mignon</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mouhoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.econmod.2019.11.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Economic Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (5), pp.981-1006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joes.12384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02385565v1</w:t>
+                <w:t xml:space="preserve">hal-02873904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of oil in the allocation of foreign aid: The case of the G7 donors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heterogeneity within the euro area: New insights into an old story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luc-Désiré Omgba</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Grekou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Comparative Economics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Economic Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 90, pp.428-444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.econmod.2019.11.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02307821v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02385565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil fuel subsidies, income inequality, and poverty: Evidence from developing countries</w:t>
+                <w:t xml:space="preserve">The role of oil in the allocation of foreign aid: The case of the G7 donors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatih Karanfil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Mouhoud</w:t>
+                <w:t xml:space="preserve">Eric Gabin Kilama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc-Désiré Omgba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Surveys</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Comparative Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48, pp.363-383</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873904v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Growth Effects of El Niño and La Niña: Local Weather Conditions Matter</w:t>
               </w:r>
@@ -2050,532 +2050,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01385947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do currency misalignments' threshold affect economic growth?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les mésalignements de taux de change réels à l’intérieur de la zone euro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Allegret-Sallenave</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 36, pp.106 - 120</w:t>
+              <w:t xml:space="preserve">Revue de l'OFCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 127, pp.37 - 56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01385861v1</w:t>
+                <w:t xml:space="preserve">hal-01385869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anchor currency and real exchange rates dynamics in the CFA Franc Zone</w:t>
+                <w:t xml:space="preserve">Revisiting the theory of optimum currency areas: Is the CFA franc zone sustainable?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issiaka Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Damette</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guerreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Modelling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38, pp.428 - 441</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01385881v1</w:t>
+                <w:t xml:space="preserve">hal-01385891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pegging emerging currencies in the face of dollar swings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How do currency misalignments' threshold affect economic growth?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Mignon</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Allegret-Sallenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Economics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36, pp.106 - 120</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385885v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the theory of optimum currency areas: Is the CFA franc zone sustainable?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pegging emerging currencies in the face of dollar swings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Guerreiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (36), pp.5076 - 5085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00036846.2013.818215⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385891v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mésalignements de taux de change réels à l’intérieur de la zone euro</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anchor currency and real exchange rates dynamics in the CFA Franc Zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Mignon</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issiaka Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Damette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'OFCE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Economic Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33, pp.722 -732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.econmod.2013.05.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01385869v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do currency misalignments’ threshold affect economic growth?</w:t>
               </w:r>
@@ -4668,51 +4668,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fossil fuel subsidies, income inequality and poverty. Evidence from developing countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Mouhoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4743,77 +4743,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Importance of Oil in the Allocation of Foreign Aid: The case of the G7 donors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatih Karanfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gabin Kilama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Désiré Omgba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5014,203 +5014,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">External debt and real exchange rates’ adjustment in the euro area: New evidence from a nonlinear NATREX model</w:t>
+                <w:t xml:space="preserve">External debt and real exchange rates’ adjustment in the euro area: New evidence from a non linear NATREX model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Allegret</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Allegret-Sallenave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141404v1</w:t>
+                <w:t xml:space="preserve">hal-01880331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">External debt and real exchange rates’ adjustment in the euro area: New evidence from a non linear NATREX model</w:t>
+                <w:t xml:space="preserve">External debt and real exchange rates’ adjustment in the euro area: New evidence from a nonlinear NATREX model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Allegret-Sallenave</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Allegret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880331v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oil currencies in the face of oil shocks: What can be learned from time-varying specifications?</w:t>
               </w:r>
@@ -5718,304 +5718,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On currency misalignments within the euro area</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting the theory of optimum currency areas: Is the CFA franc zone sustainable?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issiaka Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guerreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141061v1</w:t>
+                <w:t xml:space="preserve">hal-04141053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of External Shocks in East Asia: Lessons from a Structural VAR Model with Block Exogeneity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Allegret</w:t>
+                <w:t xml:space="preserve">On currency misalignments within the euro area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141141v1</w:t>
+                <w:t xml:space="preserve">hal-04141061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the theory of optimum currency areas: Is the CFA franc zone sustainable?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Impact of External Shocks in East Asia: Lessons from a Structural VAR Model with Block Exogeneity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Allegret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valérie Mignon</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141053v1</w:t>
+                <w:t xml:space="preserve">hal-04141141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misalignments and Dynamics of Real Exchange Rates in the CFA Franc Zone</w:t>
               </w:r>
@@ -6621,77 +6621,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Importance of Oil in the Allocation of Foreign Aid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatih Karanfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gabin Kilama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Désiré Omgba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 66th Annual Meeting of the French Economic Association </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nice, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6828,73 +6828,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Grekou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Séminaire LEM, Université de Lille </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lille, Unknown Region</w:t>
+              <w:t xml:space="preserve"> Séminaire CREG, Université Grenoble Alpes </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Grenoble, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549901v1</w:t>
+                <w:t xml:space="preserve">hal-01549902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Currency Misalignments in emerging and developing countries: reassessing the role of Exchange Rate Regimes</w:t>
               </w:r>
@@ -6910,142 +6910,142 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Grekou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Séminaire CREG, Université Grenoble Alpes </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Grenoble, Unknown Region</w:t>
+              <w:t xml:space="preserve"> Séminaire LEM, Université de Lille </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lille, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549902v1</w:t>
+                <w:t xml:space="preserve">hal-01549901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Importance of Oil in the Allocation of Foreign Aid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatih Karanfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gabin Kilama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc-Désiré Omgba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 39th IAEE International Conference </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Bergen, Norway, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7647,204 +7647,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pegging emerging currencies in the face of dollar swings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The role of remittances in African countries facing climate variability : a Panel VAR approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Mignon</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Generoso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Exchange Rate Regimes in Developing Countries</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">12th journées LAGV </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01411739v1</w:t>
+                <w:t xml:space="preserve">hal-01411799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of remittances in African countries facing climate variability : a Panel VAR approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pegging emerging currencies in the face of dollar swings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couharde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Generoso</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th journées LAGV </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Conference on Exchange Rate Regimes in Developing Countries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01411799v1</w:t>
+                <w:t xml:space="preserve">hal-01411739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pegging emerging currencies in the face of dollar swings</w:t>
               </w:r>
@@ -9634,51 +9634,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499197v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couharde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Generoso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789863v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Grekou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Morvillier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jimonfin.2024.103237" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661596v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2022.105889" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765113v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Coudert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089716v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385565v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2019.11.028" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307821v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Karanfil" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gabin Kilama" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-D&#233;sir&#233; Omgba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873904v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mouhoud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joes.12384" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Damette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamiar Mohaddes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03101442v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Mignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03215730v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745992v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Delatte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589267v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Allegret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tovonony Razafindrabe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589195v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386052v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Boubakri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raymond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01885281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Rey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allegret-Sallenave" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2015.1090554" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385946v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Coulibaly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385947v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355770X14000497" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385861v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385881v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiaka Coulibaly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2013.05.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-STNGR5HQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385885v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2013.818215" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guerreiro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385869v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572577v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allegret Sallenave" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385866v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roie.12018" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385816v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00785850v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Guillaumin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171468v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geronimi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Taranco" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.211.0013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510400v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ma&#238;tre d'H&#244;tel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.154.0065" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508932v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejdr.2010.54" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510406v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.613.0499" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119099v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Le Van" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Bao Luong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9361.2006.00349.x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5H06D832-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119109v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119117v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Borowski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119124v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mazier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752826v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159823v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159751v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Bennani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Wallois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159755v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159684v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141884v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141691v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141628v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141577v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141404v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allegret" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01880331v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141379v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141392v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141291v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141367v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141324v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141185v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141061v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141141v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141053v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140955v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845200v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845254v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176110v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919123v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549900v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589222v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549901v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549902v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549847v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411648v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411812v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411645v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411698v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386099v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411739v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411799v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411740v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411741v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411722v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411724v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411728v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411723v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411726v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411706v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549916v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549914v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mathieu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411481v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00697310v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00632373v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03331130v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03399394v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brelaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Radja" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03399393v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499197v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couharde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Generoso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789863v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Grekou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Morvillier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jimonfin.2024.103237" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661596v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2022.105889" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765113v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Coudert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089716v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873904v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mouhoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joes.12384" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385565v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2019.11.028" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307821v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatih Karanfil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gabin Kilama" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-D&#233;sir&#233; Omgba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Damette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamiar Mohaddes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03101442v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Mignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03215730v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745992v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Delatte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589267v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Allegret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tovonony Razafindrabe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589195v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386052v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Boubakri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raymond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01885281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Rey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allegret-Sallenave" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2015.1090554" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385946v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Coulibaly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385947v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355770X14000497" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385869v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385891v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiaka Coulibaly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guerreiro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385861v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385885v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2013.818215" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385881v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2013.05.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-STNGR5HQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572577v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allegret Sallenave" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385866v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roie.12018" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385816v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00785850v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Guillaumin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171468v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Geronimi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Taranco" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.211.0013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510400v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ma&#238;tre d'H&#244;tel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.154.0065" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508932v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejdr.2010.54" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510406v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.613.0499" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119099v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Le Van" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Bao Luong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9361.2006.00349.x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5H06D832-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119109v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119117v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Borowski" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00119124v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mazier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752826v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159823v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159751v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Bennani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Wallois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159755v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159684v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141884v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141691v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141628v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141577v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01880331v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141404v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allegret" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141379v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141392v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141291v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141367v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141324v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141185v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141053v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141061v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141141v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140955v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845200v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845254v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176110v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919123v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549900v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589222v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549902v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549901v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549847v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411648v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411812v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411645v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411698v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386099v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411799v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411739v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411740v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411741v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411722v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411724v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411728v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411723v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411726v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411706v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549916v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549914v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mathieu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411481v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00697310v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00632373v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03331130v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03399394v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brelaud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Radja" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03399393v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>