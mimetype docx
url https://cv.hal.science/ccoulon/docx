--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -436,563 +436,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Hierarchical Rate-All-That-Apply (HRATA) methodology for the aromatic characterisation of wine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Can Collective Action Support the Agroecological Transition in Geographical Indication Vineyards? Insights from the Loire Valley Wine Area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Ruggieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Mazé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2023.57.1.5531⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (12), pp.9371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su15129371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05007924v1</w:t>
+                <w:t xml:space="preserve">hal-04125726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Can Collective Action Support the Agroecological Transition in Geographical Indication Vineyards? Insights from the Loire Valley Wine Area</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of a Hierarchical Rate-All-That-Apply (HRATA) methodology for the aromatic characterisation of wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pouzalgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (12), pp.9371. </w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57, pp.175 - 190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su15129371⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2023.57.1.5531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125726v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05007924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagner et valoriser l’évolution agroécologique des territoires viticoles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agroecological transition strategies and collective action dynamics within geographical indication systems: case study of the Loire valley wine basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Ruggieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joséphine Pithon-Rivallain</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Mongondry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Mazé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1355, pp.287-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2022.1355.36⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05449062v1</w:t>
+                <w:t xml:space="preserve">hal-04081075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological transition strategies and collective action dynamics within geographical indication systems: case study of the Loire valley wine basin</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accompagner et valoriser l’évolution agroécologique des territoires viticoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Pithon-Rivallain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Mongondry</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Neethling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 185, pp.14-17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04081075v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05449062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Additive trees for the categorization of a large number of objects, with bootstrapping strategy for stability assessment. Application to the free sorting of wine odor terms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1046,321 +1046,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of expertise on semantic categorization of wine odors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Development of a methodology to study typicity of PDO wines with professionals of the wine sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Molinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Caille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Razungles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Quality and Preference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2020.103923⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.10428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03326896v1</w:t>
+                <w:t xml:space="preserve">hal-02640820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a methodology to study typicity of PDO wines with professionals of the wine sector</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Influence of expertise on semantic categorization of wine odors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Food Quality and Preference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 83, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jsfa.10428⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2020.103923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640820v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial complexity and temporal dynamics in viticulture: A review of climate-driven scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Neethling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Barbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1446,51 +1446,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current status and perspectives of the official sensory control methods in protected designation of origin food products and wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco José Pérez-Elortondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iñaki Etaio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1606,51 +1606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Poulzagues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Cayla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1710,51 +1710,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed Profiling: A new tool of sensory analysis in a professional context. Application to wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génica Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1840,51 +1840,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’eau : déterminant du terroir et de la typicité des produits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Neethling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2325,51 +2325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Barbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Neethling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2414,299 +2414,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La modélisation : un outil de pilotage du couple Climat-vigne?</w:t>
+                <w:t xml:space="preserve">La modélisation : un outil de pilotage du couple climat-vigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. García de Cortázar-Atauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Barbeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ignaki de Cortazar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française d'Oenologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 235, pp.15-22</w:t>
+              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 235, pp.15-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00435191v1</w:t>
+                <w:t xml:space="preserve">hal-02660642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La modélisation : un outil de pilotage du couple climat-vigne</w:t>
+                <w:t xml:space="preserve">La modélisation : un outil de pilotage du couple Climat-vigne?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. García de Cortázar-Atauri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérard Barbeau</w:t>
+                <w:t xml:space="preserve">Ignaki de Cortazar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 235, pp.15-21</w:t>
+              <w:t xml:space="preserve">Revue française d'Oenologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 235, pp.15-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660642v1</w:t>
+                <w:t xml:space="preserve">hal-00435191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation sensorielle de la typicité des vins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2921,51 +2921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Scholtus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vigneron du Val de Loire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 272, pp.8-8</w:t>
@@ -3393,51 +3393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial complexity and temporal dynamics in viticulture: case of the historical vineyards of Clos Cristal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Neethling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3508,520 +3508,520 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of climate variations on grape composition and sensory profile: case of chenin blanc in the middle loire valley</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Neethling</w:t>
+                <w:t xml:space="preserve">Does wine expertise influence categorization of wine odors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hervé Quénol</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OIV 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">In Vino Aanalytica Scientia (IVAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02269900v1</w:t>
+                <w:t xml:space="preserve">hal-05501424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does wine expertise influence categorization of wine odors?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léa Koenig</w:t>
+                <w:t xml:space="preserve">Effect of climate variations on grape composition and sensory profile: case of chenin blanc in the middle loire valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Neethling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Vigneau</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Goulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Quénol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Vino Aanalytica Scientia (IVAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">OIV 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05501424v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft querying of sensorial data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diversité des AOC – diversité des labels environnementaux- diversité des consommateurs : quelle stratégie de valorisation pour la filière viticole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Liétard</w:t>
+                <w:t xml:space="preserve">Frédérique Jourjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems (FUZZ-IEEE 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Electrical and Electronics Engineers (IEEE). USA., Jul 2017, Naples, Italy. </w:t>
+              <w:t xml:space="preserve">40. World Congress of Vine and Wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Sofia, Bulgarie. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/FUZZ-IEEE.2017.8015400⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/bioconf/20170903009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733793v1</w:t>
+                <w:t xml:space="preserve">hal-02737968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité des AOC – diversité des labels environnementaux- diversité des consommateurs : quelle stratégie de valorisation pour la filière viticole ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft querying of sensorial data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Jourjon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
+                <w:t xml:space="preserve">Ludovic Liétard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. World Congress of Vine and Wine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Sofia, Bulgarie. </w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Fuzzy Systems (FUZZ-IEEE 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Electrical and Electronics Engineers (IEEE). USA., Jul 2017, Naples, Italy. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/bioconf/20170903009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/FUZZ-IEEE.2017.8015400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737968v1</w:t>
+                <w:t xml:space="preserve">hal-02733793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typicité sensorielle de vins de l'AOC Coteaux du Layon et acceptabilité par les acteurs (professionnels et consommateurs) de vins avec des titres d'alcool volumique plus faibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4075,273 +4075,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precision irrigation of grapevines: methods, tools and strategies to maximize the quality and yield of the harvest while conserving water in a context of climate change. Consumer perception</w:t>
+                <w:t xml:space="preserve">Including product multicriteria quality in life cycle assessment, application to grape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hernan Ojeda</w:t>
+                <w:t xml:space="preserve">Christel Renaud-Gentié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Siret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Saurin</w:t>
+                <w:t xml:space="preserve">Sandra Beauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago Alvarez Gei</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Bordeaux, France. 152 p</w:t>
+              <w:t xml:space="preserve">10. International conference on life cycle assessment of food 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCD School of Biosystems and Food Engineering. IRL., 2016, Dublin, Ireland. 1431 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742830v1</w:t>
+                <w:t xml:space="preserve">hal-02742792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Including product multicriteria quality in life cycle assessment, application to grape</w:t>
+                <w:t xml:space="preserve">Precision irrigation of grapevines: methods, tools and strategies to maximize the quality and yield of the harvest while conserving water in a context of climate change. Consumer perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Renaud-Gentié</w:t>
+                <w:t xml:space="preserve">Hernan Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Saurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Alvarez Gei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International conference on life cycle assessment of food 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UCD School of Biosystems and Food Engineering. IRL., 2016, Dublin, Ireland. 1431 p</w:t>
+              <w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Bordeaux, France. 152 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742792v1</w:t>
+                <w:t xml:space="preserve">hal-02742830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy modeling of a composite agronomical feature using FisPro: the case of vine vigor</w:t>
               </w:r>
@@ -4561,51 +4561,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viticultural strategies to adapt to climate change: Temporal and spatial changes in land use and crop practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Neethling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5096,51 +5096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Scholtus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5499,103 +5499,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a hierarchical Rate-All-That-Apply methodology for the aromatic characterization of wine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Cariou</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosense 2020 (9th European Conference on Sensory and Consumer Research)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5620,103 +5620,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a user-friendly sensory tool taking into account semantic proximities between attributes. Application on sensorial characterization of wines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coulon-Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Pangborn Sensory Science Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Edimboug, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5924,51 +5924,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6323,51 +6323,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="18ED059C"/>
+    <w:nsid w:val="869A419F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6554,51 +6554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ccoulon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6080-0398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05376302v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Ruggieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Maz&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coulon-Leroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.4.9295" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05448911v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w12" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05007924v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Koenig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Symoneaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pouzalgues" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cariou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.1.5531" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125726v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15129371" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Pithon-Rivallain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Neethling" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081075v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mongondry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1355.36" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326918v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cariou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon-Leroy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Vigneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2020.104137" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326896v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2020.103923" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640820v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Leriche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Molinier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Caille" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Razungles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10428" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156533v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Barbeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2019.107618" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448927v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Jos&#233; P&#233;rez-Elortondo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Etaio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ma&#238;tre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2018.01.010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621068v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poulzagues" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cayla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Masson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2018.52.4.2125" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606011v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;nica Lawrence" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emira Mehinagic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maitre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.11.005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636116v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cadot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8ez1-6345" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646778v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Charnomordic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guillaume" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2013.09.010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643020v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647346v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene R. Morlat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5449-2_10" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648943v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coulon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bonnefoy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435191v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coulon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignaki de Cortazar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660642v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garc&#237;a de Cort&#225;zar-Atauri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663363v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Scholtus" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660528v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667413v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thibault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540563v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540526v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540570v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05539704v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morel d'Arleux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Martinat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269900v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Goulet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chr&#233;tien" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05501424v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733793v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Li&#233;tard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ-IEEE.2017.8015400" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737968v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Jourjon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20170903009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737965v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Siret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20170902009" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742830v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan Ojeda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saurin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Alvarez Gei" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742792v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud-Genti&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Beauchet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601052v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillaume" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5_14" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743587v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721208v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Courtin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749765v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753717v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rioux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817185v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756479v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757456v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751036v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753137v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tesic" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756955v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bottois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05501286v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05501448v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746325v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rioux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baudrit" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371102v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=43768" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00989784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05449015v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ccoulon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6080-0398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05376302v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Ruggieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Maz&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coulon-Leroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.4.9295" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05448911v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w12" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15129371" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05007924v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Koenig" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Symoneaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pouzalgues" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cariou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Vigneau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.1.5531" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081075v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mongondry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1355.36" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449062v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Pithon-Rivallain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Neethling" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326918v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cariou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon-Leroy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Vigneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2020.104137" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640820v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Leriche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Molinier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Caille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Razungles" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10428" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326896v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2020.103923" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156533v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Barbeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2019.107618" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448927v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Jos&#233; P&#233;rez-Elortondo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Etaio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ma&#238;tre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2018.01.010" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621068v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poulzagues" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cayla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Masson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2018.52.4.2125" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606011v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;nica Lawrence" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emira Mehinagic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maitre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.11.005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636116v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cadot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8ez1-6345" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646778v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Charnomordic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thiollet-Scholtus" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guillaume" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2013.09.010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643020v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647346v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene R. Morlat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5449-2_10" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648943v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coulon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bonnefoy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660642v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coulon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garc&#237;a de Cort&#225;zar-Atauri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435191v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignaki de Cortazar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663363v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Scholtus" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660528v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667413v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thibault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540563v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540526v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540570v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05539704v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morel d'Arleux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Martinat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05501424v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269900v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Goulet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chr&#233;tien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737968v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Jourjon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20170903009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733793v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Li&#233;tard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FUZZ-IEEE.2017.8015400" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737965v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Siret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20170902009" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742792v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud-Genti&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Beauchet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742830v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan Ojeda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saurin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Alvarez Gei" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601052v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillaume" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5_14" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743587v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721208v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Courtin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749765v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753717v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rioux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817185v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756479v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757456v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751036v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753137v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tesic" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756955v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bottois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05501286v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05501448v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746325v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rioux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baudrit" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371102v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=43768" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00989784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05449015v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>