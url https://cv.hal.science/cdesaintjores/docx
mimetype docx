--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -555,308 +555,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05410274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Two-Dimensional Supercritical Fluid Chromatography System in Multiple Heart-Cutting Modes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurine Réset</w:t>
+                <w:t xml:space="preserve">Oil/Water Biphasic Solvent System for the Eco-Extraction and Cosmetic Formulation of Bixa orellana L.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Chambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Saint Jores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Caux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c01795⟩</w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (14), pp.1940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants13141940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378657v1</w:t>
+                <w:t xml:space="preserve">hal-04689636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oil/Water Biphasic Solvent System for the Eco-Extraction and Cosmetic Formulation of Bixa orellana L.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ariane Fournier</w:t>
+                <w:t xml:space="preserve">Development of a Two-Dimensional Supercritical Fluid Chromatography System in Multiple Heart-Cutting Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Réset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Saint Jores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Colas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline West</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (14), pp.1940. </w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96 (29), pp.11969-11976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/plants13141940⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c01795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04689636v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advantages of online supercritical fluid extraction and chromatography hyphenated to mass spectrometry to analyse plastic additives in laboratory gloves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Caux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Saint Jores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1446,295 +1446,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04240331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinvestigating the Preferential Enrichment of DL-Arginine Fumarate: New Thoughts on the Mechanism of This Far from Equilibrium Crystallization Phenomenon</w:t>
+                <w:t xml:space="preserve">Preparation of Thermodesorption Tube Standards: Comparison of Usual Methods Using Accuracy Profile Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Saint Jores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Brandel</w:t>
+                <w:t xml:space="preserve">Romain Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Dugay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vaccaro</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Schmitz-Afonso</w:t>
+                <w:t xml:space="preserve">Didier Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27248652⟩</w:t>
+              <w:t xml:space="preserve">Separations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (8), pp.226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/separations9080226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03926061v1</w:t>
+                <w:t xml:space="preserve">hal-04267958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of Thermodesorption Tube Standards: Comparison of Usual Methods Using Accuracy Profile Evaluation</w:t>
+                <w:t xml:space="preserve">Reinvestigating the Preferential Enrichment of DL-Arginine Fumarate: New Thoughts on the Mechanism of This Far from Equilibrium Crystallization Phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Saint Jores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Brandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vaccaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Klein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">José Dugay</w:t>
+                <w:t xml:space="preserve">Najla Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Thiébaut</w:t>
+                <w:t xml:space="preserve">Isabelle Schmitz-Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9 (8), pp.226. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (24), pp.8652. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/separations9080226⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules27248652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04267958v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03926061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Flavor Compounds in Distilled Spirits: Developing a Versatile Analytical Method Suitable for Micro-Distilleries</w:t>
               </w:r>
@@ -1746,51 +1746,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Barnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Saint Jores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2354,51 +2354,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ECE230A2"/>
+    <w:nsid w:val="AD30B55F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2585,51 +2585,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cdesaintjores" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6763-1216" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235836095" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408284v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine R&#233;set" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibi Ousseni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Degrelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Saint Jores" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.70058" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466355" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410274v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Foug&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.146882" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378657v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c01795" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689636v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chambaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fournier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Colas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants13141940" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911598v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy Abou-Naccoul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinnosuke Horie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2024.465323" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422271v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcoa.2024.100183" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444640v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djallel Mansouri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Landreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenue Razafimandimby" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28020891" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271927v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Legendre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Dugay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Cuccia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dairo Ballestas Castro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.202300330" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240331v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Baaklini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Schindler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Yuan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28207061" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03926061v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Brandel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vaccaro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Gharbi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz-Afonso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27248652" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267958v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Klein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thi&#233;baut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations9080226" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271952v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barnes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vial" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Steyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11213358" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02276951v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brandel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla El Gharbi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cardina&#235;l" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceat.201800702" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01927986v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mignot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Boyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.06.065" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DXF46M6-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046201v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mukan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Yegorova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harakat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bouillon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.09.009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cdesaintjores" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6763-1216" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235836095" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408284v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine R&#233;set" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibi Ousseni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Degrelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Saint Jores" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.70058" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466355" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410274v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Foug&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.146882" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689636v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chambaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fournier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Caux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Colas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants13141940" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378657v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c01795" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911598v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy Abou-Naccoul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinnosuke Horie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2024.465323" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422271v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcoa.2024.100183" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444640v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djallel Mansouri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Landreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenue Razafimandimby" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28020891" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271927v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Legendre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Dugay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Cuccia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dairo Ballestas Castro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.202300330" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240331v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Baaklini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Schindler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Yuan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28207061" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267958v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Klein" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thi&#233;baut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations9080226" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03926061v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Brandel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vaccaro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Gharbi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz-Afonso" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27248652" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271952v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barnes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vial" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Steyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11213358" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02276951v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brandel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla El Gharbi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cardina&#235;l" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceat.201800702" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01927986v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mignot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Boyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.06.065" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DXF46M6-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046201v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mukan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Yegorova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harakat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bouillon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.09.009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>