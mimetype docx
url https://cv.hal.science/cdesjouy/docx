--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1365,368 +1365,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear propagation in an acoustic periodic waveguide</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Résolution numérique des équations d’Euler dans un domaine contenant des limites perméables mobiles en utilisant une méthode de frontières immergées par points fantômes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Desjouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Gabard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03848194v1</w:t>
+                <w:t xml:space="preserve">hal-03848311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la dispersion d’une onde de surface dans un métamatériau anisotrope biosourcé</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nonlinear propagation in an acoustic periodic waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Ioannou Sougleridis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassos Achilleos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Theocharis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Richoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Frantzeskakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03847895v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution numérique des équations d’Euler dans un domaine contenant des limites perméables mobiles en utilisant une méthode de frontières immergées par points fantômes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Constance Bocquet</w:t>
+                <w:t xml:space="preserve">Modélisation de la dispersion d’une onde de surface dans un métamatériau anisotrope biosourcé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Le Ridant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Raetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Desjouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gwénaël Gabard</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroun Abi Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dehoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848311v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03847895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la réponse capteurs de pression et de microphones MEMS</w:t>
               </w:r>
@@ -1831,284 +1831,284 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexion d'ondes de choc acoustiques faibles</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caractérisation de la réponse de microphones MEMS et de microcapteurs de pression en hautes fréquences (10 kHz-1 MHz)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Desjouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Yuldashev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Koumela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Salze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+              <w:t xml:space="preserve">22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03446457v1</w:t>
+                <w:t xml:space="preserve">hal-01523309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High frequency calibration of MEMS microphones using spherical N-waves</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réflexion d'ondes de choc acoustiques faibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Desjouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Marsden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanc-Benon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RECENT DEVELOPMENTS IN NONLINEAR ACOUSTICS: 20th International Symposium on Nonlinear Acoustics including the 2nd International Sonic Boom Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Ecully, France. pp.1685</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01331741v1</w:t>
+                <w:t xml:space="preserve">hal-03446457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la réponse de microphones MEMS et de microcapteurs de pression en hautes fréquences (10 kHz-1 MHz)</w:t>
+                <w:t xml:space="preserve">High frequency calibration of MEMS microphones using spherical N-waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Desjouy</w:t>
@@ -2143,315 +2143,315 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Salze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">RECENT DEVELOPMENTS IN NONLINEAR ACOUSTICS: 20th International Symposium on Nonlinear Acoustics including the 2nd International Sonic Boom Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Ecully, France. pp.1685</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01523309v1</w:t>
+                <w:t xml:space="preserve">hal-01331741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régulation temporelle de l'activité de cavitation ultrasonore : application à la thrombolyse ultrasonore extracorporelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comportement de bulles de cavitation dans un champ acoustique stationnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Desjouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Poizat</w:t>
+                <w:t xml:space="preserve">Pauline Labelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Inserra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Desjouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03438912v1</w:t>
+                <w:t xml:space="preserve">hal-03438913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement de bulles de cavitation dans un champ acoustique stationnaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Régulation temporelle de l'activité de cavitation ultrasonore : application à la thrombolyse ultrasonore extracorporelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Inserra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Desjouy</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Inserra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03438913v1</w:t>
+                <w:t xml:space="preserve">hal-03438912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude théorique et expérimentale d'un résonateur acoustique annulaire à ondes progressives</w:t>
               </w:r>
@@ -2804,51 +2804,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282393v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ioannou Sougleridis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Richoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Achilleos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Theocharis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desjouy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117433" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369565v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Bocquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Desjouy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Gabard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2591728523300015" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516106v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ollivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsden" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Karzova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc-Benon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4940987" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331750v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ollivier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Yuldashev" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karzova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Salze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4933787" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296929v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouqueray" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.W. Lo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Seya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lee" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.12.017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355918v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki Seya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Inserra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.05.036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02310821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ngo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poizat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Munteanu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2014.02.010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02057432v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penelet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lotton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3512962" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02057435v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Blondeau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3238162" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Ioannou Sougleridis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richoux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassos Achilleos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848194v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Frantzeskakis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847895v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Ridant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Raetz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroun Abi Ghanem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dehoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848311v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344651v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koumela" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446457v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331741v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523309v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poizat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gilles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438913v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Labelle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324072v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00498453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282393v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ioannou Sougleridis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Richoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Achilleos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Theocharis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desjouy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117433" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369565v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Bocquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Desjouy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Gabard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2591728523300015" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516106v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ollivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsden" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Karzova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc-Benon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4940987" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331750v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ollivier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Yuldashev" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karzova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Salze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4933787" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296929v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fouqueray" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.W. Lo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Seya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lee" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.12.017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355918v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Muleki Seya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Inserra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.05.036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02310821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ngo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poizat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Munteanu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2014.02.010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02057432v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Penelet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lotton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3512962" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02057435v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Blondeau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3238162" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Ioannou Sougleridis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richoux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassos Achilleos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848311v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848194v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Frantzeskakis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847895v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Ridant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Raetz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroun Abi Ghanem" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dehoux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344651v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koumela" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523309v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331741v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438913v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Labelle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gilles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438912v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poizat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324072v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00498453v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>