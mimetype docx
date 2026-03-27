--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -462,325 +462,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">(Compte-rendu) Michèle Villetard, Archéologie des lieux d’enseignement dans le monde romain, Villeneuve-d’Ascq, Presses universitaires du Septentrion (Archaiologia), 2023, 544 p, in Kentron, n°39</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kentron. Revue pluridisciplinaire du monde antique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.232-236</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinema and extraterrestrial archaeology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Planchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Thomazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Room</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35, pp.84-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alien archaeology in science fiction cinema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Thomazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arts et sciences </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8 (1), pp.31-52. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654906v1</w:t>
-              </w:r>
-[...179 lines deleted...]
-                <w:t xml:space="preserve">hal-04706867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -929,50 +929,184 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Holocene evolution of Portus Pisanus, the lost harbour of Pisa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kaniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Marriner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morhange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (11625), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-29890-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02466296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Réseaux de circulation terrestre et habitats ruraux agglomérés de bord de voie. Exemple des travaux menés par le programme collectif de recherche &amp;quot;ARBANO, l'Antiquité en Basse-Normandie&amp;quot;.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -981,191 +1115,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journeés archéologiques de Normandie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.87-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02325195v1</w:t>
-              </w:r>
-[...132 lines deleted...]
-                <w:t xml:space="preserve">hal-02466296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commes (Calvados), le Bourg (2017)</w:t>
               </w:r>
@@ -4687,51 +4687,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De H.P. Lovecraft à The Thing et autres scénarios de découverte de vestiges extraterrestres en Antarctique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Thomazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4812,51 +4812,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinéma et archéologie extraterrestre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Planchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Thomazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5140,51 +5140,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources géoarchéologiques, archéologiques et textuelles pour l’étude du littoral et la compréhension des ports de l’Ager Pisanus (Toscane) dans l’Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Morhange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pasquinucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5423,165 +5423,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« L’archéologie des bords des cours d’eau. Approche méthodologique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Archéologie des bords d’eau. Vivre au bord de l’eau à l’âge du Fer et au début de l’Antiquité » (Université de Bordeaux, 19 décembre 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence Verdin (CNRS, Ausonius) et Anne Colin (Univ. Bordeaux 3, Ausonius), Dec 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Un petit port fluvial d’époque romaine à Blainville-sur-Orne (Calvados) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique des UMR 7041 ArScan et 8589 LAMOP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, B. Boissavit, A. Nissen, E. Rieth et C. Petit, Nov 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192700v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01192696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blainville-sur-Orne (Calvados). L'apport de la numismatique à l'interprétation du site</w:t>
               </w:r>
@@ -7991,973 +7991,973 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Un petit port rural antique à Blainville-sur-Orne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, p. 36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Saint-Germain-de-Varreville (Manche), &amp;quot;La pièce à Trois Cornières&amp;quot;, diagnostic »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, 45 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2013, p. 36</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fouiller un trésor monétaire en laboratoire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Guihard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Blainville-sur-Orne, Basse vallée du Dan. 3e campagne d’étude (2011) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, 110 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Fouiller un trésor monétaire en laboratoire »</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Atelier 8 : les cours d’eau, utilisations et aménagements »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cavanillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, p. 207-234</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blainville-sur-Orne, Basse vallée du Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, p. 41-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouille inédite autour d'un trésor romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Guihard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2013</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Broine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, p. 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cécile Allinne</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00770070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blainville-sur-Orne, Basse vallée du Dan. 3e campagne d'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, 110 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atelier 8 : les cours d'eau, utilisations et aménagements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, p. 141-178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">2009, « Blainville-sur-Orne, Basse vallée du Dan. 2ème campagne d'étude », Document Final de Synthèse, Caen, Service Régional de l'Archéologie de Basse-Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010, 113 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00487979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blainville-sur-Orne, Basse vallée du Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010, p. 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Bulletin AGER » : L'eau : usages, risques et représentations dans le sud-Ouest de la Gaule et le Nord de la péninsule ibérique (IIe siècle a.C.-VIe siècle p.C), Compte-rendu de colloque (Dax, 25-26 septembre 2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00487978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">2007, « Riez, Collège Maxime Javelly ». Bilan Scientifique du SRA PACA année 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Borgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2013, p. 207-234</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2012, p. 41-42</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00487976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(Notices du « Bilan Scientifique Régional ») : « Blainville-sur-Orne, Basse vallée du Dan », Bilan Scientifique du Service Régional de l'Archéologie de Basse-Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Allinne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008, p. 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...459 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00461052v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-00487976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Blainville-sur-Orne, Basse vallée du Dan. Campagne d'évaluation ». Document Final de Synthèse. Caen : Service Régional de l'Archéologie de Basse-Normandie</w:t>
               </w:r>
@@ -9095,51 +9095,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AD860FEA"/>
+    <w:nsid w:val="7E84AC19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9326,51 +9326,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064405v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jacobson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allinne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1283" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957715v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654906v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1180" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962725v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706867v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04107804v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael L&#233;on" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.722.0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172895v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.5308" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325195v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466296v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kaniewski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marriner" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morhange" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vacchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sarti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29890-w" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446351v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446340v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446266v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446338v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Brunet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lespez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192683v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446376v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025358v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Guihard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Broine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.631.0003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846356v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446370v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446366v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446362v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461070v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446363v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461073v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461050v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461017v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336976v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337613v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.674" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-0LG1XTR0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278472v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211759v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Devillers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bruneton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.66" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00277823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mocci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walsh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gassend" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2005.3227" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957724v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Roth&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957782v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48255/9788891332714" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320182v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957789v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morhange" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roumieux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Pasquinucci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon." TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schneider" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025411v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771380v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Constante Orrios" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Galv&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125808v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rine G&#233;bara" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649826v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461042v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461026v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lerma.it/libro/9788882654818/toc/3253" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336814v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521777v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borgard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278482v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278512v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lonchambon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754697v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956961v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msh-alpes.fr/msh-alpes/msh-alpes-et-ledition-scientifique-en-shs/publications-msh-alpes/pouvoirs-publics-face-aux-risques-naturels-lhistoire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826134v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Anstett" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565202v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320240v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320198v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02067239v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allinne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Qu&#233;villon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221287v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pasquinucci" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192722v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192723v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192700v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192696v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761557v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192687v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192690v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771384v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649820v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649905v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126752v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461035v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487970v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Miramont" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322639v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487966v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336590v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322633v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336577v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278478v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322605v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461030v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957708v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957704v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402158v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leterrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446311v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320209v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446301v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442706v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02066039v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02323857v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442688v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936713v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boll&#233;e" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delahaye" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Mitouard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936703v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boll&#233;e" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446278v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192733v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192728v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192736v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192702v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192731v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cavanillas" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gaillard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771398v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770070v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771392v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771393v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771388v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487979v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487978v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461052v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487976v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Borgard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487973v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064405v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jacobson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allinne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pouzet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1283" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957715v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962725v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706867v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654906v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1180" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04107804v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael L&#233;on" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.722.0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172895v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.5308" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466296v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kaniewski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marriner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morhange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vacchi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sarti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29890-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325195v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446351v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446340v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446266v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446338v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Brunet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lespez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192683v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446376v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025358v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Guihard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Broine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.631.0003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846356v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446370v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446366v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446362v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461070v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446363v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461073v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461050v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461017v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336976v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337613v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.674" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-0LG1XTR0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278472v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211759v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Devillers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bruneton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.66" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00277823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mocci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walsh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gassend" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2005.3227" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957724v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Roth&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957782v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48255/9788891332714" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320182v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957789v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morhange" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roumieux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Pasquinucci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Planchon." TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schneider" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cantat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025411v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771380v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Constante Orrios" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Galv&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125808v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rine G&#233;bara" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649826v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461042v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461026v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lerma.it/libro/9788882654818/toc/3253" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336814v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521777v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Borgard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278482v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278512v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lonchambon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01754697v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956961v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msh-alpes.fr/msh-alpes/msh-alpes-et-ledition-scientifique-en-shs/publications-msh-alpes/pouvoirs-publics-face-aux-risques-naturels-lhistoire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826134v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Anstett" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565202v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320240v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320198v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02067239v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allinne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Qu&#233;villon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221287v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pasquinucci" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192719v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192722v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192723v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192696v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192700v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761557v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192687v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192690v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771384v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649820v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649905v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126752v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461035v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487970v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Miramont" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322639v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487966v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336590v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322633v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336577v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00278478v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322605v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461030v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957708v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957704v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402158v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Leterrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446311v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02320209v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446301v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442706v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02066039v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02323857v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442688v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936713v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boll&#233;e" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delahaye" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Mitouard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936703v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boll&#233;e" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446278v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192728v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192733v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192702v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192736v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192731v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cavanillas" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gaillard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771398v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770070v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771392v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771393v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487979v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771388v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487978v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487976v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Borgard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461052v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487973v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>