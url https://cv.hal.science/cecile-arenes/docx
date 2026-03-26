--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -229,320 +229,320 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouverture quatrième édition</w:t>
+                <w:t xml:space="preserve">Le Printemps de la Donnée : Ouverture de la quatrième édition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mónica Michel-Rodriguez</w:t>
+                <w:t xml:space="preserve">Alicia León y Barella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Erwan Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Michel-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erwan Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Printemps de la Donnée 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE; Université Haute Alsace; Université de Strabourg; AgroParitech; Université de Lille; Sorbonne université, Mar 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Printemps de la Données 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; Université de Lille; Université Haute Alsace; AgroParistech; Université de Strasbourg; Sorbonne université, Mar 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05018495v1</w:t>
+                <w:t xml:space="preserve">hal-04998618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Printemps de la Donnée : Ouverture de la quatrième édition</w:t>
+                <w:t xml:space="preserve">Ouverture quatrième édition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia León y Barella</w:t>
+                <w:t xml:space="preserve">Mónica Michel-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cécile Arènes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Edmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Erwan Guillou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Printemps de la Données 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE; Université de Lille; Université Haute Alsace; AgroParistech; Université de Strasbourg; Sorbonne université, Mar 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Printemps de la Donnée 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; Université Haute Alsace; Université de Strabourg; AgroParitech; Université de Lille; Sorbonne université, Mar 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04998618v1</w:t>
+                <w:t xml:space="preserve">hal-05018495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Software Heritage : archive ouverte des codes et logiciels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, May 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -567,51 +567,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour d’expérience d’ambassadrices Software Heritage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Valencia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -707,51 +707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilia Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -887,51 +887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cheviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lehoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -1024,51 +1024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1129,51 +1129,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilia Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1251,51 +1251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilia Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1347,51 +1347,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide d'application de la Loi pour une République numérique pour les données de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1461,51 +1461,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sebban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1712,51 +1712,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu du Colloque sur la journée des données des Plateformes d'Alliance Sorbonne Université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Bachèlerie-Gouverneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1914,51 +1914,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2045C8C6"/>
+    <w:nsid w:val="E731CE8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2145,51 +2145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-arenes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1839-3530" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/187840253" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/317201104" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/P-1779-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05018495v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bage" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Michel-Rodriguez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ar&#232;nes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Edmond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Guillou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998618v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Le&#243;n y Barella" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Michel-Rodriguez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Valencia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102910v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295162v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Arnould" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Stoll" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilia Herbet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Genova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02625026v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bracco" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cheviron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lehoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05455660v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Lamotte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hernandez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04534321v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Debard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04794164v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03968218v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rennes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03585941v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sebban" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jouneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713803v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ar&#232;nes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jemep.2015.04.010" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05482143v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bary" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bach&#232;lerie-Gouverneur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Burgio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-arenes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1839-3530" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/187840253" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/317201104" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/P-1779-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998618v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bage" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Le&#243;n y Barella" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Guillou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Michel-Rodriguez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ar&#232;nes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05018495v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Michel-Rodriguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Edmond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Valencia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102910v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295162v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Arnould" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Stoll" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilia Herbet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Genova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02625026v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bracco" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cheviron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lehoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05455660v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Lamotte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hernandez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04534321v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Debard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04794164v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03968218v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rennes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03585941v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sebban" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jouneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713803v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ar&#232;nes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jemep.2015.04.010" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05482143v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bary" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bach&#232;lerie-Gouverneur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Benoit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Burgio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>