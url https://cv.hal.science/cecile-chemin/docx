--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -195,1274 +195,1396 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Separating faces in ARMS metabarcoding improves marine biodiversity monitoring: a comparison across protocols, experimental designs, and photographic surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chenuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyna Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Térence Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Calvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular and molecular microbial diversity of the mediterranean sponge &amp;lt;i&amp;gt;Agelas oroides&amp;lt;/i&amp;gt; (Demospongiae, Agelasida)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vacelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Corallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 172 (5), pp.69. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00227-025-04627-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary distinctiveness with incomplete isolation of the narrow endemic alpine plant Saxifraga delphinensis Ravaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Baumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Roquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Smyčka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alpine Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 133, pp.85-99. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00035-023-00297-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04142470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidermal development requires ninein for spindle orientation and cortical microtubule organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lecland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiung-Yueh Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Merdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Bierkamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Life Science Alliance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2 (2), pp.e201900373. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26508/lsa.201900373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear alignment in myotubes requires centrosome proteins recruited by nesprin-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Espigat-Georger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vyacheslav Dyachuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Emorine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Merdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cell Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/jcs.191767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Analysis of γ-Tubulin Complex Proteins Indicates Specific Lateral Association via Their N-terminal Domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Farache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jauneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Chartrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 291 (44), pp.23112-23125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1074/jbc.M116.744862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure of γ-tubulin complex protein GCP4 provides insight into microtubule nucleation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Knibiehler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Gregory-Pauron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 18, pp.915 - 919. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/nsmb.2083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A prevalent mutation with founder effect in xeroderma pigmentosum group C from north Africa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadem Soufir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Ged</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Bourillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Austerlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 130 (6), pp.1537-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/jid.2009.409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00549153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypoxia-inducible factor-1α regulates the expression of nucleotide excision repair proteins in keratinocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Reza Rezvani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Mahfouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nsrein Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Ged</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 38 (3), pp.797-809. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkp1072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time PCR Quantification of Genital Shedding of Herpes Simplex Virus (HSV) and Human Immunodeficiency Virus (HIV) in Women Coinfected with HSV and HIV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Legoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham Bouhlal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Grésenguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nzambi Khonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 44 (2), pp.423-432. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JCM.44.2.423-432.2006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1472,154 +1594,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there a phylogeny behind this diversity? A molecular assessment of Romulea in the Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Baumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouar Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Candas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX International Botanical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Madrid (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04674057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1629,168 +1751,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité épiphyte des feuilles de posidonie et bioconcentration de contaminants : suivi pluriannuel des herbiers de Fos, Marseille et Toulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Amadéi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Amella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix ans de recherches de l'Observatoire Hommes-Milieux Littoral méditerranéen sur le Littoral marseillais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OHM Littoral méditerranéen; ESPACE UMR 7300, Jun 2023, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:footerReference w:type="default" r:id="rId78"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1937,51 +2059,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407728v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chenuil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyna Bouchereau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Legrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Calvert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022742v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Corallo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04627-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04142470v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Roquet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smy&#269;ka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Garraud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00035-023-00297-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323407v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lecland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiung-Yueh Hsu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Merdes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Bierkamp" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201900373" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417628v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Espigat-Georger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Dyachuk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Emorine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.191767" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417894v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Farache" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chartrain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne R&#233;my" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M116.744862" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003370v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Knibiehler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Gregory-Pauron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Remy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.2083" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549153v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadem Soufir" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Ged" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bourillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Austerlitz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jid.2009.409" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417726v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Reza Rezvani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Mahfouf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nsrein Ali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Chemin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkp1072" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417773v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Legoff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Bouhlal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gr&#233;senguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Weiss" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nzambi Khonde" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.44.2.423-432.2006" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04674057v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Toumi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Candas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141983v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Sarkis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Amad&#233;i" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Amella" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407728v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chenuil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyna Bouchereau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Legrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Calvert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557429v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022742v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Corallo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04627-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04142470v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Roquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smy&#269;ka" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Garraud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00035-023-00297-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323407v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lecland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiung-Yueh Hsu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Merdes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Bierkamp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201900373" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417628v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Espigat-Georger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Dyachuk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Emorine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.191767" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417894v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Farache" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chartrain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne R&#233;my" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M116.744862" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003370v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Knibiehler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Gregory-Pauron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Remy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.2083" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549153v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadem Soufir" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Ged" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bourillon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Austerlitz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jid.2009.409" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417726v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Reza Rezvani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Mahfouf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nsrein Ali" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Chemin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkp1072" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417773v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Legoff" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Bouhlal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gr&#233;senguet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Weiss" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nzambi Khonde" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.44.2.423-432.2006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04674057v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Toumi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Candas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141983v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Sarkis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Amad&#233;i" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Amella" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>