--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,278 +100,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of metals/metalloids and organic pollutants in road dust: a case study of diverse land uses</w:t>
+                <w:t xml:space="preserve">Temperature dependent kinetics and insights on the gas-phase products of the reaction between prenol and hydroxyl radicals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Halfadji</w:t>
+                <w:t xml:space="preserve">Reem Al Mawla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emil Obeid</w:t>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Henry</w:t>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Coeur</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvain Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stochastic Environmental Research and Risk Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00477-025-02936-y⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 354, pp.121260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2025.121260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05128880v1</w:t>
+                <w:t xml:space="preserve">hal-05283817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependent kinetics and insights on the gas-phase products of the reaction between prenol and hydroxyl radicals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Assessment of metals/metalloids and organic pollutants in road dust: a case study of diverse land uses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Halfadji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Obeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 354, pp.121260. </w:t>
+              <w:t xml:space="preserve">Stochastic Environmental Research and Risk Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (5), pp.1817-1850. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2025.121260⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00477-025-02936-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05283817v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immune consequences of exposure to β-pinene oxidation aerosols: adult versus gestational murine models</w:t>
               </w:r>
@@ -409,51 +409,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Kervoaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Waxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Particle and Fibre Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 22, pp.Article 16. </w:t>
@@ -504,90 +504,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nighttime chemistry of furanoids and terpenes: Temperature dependent kinetics with NO3 radicals and insights into the reaction mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Al Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gaudion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 340, pp.120898. </w:t>
@@ -625,90 +625,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozonolysis of prenol, a second-generation biofuel, in atmospheric simulation chambers: Temperature dependent kinetics and gas-phase products analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reem Al Mawla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Al Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -906,64 +906,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Products and yields for the NO3 radical initiated atmospheric degradation of 2-methylfuran (2-MF, CH3–C4H3O)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Al Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Genevray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1174,90 +1174,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into the chemical composition and formation mechanisms of secondary organic aerosols produced in the ozonolysis of limonene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence JACOB</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Genevray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Clety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 173, pp.106214. </w:t>
@@ -1295,77 +1295,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New line positions and effective line intensities of the ν2 band cis-HONO near 1661 cm−1 from quantum cascade laser absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weidong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Nhut Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1451,64 +1451,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hichem Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Petitprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1553,485 +1553,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rate Coefficients for the Gas-Phase Reactions of Nitrate Radicals with a Series of Furan Compounds</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Absolute determination of chemical kinetic rate constants by optical tracking the reaction on the second timescale using cavity-enhanced absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houceine Bouya</w:t>
+                <w:t xml:space="preserve">Hongming Yi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingshuo Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lauraguais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.2c03828⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (12), pp.7396-7404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D2CP00206J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03985386v1</w:t>
+                <w:t xml:space="preserve">hal-04221446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MULTICHARME: A modified Chernin-type multi-pass cell designed for IR and THz long-path absorption measurements in the CHARME atmospheric simulation chamber</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Fertein</w:t>
+                <w:t xml:space="preserve">Rate Coefficients for the Gas-Phase Reactions of Nitrate Radicals with a Series of Furan Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Al Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Kulinski</w:t>
+                <w:t xml:space="preserve">Houceine Bouya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/amt-2021-399⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 126 (46), pp.8674-8681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.2c03828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04097350v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03985386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absolute determination of chemical kinetic rate constants by optical tracking the reaction on the second timescale using cavity-enhanced absorption spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MULTICHARME: A modified Chernin-type multi-pass cell designed for IR and THz long-path absorption measurements in the CHARME atmospheric simulation chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hongming Yi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lingshuo Meng</w:t>
+                <w:t xml:space="preserve">Eric Fertein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Wu</w:t>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Lauraguais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Tomas</w:t>
+                <w:t xml:space="preserve">Pierre Kulinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 24 (12), pp.7396-7404. </w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (5), pp.1201-1215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D2CP00206J⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/amt-2021-399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221446v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of secondary organic aerosols from the reaction of γ-terpinene with ozone: yields and morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deboudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2108,77 +2108,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic and mechanistic study of the gas-phase reaction of ozone with γ-terpinene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2415,51 +2415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fourmentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fertein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 45 (7), pp.1611. </w:t>
@@ -2510,77 +2510,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondary organic aerosol formation from the gas-phase reaction of guaiacol (2-methoxyphenol) with NO3 radicals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingshuo Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Genevray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2817,51 +2817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 110, pp.70-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2959,51 +2959,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Pirali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 179, pp.51-58. </w:t>
@@ -3053,595 +3053,595 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric reactivity of hydroxyl radicals with guaiacol (2-methoxyphenol), a biomass burning emitted compound: Secondary organic aerosol formation and gas-phase oxidation products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lauraguais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lauraguais</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Cassez</w:t>
+                <w:t xml:space="preserve">Andy Cassez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deboudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Fourmentin</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fourmentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 86, pp.155-163. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2013.11.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00946138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol formation yields from the reaction of catechol with ozone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 43 (14), pp.2360-2365. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2008.12.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02860662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondary organic aerosol formation from the gas-phase reaction of hydroxyl radicals with m-, o- and p-cresol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Menu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 42 (13), pp.3035-3045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2007.12.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00481151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling and analysis of terpenes in air. An interlaboratory comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Larsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Bomboi-Mingarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Brancaleoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bo Larsen</w:t>
+                <w:t xml:space="preserve">Aggelos Calogirou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Cecinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 31 (S1), pp.35-49. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S1352-2310(97)00072-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3651,801 +3651,801 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation in simulation chambers of the ozonolysis of prenol, a second-generation biofuel: Atmospheric reactivity and health effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reem Al Mawla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Coeur</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Truffier Antoine</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Truffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque francophone COMbustion et POLlution Atmosphérique (COMPOLA2024 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Ben Guerir, Morocco, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric Chemistry of Furanoids Emitted by Biomass Burning: A Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolis N. Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coggon Matthew M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Fatima Al</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkholder James B.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union (AGU) Annual Meeting 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04905962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study in the atmospheric simulation chamber CHARME of the reactivity of monoterpenes first-generation oxidation products: Implications on air quality and climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Solaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reem Al Mawla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fertein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque francophone COMbustion et POLlution Atmosphérique (COMPOLA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Ben Guerir, Morocco, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie nocturne de composés furaniques : dépendance en température des cinétiques avec NO3 et mécanismes réactionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Al Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaudion V.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque francophone COMbustion et POLlution Atmosphérique (COMPOLA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Ben Guerir, Morocco, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04905994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-pathlength spectroscopy in Atmospheric Simulation Chamber, from near-infrared to terahertz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fertein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kulinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du GDR NanoTeraMIR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Metz (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04513181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hygroscopic behavior of secondary organic aerosols generated from the dark ozonolysis of gamma-terpinene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hichem Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petitprez D.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th CaPPA Scientific Day</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Lillr, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Aerosol Particles Using Incoherent Broadband Cavity-Enhanced Absorption Spectrometer and Lidar in a Coastal Industrialized City</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingshuo Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4467,1463 +4467,1463 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Cazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Dewaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réactivité de COVB oxygénés avec deux oxydants atmosphériques : O3 et Cl. Cinétiques, formation d’aérosols organiques secondaires et produits de réaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Kerfant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Poyuzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Francophone Combustion et Pollution Atmosphérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Ouarzazate, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity of Green Leaf Volatiles (GLVs) in the atmosphere: Kinetics, products and secondary organic aerosol formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Kerfant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Poyuzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Symposium on Gas Kinetics and Related Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the 3-methoxyphenol conformers stability by mean of high–resolution THz spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 25th International Colloquium on High Resolution Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de contaminants anthropiques sur la formation d'AOS issus de l'ozonolyse du limonène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waed Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Braure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Bedjanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée scientifique du Labex CaPPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de contaminants anthropiques sur la formation d’AOS issus de l’ozonolyse du limonène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waed Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Braure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Bedjanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée scientifique du Labex CaPPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04638261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l’ozonolyse du limonène en réacteur à écoulement : coefficient de vitesse et formation d’aérosols organiques secondaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Braure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Bedjanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifique du CPER IRENI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de contaminants anthropiques sur la formation d’aérosols organiques secondaires : cas de l’ozonolyse du limonène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waed Ahmad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Braure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Riffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Bedjanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque francophone Combustion et Pollution Atmosphérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Tanger, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03119018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondary organic aerosol formation from the reaction of catechol with ozone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Vienne, Austria. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02861393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol formation yields from the reaction of catechol with ozone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunions annuelle du "Groupe de Cinétique et Photochimie en phase gazeuse"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03125565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternative methods for identification of Fe3+ and Mn2+ in atmospheric particulate aerosols during their transport over the eastern coast of the English Channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena A. Zhilinskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Bouhsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Courcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Méditerrannéen pour l’Environnement et le Solaire - COMPLES 2K</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2000, Beyrouth, Lebanon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04411948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of atmospheric aerosols during their transport on the eastern coast of the English Channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena A. Zhilinskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Bouhsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Courcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9 ème colloque scientifique international, "Transport et pollution de l’air"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04411949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5933,301 +5933,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature-Dependent Kinetics of the Nocturnal Oxidation of Furan Compounds with Nitrate Radical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Al Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gaudion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Day Labex CaPPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Labex CaPPA, Mar 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation in simulation chambers of the ozonolysis of prenol, a second-generation biofuel Atmospheric reactivity and health effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mawla Reem Al</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Coeur</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truffier Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference (EAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Finnish Association of Aerosol Science FAAR, Aug 2024, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Broadband Cavity-Enhanced Absorption Spectrometer for Simultaneous measurements of NO2 and particulate matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaoxuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6276,391 +6276,391 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-12051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04258682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical Sensing of Trace Gases and Particulate Matter with Optical Cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weidong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaoxuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruyue Cui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azer Yalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongming Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Munich, Germany. pp.1-1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CLEO/EUROPE-EQEC57999.2023.10232028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled generation and determination of the toxicological impact of secondary organic aerosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Jacob</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+                <w:t xml:space="preserve">E. Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Antherieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Air Quality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Thessalonique, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prism-based Cavity Enhanced Absorption Spectroscopy for Broadband Trace Gas Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaoxuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruyue Cui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azer Yalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lingshuo Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6669,951 +6669,951 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qian Gou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laser Applications to Chemical, Security and Environmental Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Vancouver, Canada. pp.LTh5E.4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/LACSEA.2022.LTh5E.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOXICOLOGICAL IMPACT OF SECONDARY ORGANIC AEROSOLS FORMED FROM THE REACTION OF LIMONENE WITH OZONE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Jacob</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+                <w:t xml:space="preserve">Esperanza Perdrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Anthérieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Air Quality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Thessalokini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an incoherent broadband cavity-enhanced absorption spectroscopy (IBBCEAS) instrument for autonomous field measurements of HONO and NO2 in a rural area</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Secondary organic aerosols and their precursors: microsolvatation, reactivity and hygroscopicity. (WP1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conseil Scientifique du Labex CaPPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Villeneuve D'Ascq, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04295513v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary organic aerosols and their precursors: microsolvatation, reactivity and hygroscopicity. (WP1)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Development of an incoherent broadband cavity-enhanced absorption spectroscopy (IBBCEAS) instrument for autonomous field measurements of HONO and NO2 in a rural area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingshuo Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaoxuan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conseil Scientifique du Labex CaPPA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union Européenne des Géosciences (EGU), Apr 2021, Vienne (ONLINE), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-16417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745272v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04295513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The study of Secondary Organic Aerosols (SOAs) formed from the ozonolysis of gammaterpinene in the new simulation chamber CHARME</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layal Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Conseil Scientifique du Labex CaPPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03144371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation en laboratoire des capteurs de particules de faible coût</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Assy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Delegove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliane Assy</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Loisil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international capteurs individuels de pollution atmosphérique : innovation ou révolution ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02554857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Cascade Laser-based Optical Monitoring of N2O5 in a Nocturnal Tropospheric Chemical Reaction Process in an Atmospheric Simulation Chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongming Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lauraguais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Semenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3D Image Acquisition and Display: Technology, Perception and Applications 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Orlando, United States. pp.JM4A.3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/3D.2018.JM4A.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Monitoring of N2O5 in a Nocturnal Tropospheric Chemical Reaction Process using Quantum Cascade Laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongming Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lauraguais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Semenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourier Transform Spectroscopy 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Singapore, Singapore. pp.JT2A.19, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/FTS.2018.JT2A.19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of climate-change related aerosol by laser absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaoxuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7622,485 +7622,485 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hanoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongming Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Light, Energy and the Environment 2018 (E2, FTS, HISE, SOLAR, SSL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Singapour, Singapore. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/ee.2018.et3a.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02418751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric reactivity of biomass burning emitted compounds: methoxyphenols OH rate constants and secondary organic aerosol formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lauraguais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lauraguais</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Andy Cassez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Seydi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00946169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IRENI Air Quality Research Program - Study of the interactions of oxygenated volatile organic compounds with aerosols in a coastal industrial atmosphere (Dunkerque, france)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aghnatios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aimoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Aghnatios</w:t>
+                <w:t xml:space="preserve">C. Brémard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Choël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Conference "The challenge of particulate air pollution - air pollution and environmental health - from science to action"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Union of Air Pollution Prevention and Environmental Protection Associations (IUAPPA), Sep 2006, Paris-Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00338476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation d’aérosols particulaires sur le littoral Nord-Pas-de-Calais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Courcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena A. Zhilinskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journée des Jeunes Chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 1999, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04405255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8110,105 +8110,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of simulation chambers dedicated to the study of tropospheric physico-chemical processes. Reactivity of oxygenated aromatic VOCs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId229"/>
+      <w:footerReference w:type="default" r:id="rId227"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8355,51 +8355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128880v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Halfadji" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Obeid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Henry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coeur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-025-02936-y" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283817v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reem Al Mawla" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houzel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2025.121260" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05128056v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pichavant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Djouina" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Kervoaze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Waxin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-025-00631-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283821v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Al Ali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120898" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283819v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2025.121188" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549098v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Coggon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Burkholder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.3c00226" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469886v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Genevray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cazier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2023.120276" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04031766v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoxuan Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingshuo Meng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Gou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hanoune" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Crumeyrolle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c05237" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04107949v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence JACOB" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Clety" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106214" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04289960v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weidong Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nhut Ngo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong-Nguyen Ba" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2021.108012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843735v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Bouzidi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Fayad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Petitprez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.153010" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985386v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houceine Bouya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.2c03828" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04097350v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fertein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bruckhuisen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kulinski" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-2021-399" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221446v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongming Yi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lauraguais" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP00206J" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290985v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deboudt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;cordel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118600" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290943v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fagniez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.118073" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225394v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Grira" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Kalalian" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Illmann" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Patroescu-Klotz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. El Dib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118344" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913610v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fourmentin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.389093" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224419v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117740" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142716v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waed Ahmad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Blaise Brubach" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.56.00E116" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tomas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2017.05.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Z0KCNSZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221715v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ahmad" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pirali" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2016.03.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17H2RLBG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946138v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lauraguais" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coeur-Tourneur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cassez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fourmentin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2013.11.074" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-276SNZXM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860662v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilloteau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ledoux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2008.12.054" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMF35DZ1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481151v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thomas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Menu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2007.12.043" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJWB0237-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800389v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Larsen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Bomboi-Mingarro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Brancaleoni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggelos Calogirou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Cecinato" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1352-2310(97)00072-1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4M2864B4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906016v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truffier Antoine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905962v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coggon Matthew M." TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fatima Al" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkholder James B." TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906023v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Solaiman" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905994v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudion V." TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04513181v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474644v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petitprez D." TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375479v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dewaele" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250497v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Kerfant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poyuzan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250532v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535379v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roucou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fontanari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597459v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Braure" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riffault" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Bedjanian" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638261v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306388v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Braure" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119018v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861393v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Guilloteau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125565v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411948v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena A. Zhilinskaya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Bouhsina" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Courcot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411949v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906164v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coeur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903268v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mawla Reem Al" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04258682v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12051" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04294943v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruyue Cui" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azer Yalin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/EUROPE-EQEC57999.2023.10232028" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223879v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacob" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdrix" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antherieu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04295305v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/LACSEA.2022.LTh5E.4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249357v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacob" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Perdrix" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04295513v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-16417" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745272v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Goubet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144371v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouzidi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Houzel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554857v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Assy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Delegove" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Loisil" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04294775v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Semenov" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/3D.2018.JM4A.3" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04294766v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FTS.2018.JT2A.19" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02418751v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ee.2018.et3a.3" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946169v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Wenger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Seydi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338476v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aghnatios" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aimoz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Br&#233;mard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cho&#235;l" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405255v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bertho" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512903v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283817v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reem Al Mawla" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coeur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houzel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2025.121260" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Halfadji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Obeid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-025-02936-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05128056v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pichavant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Djouina" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Kervoaze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Waxin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-025-00631-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283821v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Al Ali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120898" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283819v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2025.121188" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549098v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Coggon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Burkholder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.3c00226" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469886v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Genevray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cazier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2023.120276" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04031766v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaoxuan Wang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingshuo Meng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Gou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hanoune" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Crumeyrolle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c05237" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04107949v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence JACOB" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Clety" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106214" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04289960v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weidong Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nhut Ngo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong-Nguyen Ba" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2021.108012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843735v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Bouzidi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Fayad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Petitprez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.153010" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221446v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongming Yi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lauraguais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CP00206J" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985386v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houceine Bouya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.2c03828" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04097350v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decker" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fertein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bruckhuisen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kulinski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-2021-399" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290985v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deboudt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;cordel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118600" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290943v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fagniez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.118073" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225394v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Grira" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Kalalian" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Illmann" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Patroescu-Klotz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. El Dib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118344" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913610v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fourmentin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.389093" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224419v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117740" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142716v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waed Ahmad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Blaise Brubach" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.56.00E116" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tomas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2017.05.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Z0KCNSZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221715v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ahmad" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pirali" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2016.03.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17H2RLBG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946138v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Cassez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2013.11.074" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-276SNZXM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860662v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilloteau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ledoux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2008.12.054" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMF35DZ1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481151v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thomas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Menu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2007.12.043" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJWB0237-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800389v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Larsen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Bomboi-Mingarro" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Brancaleoni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggelos Calogirou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Cecinato" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1352-2310(97)00072-1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4M2864B4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906016v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Truffier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905962v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coggon Matthew M." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fatima Al" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkholder James B." TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906023v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Solaiman" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905994v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudion V." TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04513181v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474644v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petitprez D." TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375479v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dewaele" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250497v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Kerfant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poyuzan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250532v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535379v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roucou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fontanari" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597459v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Braure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riffault" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Bedjanian" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638261v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306388v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Braure" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119018v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861393v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Guilloteau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125565v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411948v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena A. Zhilinskaya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Bouhsina" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Courcot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411949v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906164v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coeur" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903268v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mawla Reem Al" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truffier Antoine" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04258682v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12051" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04294943v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruyue Cui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azer Yalin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/EUROPE-EQEC57999.2023.10232028" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04223879v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacob" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdrix" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antherieu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04295305v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/LACSEA.2022.LTh5E.4" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249357v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacob" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Perdrix" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Anth&#233;rieu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745272v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Goubet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04295513v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-16417" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144371v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouzidi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Houzel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554857v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Assy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Delegove" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Loisil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04294775v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Semenov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/3D.2018.JM4A.3" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04294766v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FTS.2018.JT2A.19" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02418751v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ee.2018.et3a.3" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946169v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Wenger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Seydi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338476v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aghnatios" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aimoz" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Br&#233;mard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cho&#235;l" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405255v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bertho" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512903v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>