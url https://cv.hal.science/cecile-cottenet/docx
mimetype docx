--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cécile Cottenet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure en civilisation américaine (Etats-Unis)Aix-Marseille Université, France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cecile-cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0009-4143-1361</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">07590201X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Cottenet est Professeurede civilisation américaine (Etats-Unis) à Aix-Marseille Université,membre du  LERMA (Laboratoire d'Etudes et de Recherche sur le Monde Anglophone, UR 853).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sa recherche s'ancre dans le champ de l'histoire du livre et de l'édition. Actuellement, elle étudie la circulation transatlantique des textes littéraires, entre Etats-Unis et France, et se concentre plus particulièrement, parmi les médiateurs et intermédiaires, sur les agents littéraires. Elle est coordinatrice du Dictionnaire des passeurs de la littérature des Etats-Unis (2023- -).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle a dirigé un recueil d'articles, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Race, Ethnicity and Publishing in America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Palgrave Macmillan, 2014), et publié deux monographies: la première, en français, retrace l'histoire éditoriale du premier recueil de nouvelles de l'écrivain africain-américain Charles W. Chesnutt. (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conjure Woman de Charles W Chesnutt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, 2012). La deuxième monographie examine, dans une perspective historique, la figure de l’agent littéraire au travers de l’étude de cas de l’agence Hoffman (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Literary Agents in the Transatlantic Book Trade. American Fiction, French Rights, and the Hoffman Agency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2017).Depuis janvier 2024, elle est co-rédactrice en chef de la revue en ligne et open access, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-Rea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Elle siège également aux comités scientifiques du projet Modernist Archives Publishing Project (MAPP), et de la collection &amp;quot;Material Modernisms&amp;quot; (Palgrave Macmillan).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de Laurence Cossu-Beaumont, Deux agents littéraires dans le siècle américain. William et Jenny Bradley, passeurs culturels transatlantiques, Préface de Jean-Yves Mollier, Lyon, ENS Éditions, Coll. « Métamorphoses du livre », 2023.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et civilisation du livre - Revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review. Dan Sinykin, Big Fiction. How Conglomeration Changed the Publishing Industry and American Literature. New York: Columbia University Press, “Literature Now” series, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea (Revue électronique d’études sur le monde anglophone)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Water Jumping: Clearing Obstacles in the Negotiation of French Rights to The Black Stallion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Passeurs de la littérature des États-Unis en France, 1917-1967 (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth McHenry, To Make Negro Literature. Writing, Literary Practice, and African American Authorship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.14868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction&amp;quot;, &amp;quot;Investigating Big Magazines&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reynes-Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Tadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Periodical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5325/jmodeperistud.11.1.v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension, Elleke Boehmer, Rouven Kunstmann, Priyasha Mukhopadhyay, Asha Rogers, ed., The Global Histories of Books: Methods and Practices, New Directions in Book History series, Springer International Publishing/ Palgrave Macmillan, 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparativ. Zeitschrift für Globalgeschichte und vergleichende Gesellschaftsforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agent littéraire et l'histoire culturelle transatlantique: poursuite d'un dialogue interrompu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fais pas ta rosière! aux enchères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps Noir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20, pp.4-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu d'ouvrage. Claire Parfait, Hélène Le Dantec-Lowry, Claire Bourhis-Mariotti, ed., Writing History from the Margins. African Americans and the Quest for Freedom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu d'ouvrage. Gustave de Beaumont, Marie ou l'Esclavage aux États-Unis, Postface de Laurence Cossu-Beaumont. Paris : Aux Forges de Vulcain (2014). e-Rea 12. 2/ 2015.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Crémieux, Xavier Lemoine, Jean-Paul Rocchi, ed.,Understanding Blackness through Performance; Contemporary Arts and the Representation of Identity (New York: Palgrave Macmillan, 2014), Transatlantica 2, 30 décembre 2014. .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.7088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African American Street Lit’: old, new, or better (?) tricks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01318875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Publishing Diversity in South Africa and the United Kingdom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11.1, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Publishing Diversity in South Africa and the United Kingdom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, L'ordre des mots dans l'espace de la phrase, 11 (1), </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01304183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publishing during the Harlem Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La clé des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert H. Zieger, For Jobs and Freedom, Race and Labor in America since 1865 (University of Kentucky Press, 2007), (online).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troy Jackson, Becoming King, Martin Luther King Jr. and the Making of a National Leader (Lexington: University Press of Kentucky, 2011), Cercles, Revue Pluridisciplinaire du Monde anglophone (online).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nella Larsen, Clair-obscur, in La Quinzaine Littéraire, 1015, 16-31 mai 2010, p. 8.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Quinzaine littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey O.G. Ogbar, ed., The Harlem Renaissance Revisited: Politics, Arts and Letters (Baltimore: The Johns Hopkins University Press, 2010), Cercles, Revue Pluridisciplinaire du Monde Anglophone (online).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Quand la liberté de lire est menacée : la lutte de la Campaign for Reader Privacy contre l’article 215 de la loi USA PATRIOT »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, L'Amérique militante, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01318868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getting organized: US literary agents and foreign rights in the 1950s”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Book Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading and Publishing), Jul 2024, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professional sociability as control: the case of New York literary agents in the 1950s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Backstage Sociabilities in the Book and Art Markets, 17th-21st centuries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Miyamoto, L. Cossu-Beaumont (U. Sorbonne Nouvelle), M. Mencfel (U. Poznan), C. Murgia (U. de Lausanne), Nov 2024, Aubervilliers (Campus Condorcet), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vers une histoire des interactions entre agents littéraires et traducteurs, le cas de la France. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translations and transnational literary exchange</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mirna Sindičić Sabljo, Vanda Mikšić, Sep 2023, Zadar, Croatie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is an American Book?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATIONAL IDENTITY IN LANGUAGE AND CULTURE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oksana Shostak, Apr 2023, Kyiv, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and defending a maligned profession: Literary Agents in the United States as seen by themselves in the post-WWII era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP, Jul 2022, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literary Agents in Cold War networks: Bringing books to France, 1940s-1960s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cold War Book Diplomacy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Esmaeil Haddadian-Moghadam, Giles Scott-Smith (University of Leiden), Apr 2022, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Légitimité, Autorité, Canons / Legitimacy, Authority, Canons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Etudes Américaines, May 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Mapping and Defending a Maligned profession: Literary Agents in the United States as seen by Themselves in the Post-WWII era”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power of the Written Word</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for the History of Authorship, Reading and Publishing, Jul 2022, Amsterdam (Hollande), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel AFEA, "Canons"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans-Atlantic Adjustments: Circulation of texts between the USA and France and the Agenting Profession (1950s-1970s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Jul 2021, Muenster, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rights, Royalties and Idiosyncrasies: making sense of the French publishing field across the Atlantic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic Studies Association (TSA) annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TSA, Jul 2021, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cultural perspective on the transatlantic circulation of texts and books: mediators of US literature in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic Studies Association (TSA) annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TSA, Jul 2019, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How interdisciplinary can we be? Reflections on crosscutting and material form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forms across literature and the Sciences in Victorian Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nathalie Vanfasse, Ian Duncan, May 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“From first to last talks: negotiating French rights to the Black Stallion, 1949-1964”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Jul 2018, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Médiation et circulation des textes : quelques réflexions sur l’apport d’un champ interdisciplinaire, l’histoire du livre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinérances : Textes, médiations et transculturations/ Moving Texts : Mediations and Transculturations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Aveiro, Jul 2017, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Languages of the book, languages of publishing: the literary agent as dialogue facilitator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Parfait et al., Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The (French) Literary Agent and U.S. Cultural Diplomacy in the early post-World War II era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forms of Diplomacy / Formes de la diplomatie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nathalie Duclos, Nathalie Rivère de Carle (U. Toulouse Jean Jaurès), Jun 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printer/ Authors 'co-partnership' in American printers' manuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"From Text(s) to Books"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nathalie Collé-Bak, Monica Latham, David Ten Eyck (U. Nancy), Jun 2012, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“'Up from the Streets': Hip-hop Literature, a Lucrative and Innovative Market from below?”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Aug 2010, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">San Francisco seen by Bret Harte - The Overland Monthly, 1868-1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Regards croisés sur San Francisco/ Mulitidisciplinary Perspectives on the City by the Bay"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hélène Christol, Sylvie Mathé, Richard Phelan, Sophie Vallas (LERMA UR 853), Mar 2009, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thes lives of Charles Chesnutt's The Conjure Woman, 1899-1993</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les vies du livre/ Lives of the Book</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Collé-Bak, Monica Latham, David Ten Eyck (U. de Nancy), Jun 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“'Excavating original African-American ‘pulp fiction’: W.W. Norton’s ‘Old School Books’”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Culture of the Publishers' Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Spiers, Institute of English Studies, Oct 2007, London, Rwanda</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auteur cherche éditeur: échec d'une correspondance, Jean Toomer, 1924-1945</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel AFEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Etudes Américaines, May 2006, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cane de Jean Toomer: lorsque le hors-texte se superpose au texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Campaign for Reader Privacy after 9/11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Amérique militante aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Vallas, Claire Sorin (LERMA UR 853), Mar 2005, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossing over into the mainstream: Charles W. Chesnutt's The Conjure Woman, a long road from prepublication to publication in book form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Jul 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chesnutt et la couleur de la critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de l'AFEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Etudes Américaines, May 2004, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traducteurs et agents : l’invisibilité en partage.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translations and Transnational Literary Exchange</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Zadar, Croatie. https://morepress.unizd.hr/books/index.php/press/catalog/view/149/162/3230, 2025, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15291/9789533315676.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passeurs de la littérature des États-Unis en France, 1917-1967 (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, 2023, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passeurs de la littérature des États-Unis en France, 1917-1967 (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, 2023, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Investigating Big Magazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reynes-Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Tadie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Collier, Barbara Green. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Periodical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Publishing Diversity in South Africa and the United Kingdom”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea, la revue électronique du LERMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11 (1), https://journals.openedition.org/erea/3013, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literary Agents in the Transatlantic Book Trade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Studies in Publishing History: Manuscript, Print, Digital, Maura Ives; Ann Hawkins, 9781138678590</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Race, Ethnicity and Publishing in America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, ISBN : 978-1-137-39051-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01309927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire éditoriale: The Conjure Woman de Charles Chesnutt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Editions, 2012, Les métamorphoses du livre, Dominique Varry</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01309926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bringing Books to France. Literary Agents in Cold War Transatlantic Networks (1940s-1960s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Esmaeil Haddadian-Moghaddam; Giles Scott-Smith ed. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book Diplomacy in the Cultural Cold War. Interdisciplinary perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, Brill, pp.109-128, 2025, New Perspectives on the Cold War, 978-90-04-72817-2. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004728196_006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">San Francisco sous la plume de Bret Harte – The Overland Monthly, 1868-1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Vallas, Sylvie Mathé, Richard Phelan, Hélène Christol. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">San Francisco à l'Ouest d'Eden</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires d'Aix Marseille Université</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.143-152., 2012, 9782853998123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01317844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auteur cherche éditeur : échec d’une correspondance, Jean Toomer, 1924-1947 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claudine Raynaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettres noires, L'insistance de la lettre dans la culture afro-américaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de la Méditerranée, p. 157-172. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01318009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lives of a Book: The Conjure Woman through the Ages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Nancy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracing the Contours of Literary Works</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, 2011, Book Practices and Textual Itineraries series. Collection « Regards croisés sur le monde Anglophone »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excavating original African American 'pulp fiction': W.W. Norton's Old School Books</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Spiers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Culture of the Publisher's Series, vol. 1: Authors, Publishers and the Shaping of Taste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles W. Chesnutt et la couleur de la critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arlette Frund, Claudine Raynaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Recherches Afro-américaines Transversalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Presses Universitaires François Rabelais, pp. 47-62., 2005, La Couleur du temps dans la culture afro-américaine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01317997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Every book is a gamble at best&amp;quot;: l'histoire éditoriale de The Marrow of Tradition, de Charles Chesnutt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Françoise Cachin, Claire Parfait, Roger Chartier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire(s) de Livres. Le livre et l'édition dans le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 32, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Paris 7 Denis Diderot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105-131, 2002, Cahiers Charles V</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01315279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«'He stands, first and last, for the revolt of our misled youth against every proper tradition of the land': Horace B. Liveright, éditeur incorrect »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Degott, Magali Puyjarinet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Correct/ Incorrect: Actes du 42° Congrès de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds J-P. MOUCHON – Aperçu de quelques ouvrages (I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire de pionniers – Marcel Clavel, Charles Cestre, Jean Simon et Al.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, https://anglistique.hypotheses.org/561</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OVERSEAS EDITIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/overseas-editions/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle LAPAUTRE (1931-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/michelle-lapautre-1931-2020/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles CESTRE (1871-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mathé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/charles-cestre-1871-1958/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cosmopolite (1894 – )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/la-cosmopolite-1894/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel CLAVEL (1894-1976)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/clavel-marcel-1894-1976/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Cestre (1871-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mathé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des Passeurs de la Littérature des États-Unis en France (DicoPaLitUS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel HOFFMAN (1906-1971)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/michel-hoffman-1906-1971/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denyse CLAIROUIN (1900-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/denise-clairouin/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary KLING (1936-2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/mary-kling-1936-2010/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agents littéraires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, https://www.transatlantic-cultures.org/en/catalog/agents-litteraires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview de Francis Geffard, libraire, éditeur et créateur du Festival America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Geffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://journals.openedition.org/transatlantica/22423. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.22423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Christol : enseignante-chercheuse, ou l’engagement à bonne distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01403905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avec Olivier Brossard, traduction, « G&G, dérision et mélancolie/ G&G, melancholy and making fun » Isabelle Baudino, Marie Gautheron, dir., Gilbert & George, E1, Lyon : ENS Editions, p. 142-151.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p. 142-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des études africaines américaines à l'histoire du livre transnationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Université Paris Nord (Paris 13), 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03840355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche historienne de la littérature des États-Unis, entretien avec Cécile Cottenet (Aix-Marseille Université)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Sepulveda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kexin Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cécile Cottenet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure en civilisation américaine (Etats-Unis)Aix-Marseille Université, France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cecile-cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0009-4143-1361</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">07590201X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Cottenet est Professeurede civilisation américaine (Etats-Unis) à Aix-Marseille Université,membre du  LERMA (Laboratoire d'Etudes et de Recherche sur le Monde Anglophone, UR 853).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sa recherche s'ancre dans le champ de l'histoire du livre et de l'édition. Actuellement, elle étudie la circulation transatlantique des textes littéraires, entre Etats-Unis et France, et se concentre plus particulièrement, parmi les médiateurs et intermédiaires, sur les agents littéraires. Elle est coordinatrice du Dictionnaire des passeurs de la littérature des Etats-Unis (2023- -).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle a dirigé un recueil d'articles, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Race, Ethnicity and Publishing in America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Palgrave Macmillan, 2014), et publié deux monographies: la première, en français, retrace l'histoire éditoriale du premier recueil de nouvelles de l'écrivain africain-américain Charles W. Chesnutt. (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conjure Woman de Charles W Chesnutt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, 2012). La deuxième monographie examine, dans une perspective historique, la figure de l’agent littéraire au travers de l’étude de cas de l’agence Hoffman (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Literary Agents in the Transatlantic Book Trade. American Fiction, French Rights, and the Hoffman Agency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2017).Depuis janvier 2024, elle est co-rédactrice en chef de la revue en ligne et open access, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-Rea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Elle siège également aux comités scientifiques du projet Modernist Archives Publishing Project (MAPP), et de la collection &amp;quot;Material Modernisms&amp;quot; (Palgrave Macmillan).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de Laurence Cossu-Beaumont, Deux agents littéraires dans le siècle américain. William et Jenny Bradley, passeurs culturels transatlantiques, Préface de Jean-Yves Mollier, Lyon, ENS Éditions, Coll. « Métamorphoses du livre », 2023.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et civilisation du livre - Revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review. Dan Sinykin, Big Fiction. How Conglomeration Changed the Publishing Industry and American Literature. New York: Columbia University Press, “Literature Now” series, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea (Revue électronique d’études sur le monde anglophone)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Water Jumping: Clearing Obstacles in the Negotiation of French Rights to The Black Stallion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Passeurs de la littérature des États-Unis en France, 1917-1967 (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth McHenry, To Make Negro Literature. Writing, Literary Practice, and African American Authorship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.14868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction&amp;quot;, &amp;quot;Investigating Big Magazines&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reynes-Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Tadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Periodical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5325/jmodeperistud.11.1.v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension, Elleke Boehmer, Rouven Kunstmann, Priyasha Mukhopadhyay, Asha Rogers, ed., The Global Histories of Books: Methods and Practices, New Directions in Book History series, Springer International Publishing/ Palgrave Macmillan, 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparativ. Zeitschrift für Globalgeschichte und vergleichende Gesellschaftsforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agent littéraire et l'histoire culturelle transatlantique: poursuite d'un dialogue interrompu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Etudes Américaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fais pas ta rosière! aux enchères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps Noir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 20, pp.4-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu d'ouvrage. Claire Parfait, Hélène Le Dantec-Lowry, Claire Bourhis-Mariotti, ed., Writing History from the Margins. African Americans and the Quest for Freedom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu d'ouvrage. Gustave de Beaumont, Marie ou l'Esclavage aux États-Unis, Postface de Laurence Cossu-Beaumont. Paris : Aux Forges de Vulcain (2014). e-Rea 12. 2/ 2015.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Crémieux, Xavier Lemoine, Jean-Paul Rocchi, ed.,Understanding Blackness through Performance; Contemporary Arts and the Representation of Identity (New York: Palgrave Macmillan, 2014), Transatlantica 2, 30 décembre 2014. .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.7088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">African American Street Lit’: old, new, or better (?) tricks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01318875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Publishing Diversity in South Africa and the United Kingdom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11.1, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Publishing Diversity in South Africa and the United Kingdom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, L'ordre des mots dans l'espace de la phrase, 11 (1), </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01304183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert H. Zieger, For Jobs and Freedom, Race and Labor in America since 1865 (University of Kentucky Press, 2007), (online).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troy Jackson, Becoming King, Martin Luther King Jr. and the Making of a National Leader (Lexington: University Press of Kentucky, 2011), Cercles, Revue Pluridisciplinaire du Monde anglophone (online).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publishing during the Harlem Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La clé des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nella Larsen, Clair-obscur, in La Quinzaine Littéraire, 1015, 16-31 mai 2010, p. 8.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Quinzaine littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey O.G. Ogbar, ed., The Harlem Renaissance Revisited: Politics, Arts and Letters (Baltimore: The Johns Hopkins University Press, 2010), Cercles, Revue Pluridisciplinaire du Monde Anglophone (online).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01311003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Quand la liberté de lire est menacée : la lutte de la Campaign for Reader Privacy contre l’article 215 de la loi USA PATRIOT »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, L'Amérique militante, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01318868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getting organized: US literary agents and foreign rights in the 1950s”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Book Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading and Publishing), Jul 2024, Reading, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professional sociability as control: the case of New York literary agents in the 1950s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Backstage Sociabilities in the Book and Art Markets, 17th-21st centuries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Miyamoto, L. Cossu-Beaumont (U. Sorbonne Nouvelle), M. Mencfel (U. Poznan), C. Murgia (U. de Lausanne), Nov 2024, Aubervilliers (Campus Condorcet), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vers une histoire des interactions entre agents littéraires et traducteurs, le cas de la France. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translations and transnational literary exchange</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mirna Sindičić Sabljo, Vanda Mikšić, Sep 2023, Zadar, Croatie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is an American Book?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATIONAL IDENTITY IN LANGUAGE AND CULTURE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oksana Shostak, Apr 2023, Kyiv, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literary Agents in Cold War networks: Bringing books to France, 1940s-1960s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cold War Book Diplomacy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Esmaeil Haddadian-Moghadam, Giles Scott-Smith (University of Leiden), Apr 2022, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Légitimité, Autorité, Canons / Legitimacy, Authority, Canons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Etudes Américaines, May 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Mapping and Defending a Maligned profession: Literary Agents in the United States as seen by Themselves in the Post-WWII era”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power of the Written Word</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for the History of Authorship, Reading and Publishing, Jul 2022, Amsterdam (Hollande), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel AFEA, "Canons"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and defending a maligned profession: Literary Agents in the United States as seen by themselves in the post-WWII era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP, Jul 2022, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans-Atlantic Adjustments: Circulation of texts between the USA and France and the Agenting Profession (1950s-1970s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Jul 2021, Muenster, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rights, Royalties and Idiosyncrasies: making sense of the French publishing field across the Atlantic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic Studies Association (TSA) annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TSA, Jul 2021, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cultural perspective on the transatlantic circulation of texts and books: mediators of US literature in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic Studies Association (TSA) annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TSA, Jul 2019, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How interdisciplinary can we be? Reflections on crosscutting and material form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forms across literature and the Sciences in Victorian Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nathalie Vanfasse, Ian Duncan, May 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“From first to last talks: negotiating French rights to the Black Stallion, 1949-1964”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Jul 2018, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Médiation et circulation des textes : quelques réflexions sur l’apport d’un champ interdisciplinaire, l’histoire du livre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinérances : Textes, médiations et transculturations/ Moving Texts : Mediations and Transculturations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Aveiro, Jul 2017, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Languages of the book, languages of publishing: the literary agent as dialogue facilitator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Parfait et al., Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The (French) Literary Agent and U.S. Cultural Diplomacy in the early post-World War II era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forms of Diplomacy / Formes de la diplomatie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nathalie Duclos, Nathalie Rivère de Carle (U. Toulouse Jean Jaurès), Jun 2014, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printer/ Authors 'co-partnership' in American printers' manuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"From Text(s) to Books"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nathalie Collé-Bak, Monica Latham, David Ten Eyck (U. Nancy), Jun 2012, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“'Up from the Streets': Hip-hop Literature, a Lucrative and Innovative Market from below?”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Aug 2010, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">San Francisco seen by Bret Harte - The Overland Monthly, 1868-1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Regards croisés sur San Francisco/ Mulitidisciplinary Perspectives on the City by the Bay"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hélène Christol, Sylvie Mathé, Richard Phelan, Sophie Vallas (LERMA UR 853), Mar 2009, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thes lives of Charles Chesnutt's The Conjure Woman, 1899-1993</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les vies du livre/ Lives of the Book</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Collé-Bak, Monica Latham, David Ten Eyck (U. de Nancy), Jun 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“'Excavating original African-American ‘pulp fiction’: W.W. Norton’s ‘Old School Books’”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Culture of the Publishers' Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Spiers, Institute of English Studies, Oct 2007, London, Rwanda</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auteur cherche éditeur: échec d'une correspondance, Jean Toomer, 1924-1945</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel AFEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Etudes Américaines, May 2006, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cane de Jean Toomer: lorsque le hors-texte se superpose au texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAES, May 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Campaign for Reader Privacy after 9/11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Amérique militante aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Vallas, Claire Sorin (LERMA UR 853), Mar 2005, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossing over into the mainstream: Charles W. Chesnutt's The Conjure Woman, a long road from prepublication to publication in book form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHARP Annual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHARP (Society for the History of Authorship, Reading, and Publishing), Jul 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chesnutt et la couleur de la critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de l'AFEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Etudes Américaines, May 2004, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traducteurs et agents : l’invisibilité en partage.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translations and Transnational Literary Exchange</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Zadar, Croatie. https://morepress.unizd.hr/books/index.php/press/catalog/view/149/162/3230, 2025, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15291/9789533315676.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passeurs de la littérature des États-Unis en France, 1917-1967 (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, 2023, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passeurs de la littérature des États-Unis en France, 1917-1967 (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, 2023, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.20546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Investigating Big Magazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reynes-Delobel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Tadie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Collier, Barbara Green. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Modern Periodical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Publishing Diversity in South Africa and the United Kingdom”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea, la revue électronique du LERMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11 (1), https://journals.openedition.org/erea/3013, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literary Agents in the Transatlantic Book Trade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Studies in Publishing History: Manuscript, Print, Digital, Maura Ives; Ann Hawkins, 9781138678590</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Race, Ethnicity and Publishing in America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, ISBN : 978-1-137-39051-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01309927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire éditoriale: The Conjure Woman de Charles Chesnutt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Editions, 2012, Les métamorphoses du livre, Dominique Varry</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01309926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bringing Books to France. Literary Agents in Cold War Transatlantic Networks (1940s-1960s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Esmaeil Haddadian-Moghaddam; Giles Scott-Smith ed. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book Diplomacy in the Cultural Cold War. Interdisciplinary perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, Brill, pp.109-128, 2025, New Perspectives on the Cold War, 978-90-04-72817-2. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004728196_006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">San Francisco sous la plume de Bret Harte – The Overland Monthly, 1868-1871</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Vallas, Sylvie Mathé, Richard Phelan, Hélène Christol. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">San Francisco à l'Ouest d'Eden</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires d'Aix Marseille Université</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.143-152., 2012, 9782853998123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01317844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auteur cherche éditeur : échec d’une correspondance, Jean Toomer, 1924-1947 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claudine Raynaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettres noires, L'insistance de la lettre dans la culture afro-américaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de la Méditerranée, p. 157-172. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01318009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Lives of a Book: The Conjure Woman through the Ages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Nancy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracing the Contours of Literary Works</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, 2011, Book Practices and Textual Itineraries series. Collection « Regards croisés sur le monde Anglophone »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excavating original African American 'pulp fiction': W.W. Norton's Old School Books</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Spiers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Culture of the Publisher's Series, vol. 1: Authors, Publishers and the Shaping of Taste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles W. Chesnutt et la couleur de la critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arlette Frund, Claudine Raynaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Recherches Afro-américaines Transversalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Presses Universitaires François Rabelais, pp. 47-62., 2005, La Couleur du temps dans la culture afro-américaine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01317997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Every book is a gamble at best&amp;quot;: l'histoire éditoriale de The Marrow of Tradition, de Charles Chesnutt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Françoise Cachin, Claire Parfait, Roger Chartier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire(s) de Livres. Le livre et l'édition dans le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 32, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Paris 7 Denis Diderot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.105-131, 2002, Cahiers Charles V</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01315279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«'He stands, first and last, for the revolt of our misled youth against every proper tradition of the land': Horace B. Liveright, éditeur incorrect »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Degott, Magali Puyjarinet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Correct/ Incorrect: Actes du 42° Congrès de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonds J-P. MOUCHON – Aperçu de quelques ouvrages (I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire de pionniers – Marcel Clavel, Charles Cestre, Jean Simon et Al.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, https://anglistique.hypotheses.org/561</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle LAPAUTRE (1931-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/michelle-lapautre-1931-2020/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Cestre (1871-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mathé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des Passeurs de la Littérature des États-Unis en France (DicoPaLitUS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles CESTRE (1871-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mathé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/charles-cestre-1871-1958/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cosmopolite (1894 – )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/la-cosmopolite-1894/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel CLAVEL (1894-1976)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/clavel-marcel-1894-1976/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel HOFFMAN (1906-1971)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/michel-hoffman-1906-1971/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denyse CLAIROUIN (1900-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/denise-clairouin/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary KLING (1936-2010)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/mary-kling-1936-2010/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OVERSEAS EDITIONS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des passeurs de la littérature des Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://dicopalitus.huma-num.fr/notice/overseas-editions/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agents littéraires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic Cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, https://www.transatlantic-cultures.org/en/catalog/agents-litteraires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview de Francis Geffard, libraire, éditeur et créateur du Festival America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Geffard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://journals.openedition.org/transatlantica/22423. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transatlantica.22423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04320017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Christol : enseignante-chercheuse, ou l’engagement à bonne distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.5091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01403905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avec Olivier Brossard, traduction, « G&G, dérision et mélancolie/ G&G, melancholy and making fun » Isabelle Baudino, Marie Gautheron, dir., Gilbert & George, E1, Lyon : ENS Editions, p. 142-151.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p. 142-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des études africaines américaines à l'histoire du livre transnationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Université Paris Nord (Paris 13), 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03840355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche historienne de la littérature des États-Unis, entretien avec Cécile Cottenet (Aix-Marseille Université)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cottenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Sepulveda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kexin Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62987427"/>
+    <w:nsid w:val="00369CFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-cottenet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4143-1361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07590201X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491305v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottenet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814377v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164165v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.20751" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316786v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vallas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.20685" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920628v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.14868" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215247v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reynes-Delobel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tadie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/jmodeperistud.11.1.v" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542386v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972137v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664787v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546766v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311024v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311020v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.7088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01318875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.3536" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01304183v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840357v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311012v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311004v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311000v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311003v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01318868v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814393v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04225456v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840378v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840379v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954511v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954533v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840360v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840381v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840383v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840362v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840385v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840367v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840369v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840386v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840371v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840387v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840372v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840375v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840374v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840376v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491292v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15291/9789533315676.01" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388427v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.20546" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04162476v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215266v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04225460v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546774v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Literary-Agents-in-the-Transatlantic-Book-Trade-American-Fiction-French/Cottenet/p/book/9781138678590" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01309927v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.palgrave.com/us/book/9781137390516" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01309926v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133386v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004728196_006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01317844v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses-universitaires.univ-amu.fr/san-francisco-a-louest-deden" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01318009v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310052v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840358v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01317997v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01315279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris-diderot.fr/ufr_anglo/pg.php?bc=CHVP&amp;amp;page=ficheNumRevue&amp;amp;num=32" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542416v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542402v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380295v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380203v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380324v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Math&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380283v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380310v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04401416v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380218v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380244v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380190v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215289v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Geffard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.22423" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01403905v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5091" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310995v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03840355v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04836592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-cottenet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4143-1361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07590201X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491305v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottenet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814377v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164165v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.20751" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316786v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vallas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.20685" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920628v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.14868" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215247v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reynes-Delobel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tadie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5325/jmodeperistud.11.1.v" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542386v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972137v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664787v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546766v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311024v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311020v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.7088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01318875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.3536" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01304183v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311012v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311004v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311000v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311003v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01318868v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814393v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225449v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04225456v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840379v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954511v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954533v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840360v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840378v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840381v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840383v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840362v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840385v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840367v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840369v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840386v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840371v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840387v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840372v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840375v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840374v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840376v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491292v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15291/9789533315676.01" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04162476v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.20546" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215266v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04225460v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546774v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Literary-Agents-in-the-Transatlantic-Book-Trade-American-Fiction-French/Cottenet/p/book/9781138678590" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01309927v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.palgrave.com/us/book/9781137390516" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01309926v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133386v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004728196_006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01317844v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses-universitaires.univ-amu.fr/san-francisco-a-louest-deden" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01318009v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310052v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840358v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01317997v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01315279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris-diderot.fr/ufr_anglo/pg.php?bc=CHVP&amp;amp;page=ficheNumRevue&amp;amp;num=32" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542416v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542402v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380203v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04401416v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Math&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380324v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380283v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380310v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380218v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380244v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380190v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380295v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215289v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Geffard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.22423" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01403905v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.5091" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310995v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03840355v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04836592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>