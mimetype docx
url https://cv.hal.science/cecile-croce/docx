--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -132,8819 +132,9405 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Dans le sillage de l’Ocean art »</w:t>
+                <w:t xml:space="preserve">Décoloniser la pensée esthétique. L’art comme agent de décolonialité du savoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Art &amp; décolonialité, 43, pp.63-76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407861v1</w:t>
+                <w:t xml:space="preserve">hal-05554637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« “Matière constante”, une réalisation artistique de sensibilité scientifique » (Entretien)</w:t>
+                <w:t xml:space="preserve">« Bioesthétique océane de l’art (I) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Saison 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05402741v1</w:t>
+                <w:t xml:space="preserve">hal-05402737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Mer et paix »</w:t>
+                <w:t xml:space="preserve">« Bioesthétique océane de l’art (II) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penser et représenter la paix</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Saison 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407854v1</w:t>
+                <w:t xml:space="preserve">hal-05402739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Corps hybride, ADN d’Organo »</w:t>
+                <w:t xml:space="preserve">« ASAPS. Arts &amp; Sciences en écologie sous-marine »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale Organo Corps et arts Visuels 2011-2023</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Saison 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407849v1</w:t>
+                <w:t xml:space="preserve">hal-05402735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Carnet de bord Pré-site. ENC en projet »</w:t>
+                <w:t xml:space="preserve">Arachné et les Moires. L’art (du tissage) comme crime (collectif)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Moi, Nous, Elles. Les Nouvelles Chimères, 42, p.63-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407879v1</w:t>
+                <w:t xml:space="preserve">hal-04967681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Dossier labo. Le MICA : une unité de recherche au carrefour de l’information, la communication, les médiations et les arts »</w:t>
+                <w:t xml:space="preserve">« Le malentendu des inattendus de la création »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A contrario. Revue interdisciplinaire de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Le Malentendu/L’Inattendu (n° 37), p. 161-179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser en trilobite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Répertoire Précieux des Formes- Saison 4 (spéciale Forum RPF)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’emprise revisitée au black mirror des RSN »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychanalyse et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 01, p. 137-146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hétérotopies de crise ou crise des hétérotopies. Approche mythanalytique de l’art-performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ligeia, dossiers sur l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Art et Mythanalyse, 209, p. 94-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’œuvre comme méta-corps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Estado da Arte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04576989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question esthétique de la reconnaissance des artistes-acteurs en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le sociographe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Accéder à la scène. Enjeux de la professionnalisation des artistes en situation de handicap, 16, pp.205-218</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’atelier-monde fait œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ligeia, dossiers sur l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, L'atelier comme oeuvre, 205-208, pp.34-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art face aux populations d’images : Marilyn, Paper Woman, Chelsea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Estado da Arte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04576985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dimension activiste de l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, L’activisme artistique, 40, pp.63-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les adieux à « la Joconde ». De la peinture au living art : le regard comme geste »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Le geste à l’ère des nouvelles technologies, an. 2, saison 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'exposition du futur. Enjeux esthétiques de la médiation culturelle artistique revisitée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du queer à l’esthétique : les chemins de traverses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balcons. Devenirs numériques des rapports sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">« Ruses de l’art »</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne de Thoury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pandémie : la conscience douloureuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les arts sont toujours premiers</w:t>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">Cecile Croce</w:t>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art, science et technologie : un trio trop parfait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/astasa2020/art2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pandémie : la conscience douloureuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...129 lines deleted...]
-                <w:t xml:space="preserve">Cecile Croce</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, HS, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.9391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La science (du savoir-rire) infuse de l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le savoir-rire de l'art, 37, pp.223-237</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santé mentale et création : une mutation des représentations esthétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les cahiers du journalisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La santé mentale dans les médias, Série 2 (3), pp.65-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31188/CaJsm.2(3).2019.R065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Savoir-Rire s’expose (suivi de : Présentation et entretiens avec Dominique Etna Corbal et Frédéric Sicard)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le savoir-rire de l'art, 37, pp.329-360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les 400 coups au féminin. Esthétique éducative comparée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education comparée. Revue de recherche internationale et comparative en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Mauvaises fille en littérature jeunesse. Education et rééducation en question (s), 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les chaînes dorées de Protée sous les feux des transexpériences artistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Le devenir-cyborg du monde, 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Promouvoir la diversité dans le secteur culturel : Le livre blanc du Collège de la Diversité. Lecture analytique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Droits culturels et lutte contre les discriminations</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le 4ème œil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Art et design : une histoire d’humour, 34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, L'art des villes, 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esquisses corporelles de la ville… D’OCCASION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, L'art des villes, 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ère de la création ? Approche psychanalytique du XXIe siècle à travers la pensée artistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essais : revue interdisciplinaire d'Humanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.17-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le confort en question : empêchement et cruauté, in Le design dans l'art contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La beauté en meurtrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29, pp.252-261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immersions – de sang et de corps mêlés. Modalités immersives et modes d’existence du Moi de l’art à la technologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26, pp.349-358</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transexualités, transidentités, transgenres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PsychoMédia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46, pp.59-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imagination, imaginaire, imaginal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...355 lines deleted...]
-                <w:t xml:space="preserve">hal-05407891v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ostermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PsychoMédia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47, pp.65-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enflure fantasmatique et décrispation politique : esthétique du design des sex toys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25, pp.241-256</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'un monde l'autre. De la traduction à la transformation interfacielle de l'øeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, L'image artistique à l'ère de la reproduction numérique : sémiotique visuelle et interfaces, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rin.2.57-76⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’un monde l’autre : de la traduction à la transformation interfacielle de l’œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2, pp.245-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rin.2.57-76⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand l’art investit le corps migrant : la fabrique du réel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Corps en relations interethniques : migrations, identifications et hiérarchies sociales, 1 (10), pp.193-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/corp1.010.0193⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lettre égarée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16, pp.167-188</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01806046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nos doudous sont-ils des collabos ? », In Animaux d'artistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nos doudous sont-ils des collabos ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Animaux d’artistes, 8, p. 219 à 236</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voir enfin. La tentation pornographique de l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Nude or naked, Erotiques ou pornographies de l’art, 4, p. 211 à 227</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voir enfin. La tentation pornographique de l'art », in Nude or naked, Erotiques ou pornographies de l'art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scènes de l'art : le regard hors les murs », in Art de la mise en scène, mise en scène de l'art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scènes de l’art : le regard hors les murs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Art de la mise en scène, mise en scène de l’art, 3, p. 179 à 185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le feu de l’œuvre. Le sublime et le beau dans la sublimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, Critères et enjeux du jugement de goût, 2, p. 305 à 316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le feu de l'øeuvre. Le sublime et le beau dans la sublimation », In Critères et enjeux du jugement de goût</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cadres et marges dans la psychanalyse de l'angoisse. L'insoutenable liberté de l'être », in Cadres et marges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rhétoriques des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans les soupirs de Gradiva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, A corps perdu, p. 167 à 175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans les soupirs de Gradiva, in A corps perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand l'art se mêle au monde : un bain de jouvence pour la série », in Suites et séries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rhétoriques des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vague à l’âme, mal en pli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, Plis, 1, p. 151 à 159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vague à l'âme, mal en pli », in Plis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Intersections aux confins de l’Art et du Design »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque Art et Design. Territoires partagés. Résonances et tensions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, colloque Art et Design. Territoires partagés. Résonances et tensions, Nov 2025, Tunis (Tunisie), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La question de l’innovation en recherche-création à partir de VIV’Océan, terrain d’un projet en arts &amp;sciences et société »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Innovation 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau de Recherche sur l'Innovation, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Intersections aux confins de l’Art et du Design »</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école obsolète. Art et IA. La question de l'empowerment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque Art et Design. Territoires partagés. Résonances et tensions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, colloque Art et Design. Territoires partagés. Résonances et tensions, Nov 2025, Tunis (Tunisie), France</w:t>
+              <w:t xml:space="preserve">La pédagogie à l’ère du numérique. Les entraves et les enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Université de Sfax, Tunisie. pp.95-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'image-écran : Les foules virtuelles écraniques d'Andréas Gursky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image et écran, Création et univers numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Université de Tunis, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L'art de l'imposture »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum International Humanités, Cultures et Transitions Numériques (HCTN 03-2021), L'imposture dans les savoirs, la littérature et les arts. Discours et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tunis, May 2021, Tunis, Tunisia. p. 47-64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fondements d’une animation socioculturelle créative dans un contexte médiatique socio numérique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’animation socioculturelle professionnelle : acteurs et enjeux contemporains, pour quelles perspectives ?,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAT, Jan 2022, Bordeaux, France. p. 351-362</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L'image intelligente : La mimésis à l'épreuve de la virtualité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Intelligence Artificielle de l'image. Consommation, Education et Création, Forum HCTN 04-2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tunis, May 2022, Tunis, Tunisie. p. 09-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'œuvre d'art comme construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Time world « La construction »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">4 hypothèses de composition des Nouvelles Chimères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L’école obsolète. Art et IA. La question de l'empowerment</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Moi, Nous, Elles. Les Nouvelles Chimères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang the DJ : Esthétiques écraniques et Dystopies du Moi ; et préface : Autodétermination informationnelle et techniques numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanités et cultures à l'épreuve du tournant numérique. Discours et créativité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Sfax, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porosité des genres et diffusion queer de l’esthétique bishonen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Castillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QueeRriser l’esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art et connaissances : la question de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans l'animation et dans la recherche : Expérimentations artistiques. Quelles interactions pour quelles transformations ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiations artistiques et activations sociétales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médiation et remédiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche par l’art en 7 Joconde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La pédagogie à l’ère du numérique. Les entraves et les enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Université de Sfax, Tunisie. pp.95-106</w:t>
+              <w:t xml:space="preserve">Art, Recherche, Animation. Dans l’animation et dans la recherche : expérimentations artistiques. Quelles interactions pour quelles transformations ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le médianimateur de l’art contemporain. La question du public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04572423v1</w:t>
-[...51 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Animation Socioculturelle : quels rapport à la Médiation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Bordeaux, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cse.868⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISIAT, Jan 2022, Bordeaux, France. p. 351-362</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immersion fictionnelle du jeu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Immersum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Tunis, May 2021, Tunis, Tunisia. p. 47-64</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang the DJ. Esthétiques écraniques et Dystopies du Moi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Humanités et Cultures à l’épreuve du Tournant Numérique (Forum HCTN’01-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Sfax, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Tunis, May 2022, Tunis, Tunisie. p. 09-27</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La musicalité faite œuvre : de l’iconographie du mythe bachique à l’ivresse de la peinture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne de Thoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Pédelaborde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre extase et inspiration. Le vin et la musique dans le arts visuels=Between ecstasy and inspiration. Wine and music in the visual arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voir et sentir ; Lectures de peintures ; Illusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cycle de 3 conférences Ateliers d’analyse d’image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Béziers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiffrer la peau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Moi, Nous, Elles. Les Nouvelles Chimères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2020, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Seconde peau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récits en randonnée, répétition et circularité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités et cultures à l'épreuve du tournant numérique. Discours et créativité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Sfax, Tunisie</w:t>
+              <w:t xml:space="preserve">Autour de l’album pour la jeunesse. Jeux et enjeux des littératures graphiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femme à fleur de peau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Talence, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approche théorique sur l’exposition Moi/Femme/Encore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaginaires noirs du symbolisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médiation et remédiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Pessac, France</w:t>
+              <w:t xml:space="preserve">Fantastique ! L’estampe visionnaire de Goya à Redon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthropologie et anthropotechniques de l’auto-design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dans l'animation et dans la recherche : Expérimentations artistiques. Quelles interactions pour quelles transformations ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Anthropotechnique de l’auto-design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collection, art contemporain, addiction et pulsion de savoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A l’intérieur de soi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Animation Socioculturelle : quels rapport à la Médiation ?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée d’Etude Monstruosités et design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Pessac, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheminements en direction de l’art des villes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immersum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">L'art des villes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arts urbains et interventions artistiques dans l’espace public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Humanités et Cultures à l’épreuve du Tournant Numérique (Forum HCTN’01-2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Sfax, Tunisie</w:t>
+              <w:t xml:space="preserve">Arts Urbains -U-Topos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’animal en scène – Quand l’art contemporain soulève des lièvres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’animal en art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Dieppe, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question du corps dans la création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seconde peau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">séminaire Création, production, expérience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art à l’épreuve du genre et des sexualités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">cycle de 3 conférences Ateliers d’analyse d’image</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Béziers, France</w:t>
+              <w:t xml:space="preserve">genres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les derniers outrages au théâtre de l’impossible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autour de l’album pour la jeunesse. Jeux et enjeux des littératures graphiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Pau, France</w:t>
+              <w:t xml:space="preserve">Colloque Réflexions sur une esthétique de l’outrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Université de Strasbourg, France. pp.9-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fabrique des garçons détricotée dans la transculture manga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approche théorique sur l’exposition Moi/Femme/Encore</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque la fabrique des garçons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Conseil Général de la Gironde, Bordeaux, France. pp.251-268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.msha.1095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les artistes et la ville en création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fantastique ! L’estampe visionnaire de Goya à Redon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Les imaginaires de la ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epilogue psychanalytique : l’œuvre d’art aux prises avec la psychanalyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Pessac, France</w:t>
+              <w:t xml:space="preserve">Colloque L'en-deçà des images. Cinéma, psychanalyse, création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, INHA, France. pp.297-303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeunesse italienne en images : actualités de Bruno Munari, Leo lionni, Enzo et Iela Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’Etude Monstruosités et design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Pessac, France</w:t>
+              <w:t xml:space="preserve">Journée d’Etudes Voyage en littérature italienne pour la jeunesse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les imaginaires des albums. Une aire culturelle pour l’adulte et pour l’enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropotechnique de l’auto-design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Pessac, France</w:t>
+              <w:t xml:space="preserve">Journée Professionnelle L’art de l’illustration jeunesse : de l’image à l’imaginaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Le Bouscat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les éditions du Père Castor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'art des villes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Le Père castor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Floirac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transsexualité, transidentité, transgenre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arts Urbains -U-Topos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée Trans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les corps de Méduse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’animal en art</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Dieppe, France</w:t>
+              <w:t xml:space="preserve">Colloque Présence et usages du mythe dans le roman français et francophone depuis les années 50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Université Paris 3, Paris, France. pp.37-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le corps en territoires : actions artistiques et gestes psychiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire Création, production, expérience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Talence, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Corps et territoires : représentations du corps et structures sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mises en jeux fantasmatique du design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Réflexions sur une esthétique de l’outrage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Université de Strasbourg, France. pp.9-22</w:t>
+              <w:t xml:space="preserve">table ronde Design et art contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pensée artistique performative du genre dans l’espace urbain d’aujourd’hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">genres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Transverses Ville et Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">12 interrelations entre la psychanalyse et l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque la fabrique des garçons</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'art et la psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Arles, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’album dans le développement de l’enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Les imaginaires de la ville</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Pessac, France</w:t>
+              <w:t xml:space="preserve">Journée Petite Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mon genre de sexualité, et ma sexualité de genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque L'en-deçà des images. Cinéma, psychanalyse, création</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Paris, INHA, France. pp.297-303</w:t>
+              <w:t xml:space="preserve">Genre et sexualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Gradignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art dans la rue, art de la rue, art de rue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’Etudes Voyage en littérature italienne pour la jeunesse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Arts de la rue. Corps outsider, art outsider ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les albums qui dérangent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Professionnelle L’art de l’illustration jeunesse : de l’image à l’imaginaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Le Bouscat, France</w:t>
+              <w:t xml:space="preserve">Les albums qui dérangent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derrière l’âme de Vulcain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Père castor</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Floirac, France</w:t>
+              <w:t xml:space="preserve">Colloque Le saisissement créateur. Autour de l’œuvre théorique de fictionnelle de Michel de M’Uzan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, INHA, Paris, France. pp.273-285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques artistiques et pratiques d’animation : la portée du champs élargi des arts plastiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Présence et usages du mythe dans le roman français et francophone depuis les années 50</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Université Paris 3, Paris, France. pp.37-44</w:t>
+              <w:t xml:space="preserve">Colloque Projets culturels et participation citoyenne. Quelle place pour l’animation professionnelle ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, IUT de Gradignan, France. pp.75-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’image cannibale. Stratégies d’affrontement à l’aune du regard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Trans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque Les images de l’affrontement. Stratégies textuelles et iconiques de la cruauté, de la jalousie et de la chute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, INHA, Paris, France. pp.65-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cadres et marges dans la psychanalyse de l’angoisse. L’insoutenable liberté de l’être</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Corps et territoires : représentations du corps et structures sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">Cadres et marges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1993, Pau, France. p. 87 à 103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand l’art se mêle du monde : un bain de jouvence pour la série</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">table ronde Design et art contemporain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Pessac, France</w:t>
+              <w:t xml:space="preserve">Suites et séries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CICADA, Dec 1992, Pau, France. p. 87 à 103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...758 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Bioesthétique océane de l’art (I) »</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “Matière constante”, une réalisation artistique de sensibilité scientifique » (Entretien)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Dans le sillage de l’Ocean art »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://www.artshebdomedias.com/article/dans-le-sillage-de-locean-art/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Mer et paix »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser et représenter la paix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://www.artshebdomedias.com/article/mer-et-paix/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Corps hybride, ADN d’Organo »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biennale Organo Corps et arts Visuels 2011-2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, p.16-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Dossier labo. Le MICA : une unité de recherche au carrefour de l’information, la communication, les médiations et les arts »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Liquète</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Ruses de l’art »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les arts sont toujours premiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://www.artshebdomedias.com/article/ruses-de-lart/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Couleur et compossibilités. ENC-ISS »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://encyclopedienumeriquedescouleurs.com/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Carnet de bord Pré-site. ENC en projet »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://encyclopedienumeriquedescouleurs.com/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des formes pour que vive le précieux océan&amp;quot; (compte-rendu collectif coordonné par A. Boucherifi : D. Allemand, A. Arellano, A. Boucherifi, B. Brunel, C. Croce, I. Diaw, T. Drozd, S. Guyot, O. Kisseleva, L. Londeix, C. Pascal, B. Peyrano, S. Sagot, G. Theulière)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Boucherifi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La science à l’épreuve avec Blandine Laperche »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Dialogue entre arts et sciences : Naturalis Causa »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Laperche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Corps Urbains puissance 4 » (partie 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://www.astasa.org/2023/12/28/corps-urbains-puissance-4-2/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, « ‘’Patrimoine, industrie et infrastructure’’ : univers de création. Carte Blanche à Jean de Giacinto »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://www.astasa.org/2023/12/28/patrimoine-industrie-et-infrastructure-carte-blanche-a-jean-de-giacinto/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Corps Urbains puissance 4 » (Partie 1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://www.astasa.org/2023/12/28/corps-urbains-puissance-4-1/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peak of crisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Milky Way. How can Art fix the world ? catalog, project by curator Taisiya Polishchuk, artist Olga Kisseleva and designer Tatiana Drozd, La Biennale di Venezia,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, p. 16-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Peak of crisis”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Milky Way. How can Art fix the world ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversité sous-marine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">saisons 1, 2, 3 et 4 (2024-2025), 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métavers, IA, NFT … où est l’art ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Saison 4</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">« ASAPS. Arts &amp; Sciences en écologie sous-marine »</w:t>
+              <w:t xml:space="preserve">, 2023, saison 3, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversité sous-marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Saison 2</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">« Bioesthétique océane de l’art (II) »</w:t>
+              <w:t xml:space="preserve">, 2024, saison 4, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métavers, IA, NFT … où est l’art ?&amp;quot; ; &amp;quot;Spéciale Forum RPF&amp;quot; ; &amp;quot;Biodiversité sous-marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Saison 4</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Arachné et les Moires. L’art (du tissage) comme crime (collectif)</w:t>
+              <w:t xml:space="preserve">, S2, S3, S4 (2023-2024) et S1 (2024-2025), 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sens à l’œuvre dans l’art contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">« Le malentendu des inattendus de la création »</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023 : Saison 4, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le geste à l’ère des nouvelles technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...134 lines deleted...]
-                <w:t xml:space="preserve">Cecile Croce</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Répertoire Précieux des Formes- Saison 4 (spéciale Forum RPF)</w:t>
-[...3353 lines deleted...]
-                <w:t xml:space="preserve">hal-02649809v1</w:t>
+              <w:t xml:space="preserve">, Saison 2, 3, 4 (2021-2022), 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« NFT »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots de demain. Un dictionnaire des combats d’aujourd’hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8954,2338 +9540,2214 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le politique comme geste de l’art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">X. Lambert dir. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialectique et création. L’art comme fait politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 97-118, 2024, Ouverture philosophique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’adolescence de l’art. Approche psychanalytique de l’art en dé-jeu de société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’art de la performance : studies ou boîte à outils</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des randonnées à deux têtes. Deux têtes et un corps chantant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littérature de jeunesse au présent. Genres graphiques en question (s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le médianimateur de l'art contemporain. La question du public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Animation Socioculturelle : quels rapport à la Médiation ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.cse.868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02519942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pli esthétique. L’intime à l’épreuve créative de la performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mons, Alain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interfaces de l'intime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des Sciences de l'Homme d'Aquitaine, pp.149--166, 2016, 978-2-85892-461-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ville numérique et espace corporel psychique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cormerais, Franck and Gilbert, Jacques. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poétique(s) du numérique : Imaginaire et scènes nouvelles des villes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, l'Entretemps éditions, pp.155--167, 2015, 978-2-35539-179-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique des garçons détricotée dans la transculture manga ou : Pour en finir avec un Complexe de castration qui finit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Ayrial; Yves Raibaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour en finir avec la fabrique des garçons : à l'école</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des sciences de l'homme d'Aquitaine, pp.251--268, 2014, 978-2-85892-433-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.msha.1095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epilogue psychanalytique : l’œuvre d’art aux prises avec la psychanalyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chantoiseau, Jean-Baptiste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'en-deçà des images: autour de l'oeuvre de Murielle Gagnebin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Champ Vallon, pp.296--303, 2014, 978-2-87673-961-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créer la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tozzi, Pascal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'animation socioculturelle, quelle place dans le projet urbain ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carrières Sociales Editions, pp.423--437, 2014, 978-2-9541390-9-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.cse.270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les corps de Méduse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chances du roman. Charmes du mythe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les derniers outrages au théâtre de l'impossible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une esthétique de l'outrage ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derrière l'âme de Vulcain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Michel de M'Uzan ou le saisissement créateur. Autour de l'øeuvre théorique et fictionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences de l'art et l'animation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Di Meo, Guy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L' animation sociale et socioculturelle: une interaction permanente entre formation et recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carrières sociales éd., pp.111-116, 2010, 978-2-9541390-1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques artistiques et pratiques d'animation : la portée du champ élargi des arts plastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Projets culturels et participation citoyenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'image cannibale. Stratégies d'affrontement à l'aune du regard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'affrontement et ses images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enigmatiques erosgraphies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Karl Lakolak. Erosgraphies d’incorporelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Everland, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’art transgenre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Claude Gillet; Yves Raibaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mixité, parité, genre dans les métiers de l’animation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.49-59, 2006, 2-296-01898-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la chimère au sphinx. Le monstrueux familier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps, Art et Société. Chimères et utopies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 57 à 78, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (13)</w:t>
+        <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moi, Nous, Elles. Les Nouvelles Chimères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Connectif Plateforme Créative E. Kanso Et C. Herrera Nolorve</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Herrera Norlove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elissar Kanso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collectif Plateforme Créative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Bordeaux Montaigne. PUPPA, Revue d’études esthétiques Figures de l’art (n°42), pp.9-15, 2024, direction du numéro et avant-propos (p.9-15), cosigné par Cécile Croce, E. Kanso et C. Herrera Nolorve, 324 pages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Métavers, IA, NFT … où est l’art ?&amp;quot; ; &amp;quot;Spé RPF&amp;quot; ; &amp;quot;Biodiversité sous-marine</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spé Organo&amp;quot;, &amp;quot;Les sens à l’œuvre dans l’art contemporain&amp;quot;, &amp;quot;Spé Corps Urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Université Bordeaux Montaigne. SCML Médias, S2, S3, S4 (2023-2024) et S1 (2024-2025), 2024, Direction de l'année 2024 des 4 saisons ASTASA : C. Croce et M-L. Desjardins</w:t>
+              <w:t xml:space="preserve">Université Bordeaux Montaigne. SCML Médias, Saisons 2, 3, 4 (2022-2023) et 1 (2023-2024) ASTASA, 2023, Direction des 4 saisons 2023 : C. Croce et M-L. Desjardins</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Spé Organo&amp;quot;, &amp;quot;Les sens à l’œuvre dans l’art contemporain&amp;quot;, &amp;quot;Spé Corps Urbains</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QueeRriser l’esthétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lafargue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art, Recherche et Animation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Crenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carrières Sociales Éditions. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art face à la pandémie&amp;quot;, &amp;quot;Le geste à l’ère des nouvelles technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Université Bordeaux Montaigne. SCML Médias, Saisons 2, 3, 4 (2022-2023) et 1 (2023-2024) ASTASA, 2023, Direction des 4 saisons 2023 : C. Croce et M-L. Desjardins</w:t>
+              <w:t xml:space="preserve">Université Bordeaux Montaigne. SCML Médias, Saisons 2,3, 4 (2020-2021), Saison 1 (2021-2022), 2021, Direction des 4 saisons 2021 : C. Croce et M-L. Desjardins</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le geste à l’ère des nouvelles technologies&amp;quot;, &amp;quot;Les sens à l’œuvre dans l’art contemporain</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art, Recherche, Animation. Dans l’animation et dans la recherche : expérimentations artistiques. Quelles interactions pour quelles transformations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Crenn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hors Saisons&amp;quot; ASTASA, &amp;quot;L’art face à la pandémie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Desjardins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Université Bordeaux Montaigne. SCML Médias, Saison 2, 3, 4 (2021-2022) et 4 (2022-2023), 2022, Direction des 4 saisons 2022 ASTASA : C. Croce et M-L. Desjardins</w:t>
+              <w:t xml:space="preserve">Université Bordeaux Montaigne. SCML Médias, HS et S1 (2020-2021), 2020, Direction du volet des Hors Saisons d'ASTASA et de la Saison 1 2020 : C. Croce et M-L. Desjardins</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Cecile Croce</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'art des villes, Revue d'études esthétiques Figures de l'art n°31</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUPPA, pp.368, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Performance et psychanalyse: expérimenter et (de)signer nos vies ; suivi de Le moi en jeu : réflexions annexes à la question du processus de création en partage à travers six exemples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lafargue</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ostermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">l'Harmattan, 2015, 978-2-343-06037-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Chantal Crenn</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vie d'une oeuvre : Guillaume Toumanian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Toumanian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Trinome, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Psychanalyse de l’art symboliste pictural. L’art, une erosgraphie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Croce Croce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Carrières Sociales Éditions. 2021</w:t>
+              <w:t xml:space="preserve">Champ Vallon, 297 p, 2004, col. L’or d’Atalante</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...511 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId187"/>
+      <w:footerReference w:type="default" r:id="rId194"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11432,51 +11894,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mica.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://encyclopedienumeriquedescouleurs.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407861v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Croce" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402741v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407854v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407849v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407879v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407898v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407873v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407876v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407903v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Boucherifi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407870v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407866v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Laperche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407885v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407884v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407882v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061454v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407891v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402749v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402744v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572423v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572419v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407843v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061441v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061449v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061457v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507215v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Croce Croce" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970200v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Castillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507212v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503683v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466384v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457268v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cse.868" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503736v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503727v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503716v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne de Thoury" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy P&#233;delaborde" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503743v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503756v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503768v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503774v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503761v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508256v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508257v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503787v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508259v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503799v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508494v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508487v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805596v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508491v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805598v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.msha.1095" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508492v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805597v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508260v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508495v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508501v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805609v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508499v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508507v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508504v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508503v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507220v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508505v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508511v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508508v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508509v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805689v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805690v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805702v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508566v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508565v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402737v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402735v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402739v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967681v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402742v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402729v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967701v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967712v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572415v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572416v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576989v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576985v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572413v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061437v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466374v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466385v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466379v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466380v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970206v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/astasa2020/art2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970191v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.9391" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457122v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457252v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31188/CaJsm.2(3).2019.R065" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457248v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457260v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457257v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457264v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457272v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457241v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457238v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805944v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519992v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805954v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805965v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805966v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805964v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ostermann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805984v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649676v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rin.2.57-76" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805986v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507221v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.010.0193" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806046v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508550v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649772v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508552v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649798v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649801v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508558v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649805v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649807v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508561v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649806v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649810v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508564v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649809v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407892v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967736v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466370v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466382v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519942v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805295v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805315v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805348v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805364v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805366v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cse.270" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649675v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649688v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649687v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805395v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649717v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649722v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507222v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507234v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508555v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407911v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connectif Plateforme Cr&#233;ative E. Kanso Et C. Herrera Nolorve" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407919v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Desjardins" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407920v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407925v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466388v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lafargue" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922383v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Crenn" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407933v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407937v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466386v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519977v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805316v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805317v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toumanian" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508546v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mica.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://encyclopedienumeriquedescouleurs.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05554637v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Croce" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402737v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402739v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402735v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967681v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402742v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967701v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402729v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967712v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576989v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572416v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572415v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576985v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572413v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061437v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466374v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466385v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466379v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne de Thoury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466380v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970206v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Croce Croce" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/astasa2020/art2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970191v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.9391" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457122v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457252v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31188/CaJsm.2(3).2019.R065" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457248v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457257v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457264v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457272v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457241v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457238v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805944v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519992v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805954v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805966v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805965v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805964v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ostermann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649676v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rin.2.57-76" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805986v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507221v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.010.0193" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806046v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649772v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508550v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508552v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649798v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649801v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508557v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508558v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649805v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649806v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508561v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649807v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649810v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508564v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649809v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402744v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402749v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572423v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572419v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061441v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407843v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061449v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061457v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507215v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970200v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507213v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Castillon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503683v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507212v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466384v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457268v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cse.868" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503736v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503727v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503716v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy P&#233;delaborde" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503756v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503743v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503768v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503774v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503761v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503787v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508256v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508257v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508259v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503799v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508494v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508487v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508491v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805596v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805598v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.msha.1095" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508492v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805597v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508260v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508495v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508501v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508499v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805609v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508507v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508504v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507220v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508503v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508505v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508511v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508508v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508509v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805689v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805690v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805702v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508566v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508565v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402741v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407861v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407854v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407849v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407898v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407873v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407876v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407879v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407903v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Boucherifi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407870v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407866v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Laperche" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407884v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407885v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407882v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061454v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407891v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555792v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Desjardins" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555757v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555775v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407919v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556815v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407925v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407892v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967736v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466370v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466382v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519942v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805295v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805315v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805348v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805364v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805366v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cse.270" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649675v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649688v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649687v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805395v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649717v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02649722v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507222v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507234v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508555v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407911v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Herrera Norlove" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissar Kanso" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Plateforme Cr&#233;ative" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407920v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466388v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lafargue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922383v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Crenn" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407933v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03466386v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407937v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519977v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805316v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805317v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toumanian" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508546v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>