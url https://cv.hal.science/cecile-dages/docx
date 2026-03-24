--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -351,689 +351,689 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05192397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of quasi-steady ponded infiltration under contrasting plant cover and management strategies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A conceptual framework for landscape-based environmental risk assessment (ERA) of pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Rudi</w:t>
+                <w:t xml:space="preserve">Jose Tarazona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mercedes de Alba-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil and Tillage Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.still.2023.105985⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 191, pp.108999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2024.108999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04405408v1</w:t>
+                <w:t xml:space="preserve">hal-04694112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of a pesticide fate model for predicting multi-year surface runoff contamination in a Mediterranean vineyard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 906, pp.167357. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A conceptual framework for landscape-based environmental risk assessment (ERA) of pesticides</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carole Bedos</w:t>
+                <w:t xml:space="preserve">Dynamics of quasi-steady ponded infiltration under contrasting plant cover and management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vinatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Benoit</w:t>
+                <w:t xml:space="preserve">Gabrielle Rudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Bertrand</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 191, pp.108999. </w:t>
+              <w:t xml:space="preserve">Soil and Tillage Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 237, pp.105985. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2024.108999⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.still.2023.105985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694112v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04405408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PITCH: A model simulating the transfer and retention of pesticides in infiltrating ditches and channel networks for management design purposes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ADDI-Spraydrift: A comprehensive model of pesticide spray drift with an assessment in vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Djouhri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Douzals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.164602⟩</w:t>
+              <w:t xml:space="preserve">Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 231, pp.57-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2023.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04178090v1</w:t>
+                <w:t xml:space="preserve">hal-04178020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADDI-Spraydrift: A comprehensive model of pesticide spray drift with an assessment in vineyards</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PITCH: A model simulating the transfer and retention of pesticides in infiltrating ditches and channel networks for management design purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Douzals</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosystems Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 231, pp.57-77. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 891, pp.164602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biosystemseng.2023.05.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.164602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04178020v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04178090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fully automated and generic spatial discretization procedure for cultivated landscapes with human-made landscape elements</w:t>
               </w:r>
@@ -1521,51 +1521,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifunctionality of agricultural channel vegetation : A review based on community functional parameters and properties to support ecosystem function modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Rudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1694,51 +1694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatja Samouëlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Coulouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marthe Lanoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1841,51 +1841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Zitouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Coulouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vadose Zone Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17 (1), </w:t>
@@ -2051,157 +2051,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01846379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of maintenance operations on the seasonal evolution of ditch properties and functions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Vinatier</w:t>
+                <w:t xml:space="preserve">Evolution des contaminations du sol et des eaux en intrants phytosanitaires sur du long terme : l'exemple du cuivre et des désherbants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Negro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Water Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 285, pp.32-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01591538v1</w:t>
+                <w:t xml:space="preserve">hal-02618073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using fluorescent dyes as proxies to study herbicide removal by sorption in buffer zones</w:t>
               </w:r>
@@ -2285,135 +2263,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des contaminations du sol et des eaux en intrants phytosanitaires sur du long terme : l'exemple du cuivre et des désherbants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Negro</w:t>
+                <w:t xml:space="preserve">Impact of maintenance operations on the seasonal evolution of ditch properties and functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vinatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Voltz</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agricultural Water Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 193, pp.191-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agwat.2017.08.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02618073v1</w:t>
+                <w:t xml:space="preserve">hal-01591538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aménager le territoire et gérer les aménagements : les zones tampons sèches et humides, les fossés pour lutter contre les pollutions diffuses par les produits phytosanitaires dans les aires de captage.</w:t>
               </w:r>
@@ -2542,51 +2542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Negro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3035,51 +3035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatja Samouëlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Negro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronika Storck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3691,51 +3691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Guillaume Lacas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Huttel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Negro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 22 (18), pp.3555-3563. </w:t>
@@ -4082,894 +4082,890 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of spatial distribution of small farm reservoirs on their cumulative hydrological impacts in a small agricultural catchment: a modeling exploration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation des sols spécifiques à l’environnement des fossés agricoles en Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Raclot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Lechevallier</w:t>
+                <w:t xml:space="preserve">Julien Fouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Molénat</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Thiesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">17. Journées d’Étude des Sols (JES 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association franaçaise d'étude des sols; Société suisses de pédologie, Jul 2025, Genève, Suisse</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075595v1</w:t>
+                <w:t xml:space="preserve">ird-05168000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des sols spécifiques à l’environnement des fossés agricoles en Méditerranée</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The effect of spatial distribution of small farm reservoirs on their cumulative hydrological impacts in a small agricultural catchment: a modeling exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Fouché</w:t>
+                <w:t xml:space="preserve">Henri Lechevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Capowiez</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Molénat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Journées d’Étude des Sols (JES 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-6876⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-05168000v1</w:t>
+                <w:t xml:space="preserve">hal-05075595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ripp-Viti: un projet ECOPHYTO pour réfléchir à la réduction d'usage et d'impact des produits phytosanitaires en viticulture méridionale à l'échelle territoriale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Voltz</w:t>
+                <w:t xml:space="preserve">Managing vegetated water harvesting structures: effect of vegetation management on infiltration for better drought resilience in mediterranean agroecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vinatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Rudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Agro Montpellier, INRAE et Université de Montpellier, Mar 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">AGU24 What's next for Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Geophysical Union; Session GC51S: Nature-Based Solutions to Ensure Food and Water Security in Rising Aridity Regions, Dec 2024, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04504840v2</w:t>
+                <w:t xml:space="preserve">hal-04838271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plot-scale modeling of pesticide fate in soil, water and air, taking into account intra-field heterogeneity in vineyard plots.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A participative and holistic approach to build sustainable vineyard management strategies and assess their environmental impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Hossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erwan Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Symposium in Pesticide Chemistry - Advances and new challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Piacenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695079v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04694438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation environnementale de stratégies de protection phytosanitaire viticoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Agro, Mar 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505443v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A participative and holistic approach to build sustainable vineyard management strategies and assess their environmental impacts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plot-scale modeling of pesticide fate in soil, water and air, taking into account intra-field heterogeneity in vineyard plots.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lafolie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Symposium in Pesticide Chemistry - Advances and new challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Piacenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04694438v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ripp-Viti: un projet ECOPHYTO pour réfléchir à la réduction d'usage et d’impact des produits phytosanitaires en viticulture méridionale à l'échelle territoriale</w:t>
+                <w:t xml:space="preserve">Ripp-Viti: un projet ECOPHYTO pour réfléchir à la réduction d'usage et d'impact des produits phytosanitaires en viticulture méridionale à l'échelle territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Hossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52. Congrès du Groupe Français des Pesticides (GFP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Agro Montpellier, INRAE et Université de Montpellier, Mar 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04719111v1</w:t>
+                <w:t xml:space="preserve">hal-04504840v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation environnementale de stratégies de protection phytosanitaire viticoles en contexte méridional</w:t>
               </w:r>
@@ -4981,77 +4977,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52. Congrès du Groupe Français des Pesticides (GFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
@@ -5074,303 +5070,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l'exposition humaine à la dérive de pulvérisation à la proximité de parcelles viticoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Ripp-Viti: un projet ECOPHYTO pour réfléchir à la réduction d'usage et d’impact des produits phytosanitaires en viticulture méridionale à l'échelle territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Hossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">52. Congrès du Groupe Français des Pesticides (GFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04509768v1</w:t>
+                <w:t xml:space="preserve">hal-04719111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing vegetated water harvesting structures: effect of vegetation management on infiltration for better drought resilience in mediterranean agroecosystems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
+                <w:t xml:space="preserve">Evaluation de l'exposition humaine à la dérive de pulvérisation à la proximité de parcelles viticoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Douzals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU24 What's next for Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Geophysical Union; Session GC51S: Nature-Based Solutions to Ensure Food and Water Security in Rising Aridity Regions, Dec 2024, Washington, United States</w:t>
+              <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04838271v1</w:t>
+                <w:t xml:space="preserve">hal-04509768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catchment-scale analysis of hydrological and agricultural impacts of small reservoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Molénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5437,277 +5437,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04136076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive model for simulating aerial pesticide spray drift at the field scale, and its application in vineyard</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">ADDI Spray Drift: A spray drift model for vine sprayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Djouhri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Paul Douzals</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pesticide Behaviour in Soils, Water and Air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, York, United Kingdom</w:t>
+              <w:t xml:space="preserve">16. Workshop Suprofruit 2023 - Spray application and precision technology in fruit growing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agropolis International, Sep 2023, Montpellier, France. pp.84-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04223935v1</w:t>
+                <w:t xml:space="preserve">hal-04766953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADDI Spray Drift: A spray drift model for vine sprayers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">A comprehensive model for simulating aerial pesticide spray drift at the field scale, and its application in vineyard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Djouhri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Voltz</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Douzals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Workshop Suprofruit 2023 - Spray application and precision technology in fruit growing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agropolis International, Sep 2023, Montpellier, France. pp.84-85</w:t>
+              <w:t xml:space="preserve">Pesticide Behaviour in Soils, Water and Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, York, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04766953v1</w:t>
+                <w:t xml:space="preserve">hal-04223935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de la performance d’un modèle de transfert de pesticides par ruissellement à l’échelle d’une parcelle de vigne en contexte méditerranéen</w:t>
               </w:r>
@@ -5732,51 +5732,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5840,51 +5840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole chercheurs INRAE « Exposome chimique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE metaprogramme SYALSA, Oct 2022, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5935,77 +5935,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Hossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. International Fresenius AGRO Conference “Behaviour of pesticides in air, soil and water”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Akademie Fresenius, Jun 2022, Online, Germany</w:t>
@@ -6028,265 +6028,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the MHYDAS-Pesticide-1.0 model in simulating pesticide concentrations in surface waters at plot-scale continuously over decades</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Métayer</w:t>
+                <w:t xml:space="preserve">Numerical exploration of the dynamics of infiltration in hill reservoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroua Bouteffeha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Voltz</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Molenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachida Bouhlila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04089205v1</w:t>
+                <w:t xml:space="preserve">hal-03752121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical exploration of the dynamics of infiltration in hill reservoir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maroua Bouteffeha</w:t>
+                <w:t xml:space="preserve">Assessment of the MHYDAS-Pesticide-1.0 model in simulating pesticide concentrations in surface waters at plot-scale continuously over decades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rachida Bouhlila</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-4541⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03752121v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrological and agricultural impacts of small reservoirs: a numerical exploration based on a catchment in south-west France</w:t>
               </w:r>
@@ -6311,51 +6311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Burger-Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Molénat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAHS-AISH, May 2022, Montpellier, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6402,90 +6402,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation intégrée du devenir des pesticides dans le paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Djouhri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque SEFA 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Versailles, France</w:t>
@@ -6540,51 +6540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Vinatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Rudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6633,381 +6633,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation Intégrée du devenir des Pesticides dans les Paysages agricoles (projet MIPP)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'entretien des fossés comme levier pour limiter la contamination des eaux par les pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49. Congrès du Groupe Français de Recherche sur les Pesticides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962223v1</w:t>
+                <w:t xml:space="preserve">hal-02951567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'entretien des fossés comme levier pour limiter la contamination des eaux par les pesticides</w:t>
+                <w:t xml:space="preserve">Ditch maintenance as a lever to limit water contamination by pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49. Congrès du Groupe Français de Recherche sur les Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">16. Symposium in Pesticide Chemistry : Advances in risk assessment and management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Piacenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02951567v1</w:t>
+                <w:t xml:space="preserve">hal-02962199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ditch maintenance as a lever to limit water contamination by pesticides</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation Intégrée du devenir des Pesticides dans les Paysages agricoles (projet MIPP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Symposium in Pesticide Chemistry : Advances in risk assessment and management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Piacenza, Italy</w:t>
+              <w:t xml:space="preserve">49. Congrès du Groupe Français de Recherche sur les Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962199v1</w:t>
+                <w:t xml:space="preserve">hal-02962223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DAHM-Reservoir: An agro-hydrological model for agriculturalcatchment with small water reservoirs</w:t>
               </w:r>
@@ -7166,51 +7166,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatja Samouëlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Campan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Djouhri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49. Congrès du Groupe Français de Recherche sur les Pesticides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
@@ -7354,1002 +7354,1002 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02960460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aménager le territoire : intérêt des zones tampons pour limiter les transferts entre la parcelle et le cours d'eau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadia Carluer</w:t>
+                <w:t xml:space="preserve">Modélisation du fonctionnement agrohydrologique des retenues dans un territoire agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Molenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Le Hénaff</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Margoum</w:t>
+                <w:t xml:space="preserve">Claude Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">Oct 2017, Lancié, France</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Payote 2017 "Modélisation de paysages agricoles pour l’analyse et la simulation de processus"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France. 31 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02606728v1</w:t>
+                <w:t xml:space="preserve">hal-02738401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Modelling of pesticide fate in agricultural landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- Fabre Jc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chataignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pesticide Behaviour in Soils, Water and Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, York, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du fonctionnement agrohydrologique des retenues dans un territoire agricole</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Chataigner</w:t>
+                <w:t xml:space="preserve">Exploration par simulation de processus abiotiques en interaction avec la végétation dans les fossés agricoles l'échelle du paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Rudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Belaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bruchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Payote 2017 "Modélisation de paysages agricoles pour l’analyse et la simulation de processus"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2017, Paris, France. 31 p</w:t>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738401v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01680011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration par simulation de processus abiotiques en interaction avec la végétation dans les fossés agricoles l'échelle du paysage</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Belaud</w:t>
+                <w:t xml:space="preserve">Aménager le territoire : intérêt des zones tampons pour limiter les transferts entre la parcelle et le cours d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Carluer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lauvernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Liger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Bruchou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Dagès</w:t>
+                <w:t xml:space="preserve">C. Margoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oct 2017, Lancié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01680011v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité de la capacité de sorption du glyphosate et diuron des fonds de fossés évaluée à l'aide de nouveaux indicateurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
+                <w:t xml:space="preserve">Introduction of the 2nd Phase of the Integrated Hydrologic ModelIntercomparison Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reed Maxwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Mugler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. Congrès du Groupe Français des Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux - GFP - CNRS, May 2016, Bordeaux, France. pp.22-23</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01350584v1</w:t>
+                <w:t xml:space="preserve">hal-04092963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction de la sorption du glyphosate et du diuron sur les sols et évaluation de la spécificité des sols de fond de fossés</w:t>
+                <w:t xml:space="preserve">Variabilité de la capacité de sorption du glyphosate et diuron des fonds de fossés évaluée à l'aide de nouveaux indicateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Negro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. Colloque national du Groupe Français d’études des Pesticides (GFP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Versailles, France. 22 p</w:t>
+              <w:t xml:space="preserve">46. Congrès du Groupe Français des Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux - GFP - CNRS, May 2016, Bordeaux, France. pp.22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797049v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01350584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction of the 2nd Phase of the Integrated Hydrologic ModelIntercomparison Project</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Reed Maxwell</w:t>
+                <w:t xml:space="preserve">Prédiction de la sorption du glyphosate et du diuron sur les sols et évaluation de la spécificité des sols de fond de fossés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">45. Colloque national du Groupe Français d’études des Pesticides (GFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Versailles, France. 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04092963v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating hydrologic interactions with a model formulation based on DEM-derived surface flow paths and boundary condition-resolved exchange fluxes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimating the role of a ditch network in surface-water – groundwater exchanges in a Mediterranean catchment using a water balance approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Putti</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bsaibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Huttel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU, American Geosciences Union Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Water 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02816795v1</w:t>
+                <w:t xml:space="preserve">hal-04779831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating the hydrological domain validity of a boundary condition based surface-subsurface flow model using a mass balance sensibility analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8378,462 +8378,462 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04779812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the role of a ditch network in surface-water – groundwater exchanges in a Mediterranean catchment using a water balance approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulating hydrologic interactions with a model formulation based on DEM-derived surface flow paths and boundary condition-resolved exchange fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Paniconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Camporese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Huttel</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Orlandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Putti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Quebec, Canada</w:t>
+              <w:t xml:space="preserve">AGU, American Geosciences Union Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779831v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OpenFLUID : a software environment for modelling fluxes in landscapes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distributed hydrological modelling of farmed catchments (MHYDAS) : assessing the impact of man-made structures on hydrological processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Roger Moussa</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Integrative Landscape Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752603v1</w:t>
+                <w:t xml:space="preserve">hal-02753016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed hydrological modelling of farmed catchments (MHYDAS) : assessing the impact of man-made structures on hydrological processes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
+                <w:t xml:space="preserve">OpenFLUID : a software environment for modelling fluxes in landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Louchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Moussa</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Integrative Landscape Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753016v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the impact of land use in farmed catchments using a distributed hydrological modeling approach : application in various agro-hydro-climatic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8908,277 +8908,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrological processes in farmed basins across scales, from plot to catchment: stakes and examples / Procesos hidrológicos en cuencas cultivadas a través de escalas, de la parcela a la cuenca: intereses y ejemplos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roger Moussa</w:t>
+                <w:t xml:space="preserve">Rôle des fossés agricoles dans la recharge des nappes en contexte méditerranéen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Patrick Andrieux</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bsaibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Huttel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Centro Agronómico Tropical de Investigación y Enseñanza (CATIE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Turrialba, Costa Rica</w:t>
+              <w:t xml:space="preserve">10e Journées d'Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02817488v1</w:t>
+                <w:t xml:space="preserve">hal-04779872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle des fossés agricoles dans la recharge des nappes en contexte méditerranéen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Dagès</w:t>
+                <w:t xml:space="preserve">Hydrological processes in farmed basins across scales, from plot to catchment: stakes and examples / Procesos hidrológicos en cuencas cultivadas a través de escalas, de la parcela a la cuenca: intereses y ejemplos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Huttel</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Louchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Journées d'Etude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Séminaire du Centro Agronómico Tropical de Investigación y Enseñanza (CATIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Turrialba, Costa Rica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779872v1</w:t>
+                <w:t xml:space="preserve">hal-02817488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation tridimensionnelle des voies de recharge d'une nappe peu profonde dans un bassin versant agricole méditerranéen avec un dense réseau de fossés</w:t>
               </w:r>
@@ -9436,269 +9436,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-modeling of a physically-based pesticide runoff model with a Long-Short term Memory approach</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modélisation de l'exposition de la biodiversité aux produits Phytopharmaceutiques (PPP) a l’échelle du paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Devalloir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Royauté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée SEFA 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, La Roche Sur Yon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05127961v1</w:t>
+                <w:t xml:space="preserve">hal-05189661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de l'exposition de la biodiversité aux produits Phytopharmaceutiques (PPP) a l’échelle du paysage</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meta-modeling of a physically-based pesticide runoff model with a Long-Short term Memory approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée SEFA 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienna, Austria. 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-19160⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05189661v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méta-modélisation d’un modèle de prédiction des contaminations de ruissellements par les pesticides à l’exutoire d’une parcelle agricole</w:t>
               </w:r>
@@ -10021,90 +10021,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation intégrée du devenir des pesticides dans les paysages agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chataignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA réseau interdisciplinaire PAYOTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris, France. 2017</w:t>
@@ -10127,402 +10127,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01705845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of soil management in ditches on water related ecosystem services</w:t>
+                <w:t xml:space="preserve">Impact of soil management in ditch and related ecosystem services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lanoix Marthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t>
+              <w:t xml:space="preserve">, Mar 2016, Austin, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090648v1</w:t>
+                <w:t xml:space="preserve">hal-01381028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the hydrologic impact of intense rainfall redisctribution by canopies at field and catchment scales in volcanic soils in the French Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lai Ting Pak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Soil Modelling Consortium Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04092393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of soil management in ditch and related ecosystem services</w:t>
+                <w:t xml:space="preserve">Impact of soil management in ditches on water related ecosystem services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marthe Lanoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2016, Austin, United States. </w:t>
+              <w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381028v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les processus de recharge superficielle des aquifères méditerranéens au cœur de la gestion durable des ressources en eau souterraine.</w:t>
               </w:r>
@@ -10659,51 +10659,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Rabotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Libres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10771,64 +10771,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OpenFLUID: a software environment for modelling fluxes in landscapes – application on distributed hydrological modelling of farmed catchments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Louchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11100,51 +11100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Molenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11270,77 +11270,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Hossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
@@ -11551,51 +11551,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Coulouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11700,77 +11700,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Hossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE Montpellier - UMR LISAH. 2024, 39 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -11818,51 +11818,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Métayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11910,51 +11910,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation Hydrologique Distribuée des AgroSystèmes - Eau et Pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12022,161 +12022,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation agronomique et hydrologique du bassin versant de l’Arrats</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diagnostic et gestion des réseaux de fossés agricoles infiltrants pour la limitation de la contamination des masses d'eau par les pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Contrat] 2016</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Stéphane Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dollinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lagacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRA; ONEMA. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793444v1</w:t>
+                <w:t xml:space="preserve">hal-04088891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic et gestion des réseaux de fossés agricoles infiltrants pour la limitation de la contamination des masses d'eau par les pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12211,73 +12207,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de diagnostic et de gestion des réseaux de fossés agricoles infiltrants pour la limitation de la contamination des masses d'eau par les pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12329,171 +12325,175 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Voltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] Onema; Inra. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01593744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic et gestion des réseaux de fossés agricoles infiltrants pour la limitation de la contamination des masses d'eau par les pesticides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation agronomique et hydrologique du bassin versant de l’Arrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">INRA; ONEMA. 2016</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Burger-Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Molenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Murgue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04088891v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de diagnostic et de gestion des réseaux de fossés agricoles infiltrants pour la limitation de la contamination des masses d'eau par les pesticides. Rapport Intermédiaire 2014.</w:t>
               </w:r>
@@ -12518,51 +12518,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Combemale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dollinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13100,51 +13100,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05214737v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dollinger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vinatier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fages" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Belotti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-025-01039-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05192397v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume M&#233;tayer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Bailly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133800" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405408v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Rudi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coulouma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.still.2023.105985" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317421v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crevoisier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167357" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Tarazona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes de Alba-Gonzalez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bertrand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108999" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178090v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.164602" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178020v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Djouhri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Douzals" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2023.05.008" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738738v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lagacherie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Zadonina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fabre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Molenat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/hydro.2022.048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03503335v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guibaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Douzals" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guibal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17416-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673105v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2022.105409" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03478167v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Bouteffeha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Mekki" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2021.127087" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911681v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecohyd.2020.03.004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatja Samou&#235;lian" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Lanoix" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.09.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949323v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raclot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Zitouna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andrieux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0086" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846379v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-2716-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591538v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2017.08.013" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607392v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8703-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618073v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Negro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656661v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotaire Catalogne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137822668081328E12" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381031v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.08.168" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631454v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Bouhlila" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10308" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N7Z41W3F-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637369v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-015-0515-5" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306444v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0301-6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638400v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronika Storck" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huttel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.07.130" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648508v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Paniconi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Sulis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2012.07.019" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645588v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Frison" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Richard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2010.0008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663768v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bsaibes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2009.07.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N69MFH6K-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664260v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ackerer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2007.10.004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0C90F4W5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666974v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Lacas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.6958" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DJ22955S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00404291v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Linde" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boleve" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castermant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2006.09.027" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8D5JQ2R2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657528v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Suski" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Titov" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Konosavsky" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075595v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lechevallier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mol&#233;nat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-6876" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05168000v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fouch&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiesson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04504840v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695079v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Personne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04505443v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beudez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694438v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719111v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719108v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509768v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04838271v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04136076v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-gc8-hydro-43" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223935v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04766953v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04206092v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Metayer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04089329v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223917v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04089205v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-4541" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752121v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066630v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-616" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303236v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02975004v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962223v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02951567v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962199v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736019v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719384v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Campan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960460v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Burtin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606728v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le H&#233;naff" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Liger" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Margoum" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787666v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Fabre Jc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chataignier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738401v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chataigner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680011v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bruchou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350584v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797049v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092963v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kollet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Maxwell" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mouche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mugler" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816795v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Camporese" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Orlandini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Putti" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779812v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779831v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752603v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Louchart" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Colin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753016v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824293v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817488v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779872v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137200v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Floure" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762143v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atteia" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burlot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cerepi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127961v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-19160" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189661v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Devalloir" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Royaut&#233;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crouzet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04747901v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04250547v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753537v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705845v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090648v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092393v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai Ting Pak" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381028v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanoix Marthe" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607665v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alazard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Banton" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03010156v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rabotin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Libres" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779854v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796881v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960407v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/103/9782759229383/une-agronomie-pour-le-xxie-siecle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-2938-3" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491653v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605243v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Ratinet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Desserme" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Feurer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04974758v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tqs6-kf95" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719555v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090063v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090048v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Roman-Villafane" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793444v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienne" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Murgue" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04443622v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593744v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04088891v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620197v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Combemale" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496755v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523457v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05126235v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05214737v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dollinger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vinatier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fages" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Belotti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-025-01039-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05192397v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume M&#233;tayer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Bailly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133800" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694112v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Tarazona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes de Alba-Gonzalez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bertrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108999" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317421v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crevoisier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167357" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405408v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Rudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coulouma" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.still.2023.105985" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178020v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Djouhri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Douzals" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2023.05.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178090v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.164602" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738738v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lagacherie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Zadonina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fabre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Molenat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/hydro.2022.048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03503335v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guibaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Douzals" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guibal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17416-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673105v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2022.105409" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03478167v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Bouteffeha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Mekki" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2021.127087" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911681v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecohyd.2020.03.004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatja Samou&#235;lian" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Lanoix" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.09.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949323v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raclot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Zitouna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andrieux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0086" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846379v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-2716-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618073v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Negro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607392v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-8703-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591538v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2017.08.013" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656661v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Carluer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotaire Catalogne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137822668081328E12" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381031v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.08.168" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631454v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Bouhlila" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10308" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N7Z41W3F-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637369v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-015-0515-5" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306444v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-015-0301-6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638400v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronika Storck" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huttel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.07.130" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648508v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Paniconi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Sulis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2012.07.019" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645588v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Cousin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Frison" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Richard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2010.0008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663768v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bsaibes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2009.07.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N69MFH6K-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664260v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ackerer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2007.10.004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0C90F4W5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666974v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Lacas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.6958" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DJ22955S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00404291v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Linde" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boleve" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castermant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2006.09.027" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8D5JQ2R2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657528v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Suski" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Revil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Titov" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Konosavsky" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05168000v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fouch&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiesson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075595v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lechevallier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mol&#233;nat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-6876" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04838271v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694438v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04505443v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beudez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695079v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Personne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04504840v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719108v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719111v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509768v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04136076v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-gc8-hydro-43" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04766953v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223935v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04206092v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Metayer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04089329v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223917v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752121v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04089205v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-4541" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066630v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-616" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303236v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02975004v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02951567v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962199v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962223v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736019v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719384v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Campan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960460v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Burtin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738401v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chataigner" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787666v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Fabre Jc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chataignier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680011v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bruchou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606728v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le H&#233;naff" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Liger" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Margoum" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092963v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kollet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Maxwell" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mouche" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mugler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350584v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797049v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779831v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779812v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816795v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Camporese" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Orlandini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Putti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753016v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Colin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752603v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Louchart" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824293v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779872v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817488v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137200v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Floure" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762143v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atteia" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burlot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cerepi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189661v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Devalloir" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Royaut&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crouzet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127961v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-19160" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04747901v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04250547v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753537v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705845v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381028v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanoix Marthe" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092393v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai Ting Pak" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090648v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607665v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alazard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Banton" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03010156v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rabotin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Libres" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779854v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796881v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960407v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/103/9782759229383/une-agronomie-pour-le-xxie-siecle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-2938-3" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491653v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605243v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Ratinet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Desserme" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Feurer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04974758v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tqs6-kf95" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719555v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090063v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090048v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Roman-Villafane" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04088891v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04443622v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593744v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793444v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienne" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Murgue" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620197v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Combemale" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496755v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523457v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05126235v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>