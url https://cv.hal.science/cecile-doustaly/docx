--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,2532 +66,2532 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Jeux de 2024, une médaille d'or pour la culture?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 384, pp.129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05081849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Urbanité et Jeux olympiques et paralympiques. Héritage culturel et valorisation patrimoniale par les grands événements sportifs »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patrimoines : revue de l'Institut national du patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19, pp.56-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is urban planning returning to the past in search of a sustainable future? Exploring the six Paris and London Olympic Games (1900–2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Zembri-Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planning Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (3), pp.675-700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02665433.2024.2344590⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does culture have the transformative power to make the Olympic Games sustainable?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Local Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (4), pp.347-368</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Comparative Analysis of the Economic Sustainability of Cultural Work in the UK since the COVID-19 Pandemic and Examination of Universal Basic Income as a Solution for Cultural Workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vishalakshi Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Risk and Financial Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (5), pp.196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jrfm15050196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Internationalisation et interculturalité des chercheurs, complémentarités des savoirs et des méthodologies&amp;quot;,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul C. Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Culture et recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme des villes britanniques de la culture : commerce ou commun ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Observatoire, la revue des politiques culturelles </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Museums, the Exhibitionary Complex and State Stability in the Victorian Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unstable states, mutable conditions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Museums, the Exhibitionary Complex and State Stability in the Victorian Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Angles: French Perspectives on the Anglophone World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le rôle de l'action publique dans la renaissance musicale anglaise (1940-1960) » Numéro Spécial; Musique, Nation et Identité : la Renaissance de la Musique Anglaise, formes et conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de civilisation britannique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 18 (1), pp.13-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques de démocratisation culturelle en Grande-Bretagne de 1940 à nos jours : légitimation ou instrumentalisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques de démocratisation culturelle en Grande-Bretagne de 1940 à nos jours : légitimation ou instrumentalisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5, http://tristan.u-bourgogne.fr/CGC/publications/Democratiser_culture/C_Doustaly.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01395363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Book review: DORNEY K., MERKIN R., eds, The Glory of the Garden: Regional Theatre and the Arts Council 1984-2009 (Cambridge, Cambridge Scholars, 2010)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultural Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (1), pp.339-341</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Labour and the Arts: Managing Transformation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clive Gray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Observatoire de la société britannique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n°8, pp.319-338</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La décentralisation des politiques culturelles en Angleterre »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de civilisation britannique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 13 (2), pp.67-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de lecutre: DEVLIN G., HOYLE S., Le financement de la culture en France et en Grande-Bretagne (Paris, L'Harmattan, 2001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues européens. Politique, économie, société et culture [Cahiers de l'École doctorale "Espace européen contemporain", Université de la Sorbonne nouvelle - Paris III]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 2 (4), pp.41-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Minorités ethniques, empowerment et appropriation à Londres : quelle gouvernance de la diversité après les Jeux olympiques de 2012 ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D. Fee, R. Garbaye, C. Nativel, dir.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La gouvernance de la diversité culturelle à Londres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Paris 2024 Olympic Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">John R. Gold, Margaret M. Gold. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Olympic Cities: City Agendas, Planning, and the World’s Games, 4th edition, 1896 – 2032</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, 22p., 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glocalized Heritage and Spiritualities : the cases of Notre Dame de Paris, Sintra and Westminster Abbey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Saraiva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ángel B. Espina Barrio, Luiz Nilton Corrêa, Pedro M. Salvado (eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territorios, migraciones y fronteras en Iberoamérica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Salamanca Press, pp.103-120, 2023, 978-84-131I-873-4 (papier) et 978-84-1311-874-1 (pdf)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of heritagization in managing uncertainties linked to major events and mega urban projects: Comparing the Olympic Games in London (2012) and Athens (2004)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Zembri-Mary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Delaplace M. &amp; Schut P-O, eds,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hosting the Olympic Games</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.93-126, 2020, 9781032338118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heritage, Cities and Sustainable Development. Challenges and Opportunities between Theory and Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heritage, Cities and Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Participatory Budgeting and Progressive Cities: Are London and Paris Listening to Their Own Voices?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Douglass, Mike, Garbaye, Romain, Ho, Kong Chong (Eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Rise of Progressive Cities East and West</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6, Springer Singapore, 2019, ARI - Springer Asia Series, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-13-0209-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implementing the Historic Urban Landscape Approach: Exploring Participatory Planning in China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cécile Doustaly, ed. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heritage, Cities and Sustainable Development. Interdisciplinary Approaches and International Case Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.143-174, 2019, 2807611109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of heritagization in managing uncertainties linked to major events and mega urban projects: Comparing the Olympic Games in London (2012) and Athens (2004).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Zembri-Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hosting the Olympic Games</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780429274695⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Visions of Heritage - Holistic Visions of Heritage?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doustaly, Cécile, ed. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heritage, Cities and Sustainable Development, Interdisciplinary Approaches and International Case Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.223-234, 2019, 9782807611290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/b16338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...327 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Women and Leisure in Britain: a socio-historical approach to twentieth-century trends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">in B. Bebber ed.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leisure and Cultural Conflict in Twentieth-century Britain, Series: Studies in Popular Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Manchester University Press, pp.181-204, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Liverpool : Radiographie d’un classement au patrimoine mondial de l’Unesco »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Nail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Chenevez, N. Novello Paglianti, dir.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’invention de la Valeur Universelle Exceptionnelle de l’Unesco, Une utopie contemporaine. Collection : Logiques sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.131-147, 2014, 978-2-343-04985-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arts Council England in the 2000s: Towards Digital Era Governance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Avril, C. Zumello, eds,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Technology, Organizational Change and Governance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave, pp.23-38, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">London during the 1951 Festival of Britain: the cultural itinerary of a Nation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Baillet; Odile Boucher-Rivalain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parcours urbains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 25, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.133-164, 2011, Cahiers du CICC, 978-2-296-13074-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La genèse du soutien public aux beaux-arts à Londres aux XVIIIe et XIXe siècles »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacques Carré. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Londres 1700-1900 : Naissance d’une capitale culturelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Paris-Sorbonne, pp.207-229, 2010, 978-2-84050-596-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le rôle de la culture dans la renaissance urbaine depuis 1997 en Angleterre : de l’économique au socioculturel ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Nail, D. Fee, dir.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une renaissance urbaine britannique ? Dix ans de politique travailliste de la ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.75-95, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La politique culturelle britannique, entre particularisme et européanisation »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Sandu, dir. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Identités nationales, identité européenne, visibilité internationale : Aspects historiques, politiques et économiques de la construction européenne. Cahiers de la Nouvelle Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.103-120, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175032v1</w:t>
-              </w:r>
-[...1204 lines deleted...]
-                <w:t xml:space="preserve">hal-04175155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2683,123 +2683,123 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HDR (1)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques et pratiques culturelles en Angleterre du XIXe siècle à nos jours : parcours transdisciplinaires, diachroniques, comparés (Habilitation Thesis)</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">HDR</w:t>
+                <w:t xml:space="preserve">Heritage, Cities and Sustainable Development, Interdisciplinary Approaches and International Case Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang, 259 p., 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-04175122v1</w:t>
+                <w:t xml:space="preserve">hal-04175057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2817,51 +2817,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of heritagisation in managing uncertainties linked to major events and mega urban projects: comparing the Olympic Games in London (2012) and Athens (2004)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Zembri-Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Doustaly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2891,123 +2891,123 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritage, Cities and Sustainable Development, Interdisciplinary Approaches and International Case Studies</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+                <w:t xml:space="preserve">Politiques et pratiques culturelles en Angleterre du XIXe siècle à nos jours : parcours transdisciplinaires, diachroniques, comparés (Habilitation Thesis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doustaly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Sorbonne Nouvelle Paris 3, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04175057v1</w:t>
+                <w:t xml:space="preserve">tel-04175122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3522,51 +3522,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175129v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doustaly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174952v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471686v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Saraiva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615606v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Zembri-Mary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175038v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b16338" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615682v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-0209-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615697v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615699v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402825v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429274695" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174738v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174974v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nail" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174985v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174987v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-parcours_urbains_francoise_baillet_odile_boucher_rivalain-9782296130746-33178.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175132v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175025v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175032v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081849v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753878v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840488v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2024.2344590" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753912v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishalakshi Roy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jrfm15050196" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615725v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul C. Lawson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615730v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980306v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04183242v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395363v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175140v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175154v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175146v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive Gray" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175148v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175155v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615743v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Saraiva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04175122v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558572v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175057v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175053v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175060v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175157v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04175069v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doustaly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753878v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840488v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Zembri-Mary" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2024.2344590" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753912v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767292v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishalakshi Roy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jrfm15050196" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615725v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul C. Lawson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615730v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980306v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04183242v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175140v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395363v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175154v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175146v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive Gray" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175148v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175155v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175129v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174952v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471686v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Saraiva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615606v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615697v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615682v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-0209-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615699v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402825v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429274695" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175038v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b16338" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174738v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174974v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174985v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174987v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-parcours_urbains_francoise_baillet_odile_boucher_rivalain-9782296130746-33178.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175132v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175025v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175032v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615743v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Saraiva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175057v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558572v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04175122v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175053v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175060v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175157v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04175069v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>