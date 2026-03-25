--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1082,260 +1082,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03118892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed-Method Nursing Research: “A Public and Its Problems?” A Commentary on French Nursing Research</w:t>
+                <w:t xml:space="preserve">An ethnographic study of nurses’ experience with nursing research and its integration in practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Marie Dupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gunilla Borglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Debout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Rothan-Tondeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Policy, Politics, and Nursing Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1527154414538100⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advanced Nursing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 70 (9), pp.2128-2139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jan.12371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03118764v1</w:t>
+                <w:t xml:space="preserve">hal-03118768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ethnographic study of nurses’ experience with nursing research and its integration in practice</w:t>
+                <w:t xml:space="preserve">Mixed-Method Nursing Research: “A Public and Its Problems?” A Commentary on French Nursing Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Marie Dupin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gunilla Borglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Debout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Rothan-Tondeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Nursing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Policy, Politics, and Nursing Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1-2), pp.15-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1527154414538100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jan.12371⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03118768v1</w:t>
+                <w:t xml:space="preserve">hal-03118764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in nursing research in France: a cross-sectional analysis</w:t>
               </w:r>
@@ -1962,243 +1962,243 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the capacity of local health promotion systems in addressing the social determinants of health: a realistic evaluation of a program in the making in Brittany (France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluer et tirer des enseignements du programme &amp;quot;Ensemble, la santé pour tous en Pays de Redon - Bretagne Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Breton</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Azzedine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Porcherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Public Health Conference Mind the gap: Reducing inequalities in health and health care</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque scientifique international "Recherche interventionnelle contre le cancer : réunir chercheurs, décideurs et acteurs de terrain"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04595081v1</w:t>
+                <w:t xml:space="preserve">hal-02902033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer et tirer des enseignements du programme &amp;quot;Ensemble, la santé pour tous en Pays de Redon - Bretagne Sud</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the capacity of local health promotion systems in addressing the social determinants of health: a realistic evaluation of a program in the making in Brittany (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Marie Dupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Breton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque scientifique international "Recherche interventionnelle contre le cancer : réunir chercheurs, décideurs et acteurs de terrain"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th European Public Health Conference Mind the gap: Reducing inequalities in health and health care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Glasgow (Ecosse), United Kingdom. , 24 (suppl_2), 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/cku161.143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02902033v1</w:t>
+                <w:t xml:space="preserve">hal-04595081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId69"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2353,51 +2353,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639641v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile-Marie Dupin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Estaquio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Nabi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/daaa032" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639776v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pinon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Jaggi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celina Teixera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#232;le Sagne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12912-020-00411-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490670v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie Dupin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Borglin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnurstu.2020.103608" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639640v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02447539v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Breton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dorsey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckw175.043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01573908v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Kivits" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.155.0653" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964931v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Larsson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odessa Petit Dit Dariel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debout" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rothan-Tondeur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nedt.2014.06.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-24LB3HZJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595085v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.refiri.2015.01.006" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118892v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2015.04.017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118764v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1527154414538100" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118768v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunilla Borglin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.12371" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3907FCD3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511845v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chami" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/inr.12020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SKGGWX36-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04594971v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2013.10.006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02895335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dorsey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Dupin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bunde-Birouste" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nathan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Azzedine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile You" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dupin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Porcherie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330501v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595081v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/cku161.143" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02902033v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dupin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639641v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile-Marie Dupin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Estaquio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Nabi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/daaa032" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639776v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pinon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Jaggi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celina Teixera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#232;le Sagne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12912-020-00411-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490670v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie Dupin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Borglin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnurstu.2020.103608" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639640v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02447539v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Breton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dorsey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckw175.043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01573908v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Kivits" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.155.0653" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964931v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Larsson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odessa Petit Dit Dariel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debout" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rothan-Tondeur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nedt.2014.06.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-24LB3HZJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595085v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.refiri.2015.01.006" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118892v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2015.04.017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118768v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunilla Borglin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.12371" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3907FCD3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118764v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1527154414538100" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511845v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chami" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/inr.12020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SKGGWX36-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04594971v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2013.10.006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02895335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dorsey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Dupin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bunde-Birouste" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nathan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Azzedine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile You" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dupin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Porcherie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330501v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02902033v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dupin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595081v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/cku161.143" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>