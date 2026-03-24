--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2366,295 +2366,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04367484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation between multi-configurations electromagnetic induction and geotechnical measurements (CBR/DCP) on a 1:1 standardized test site</w:t>
+                <w:t xml:space="preserve">Geophysical characterization of near-surface formations in the La Villa River catchment (Los Santos, Panama)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Rejiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Jacqueline</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Bodet</w:t>
+                <w:t xml:space="preserve">Alexis Mojica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Schmutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.G. Castrellón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on the Application of Geophysics to Engineering and Environmental Problems 2021 - SAGEEP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4133/sageep.33-036⟩</w:t>
+              <w:t xml:space="preserve">NSG2021 1st Conference on Hydrogeophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Bordeaux, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.202120088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03979267v1</w:t>
+                <w:t xml:space="preserve">hal-03857263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysical characterization of near-surface formations in the La Villa River catchment (Los Santos, Panama)</w:t>
+                <w:t xml:space="preserve">Relation between multi-configurations electromagnetic induction and geotechnical measurements (CBR/DCP) on a 1:1 standardized test site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Rejiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Ruiz</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Schamper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.G. Castrellón</w:t>
+                <w:t xml:space="preserve">Delphine Jacqueline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NSG2021 1st Conference on Hydrogeophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Bordeaux, France. pp.1-5, </w:t>
+              <w:t xml:space="preserve">Symposium on the Application of Geophysics to Engineering and Environmental Problems 2021 - SAGEEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Online Conference, France. pp.75-76, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.202120088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4133/sageep.33-036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03857263v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03979267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calibration of multi-frequency EMI data: example at a test site in Rouen (France)</w:t>
               </w:r>
@@ -3344,265 +3344,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between DC ERT and Moving Multi-Depth Electrostatic Arrays in an Urban Context</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Application of the Small-Loop TDEM Method to the Quantification of Both Electrical and Magnetic Parameters of the Subsurface (Numerical Approach)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Schamper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Rejiba</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th European Meeting of Environmental and Engineering Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Porto, Portugal. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201802621⟩</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201802462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01980401v1</w:t>
+                <w:t xml:space="preserve">hal-01980392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the Small-Loop TDEM Method to the Quantification of Both Electrical and Magnetic Parameters of the Subsurface (Numerical Approach)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison between DC ERT and Moving Multi-Depth Electrostatic Arrays in an Urban Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rejkjær</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Finco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Schamper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fayçal Rejiba</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th European Meeting of Environmental and Engineering Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Porto, Portugal. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201802462⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201802621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01980392v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4564,51 +4564,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="92507339"/>
+    <w:nsid w:val="5356857C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4795,51 +4795,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-finco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2085-3567" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425637v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Labrie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Todisco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Bhiry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Finco" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;g Barbel Le Page" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.70086" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468211v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Vandecapelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Leturmy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ax4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206839v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delarue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Mendieta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Maineult" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Abiven" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoliang Luo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf145" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006004v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mairaville" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoil Chapkanski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Richard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04998608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Couillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences14040095" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04591946v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tabbagh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Souffach&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Jougnot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maineult" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rejiba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12302" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707294v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bodet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12321" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290098v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Finco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Schamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Henrique Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13344" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867370v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rejkj&#230;r" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tabbagh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12135" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857227v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13102" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146809v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Souffach&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-020-09625-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02302196v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dangeard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01982921v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Pontoreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Massuel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaghik Hovhannissian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.13303" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356868v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Sicard-Delage" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nehme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Grimaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548944v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pailles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04417455v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vitale" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Moretti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38072/978-3-928794-83-1/p58" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367484v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damase Mouralis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paill&#232;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979267v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jacqueline" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.33-036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857263v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Mojica" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Schmutz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruiz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Castrell&#243;n" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120088" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857274v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120138" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03955397v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202020096" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857321v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.32-049" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857332v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fleitz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Ceranski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.32-061" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857306v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gu&#233;rin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.32-003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979720v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01980401v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rejkj&#230;r" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guerin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201802621" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01980392v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201802462" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076936v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29747.13607" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386988v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lagane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979719v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707288v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/bd3k" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678191v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azzaye" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03533487v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Leger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Rejiba" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fauchard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02978830v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SORUS103" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-finco" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2085-3567" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425637v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Labrie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Todisco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Bhiry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Finco" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;g Barbel Le Page" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.70086" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468211v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Vandecapelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Leturmy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ax4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206839v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delarue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Mendieta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Maineult" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Abiven" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoliang Luo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf145" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006004v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mairaville" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoil Chapkanski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Richard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04998608v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Couillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences14040095" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04591946v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tabbagh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Souffach&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Jougnot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maineult" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rejiba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12302" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707294v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Rejiba" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bodet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12321" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290098v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Finco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Schamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Henrique Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13344" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867370v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rejkj&#230;r" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tabbagh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nsg.12135" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857227v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.13102" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03146809v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Souffach&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10712-020-09625-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02302196v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dangeard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01982921v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Pontoreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Massuel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaghik Hovhannissian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.13303" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356868v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Sicard-Delage" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Nehme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Grimaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548944v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pailles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04417455v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vitale" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Moretti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.38072/978-3-928794-83-1/p58" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367484v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damase Mouralis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paill&#232;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857263v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Mojica" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Schmutz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruiz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Castrell&#243;n" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120088" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979267v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jacqueline" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.33-036" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857274v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202120138" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03955397v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202020096" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857321v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.32-049" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857332v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fleitz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Ceranski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.32-061" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857306v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Gu&#233;rin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4133/sageep.32-003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979720v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01980392v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201802462" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01980401v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rejkj&#230;r" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guerin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201802621" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076936v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29747.13607" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386988v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lagane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979719v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707288v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/bd3k" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678191v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azzaye" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03533487v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Leger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Rejiba" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fauchard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02978830v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SORUS103" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>