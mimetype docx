--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -81,2981 +81,2981 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surface Acoustic Wave-Driven Enhancement of Enzyme-Linked Immunosorbent Assays: ELISAW</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sreeya Anjana Raj Kantubuktha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María José González Ruiz Velasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96 (23), pp.9676-9683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c01615⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature and strain SAW/BAW sensors on metallic substrates with RFID capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Noirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poncot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (9), pp.095017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aceaec⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnetic SAW RFID Sensor Based on Love Wave for Detection of Magnetic Field and Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Meistersheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Journal of Radio Frequency Identification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7, pp.528-535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JRFID.2023.3299704⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Negative‐Index Acoustic Metamaterial Operating above 100 kHz in Water Using Microstructured Silicon Chips as Unit Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiaying Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Allein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Boechler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Friend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (12), pp.2200407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admt.202200407⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wireless Multifunctional Surface Acoustic Wave Sensor for Magnetic Field and Temperature Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harshad Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.2100860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admt.202100860⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A package-less SAW RFID sensor concept for structural health monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Nicolay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayech Benjeddou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mechanics of Advanced Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (6), pp.648-655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15376494.2019.1579397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AlN/Pt/LN-Y128 packageless acoustic wave temperature sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalya Naumenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2021.3057269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unapodization: a method to produce laterally uniform surface acoustic waves for acoustofluidics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naiqing Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amihai Horesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Friend</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (10), pp.104001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6439/ac1d2d⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Direct integration of SAW resonators on industrial metal for structural health monitoring applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Paulmier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (12), pp.125009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac2ef4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAW RFID devices using connected IDTs as an alternative to conventional reflectors for harsh environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Nicolay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume: 67 (6), pp.1267 - 1274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2019.2943310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02352199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AlN/ZnO/LiNbO 3 Packageless Structure as a Low-Profile Sensor for Potential On-Body Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei Zhgoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 65 (10), pp.1925-1932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2018.2839262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01941686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of Low Temperature Deposition of Nanocrystalline Diamond Films on ZnO/LiNbO3 Layered Structures Suitable for Waveguiding Layer Acoustic Wave Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damia Dekkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bénédic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Floer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ovidiu Brinza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 215, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssa.201800251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02446603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of the Sensitivity of a Passive RFID Magnetic SAW Sensor Based on Love Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Meistersheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Youbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hage-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE International Conference on RFID (RFID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Cambridge, United Kingdom. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RFID62091.2024.10582636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifunctional MSAW sensor based on Love wave with RFID tags functionalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Meistersheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Petit-Watelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE International Conference on RFID Technology and Applications (RFID-TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Aveiro, Portugal. pp.154-157, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RFID-TA58140.2023.10290588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAW-RFID Sensors for Industrial Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Maufay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Youbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE International Conference on RFID Technology and Applications (RFID-TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Aveiro, Portugal. pp.185-188, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RFID-TA58140.2023.10290205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAW Based Sensing System Coupled to a Thin Flexible Antenna for Biomedical Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Makdissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 16th European Conference on Antennas and Propagation (EuCAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Madrid, France. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/EuCAP53622.2022.9769461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAW-RFID temperature and strain sensors on metallic substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid M’jahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Sydney, Australia. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS47087.2021.9639571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless stretchable SAW sensors based on Z-cut lithium niobate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Verzellesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Badie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE SENSORS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montreal, Canada. pp.1-3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/sensors43011.2019.8956784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAW RFID Devices Using Connected IDTs as an Alternative to Conventional Reflectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Joint Conference of the IEEE International Frequency Control Symposium and European Frequency and Time Forum (EFTF/IFC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Orlando, United States. pp.1-3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/fcs.2019.8856146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05067674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlN/ZnO/LiNbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; packageless structure as a low-profile sensor for on-body applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Mc Murtry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonics Symposium (IUS 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diamond/ZnO/LiNbO3 structure for packageless acoustic wave sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Mcmurtry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the magnetic response in magnetic field SAW sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. pp.1-3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8233971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321448v1</w:t>
-              </w:r>
-[...1604 lines deleted...]
-                <w:t xml:space="preserve">hal-02446603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3073,103 +3073,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the limit operating temperature of LiNbO3 as substrate for SAW devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Maufay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninel Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hage-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Las Vegas (Virtual), United States</w:t>
@@ -3230,51 +3230,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capteurs à ondes élastiques confinées, sans fil et étirables : application à l'électronique imperceptible sur peau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Floer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science des matériaux [cond-mat.mtrl-sci]. Université de Lorraine, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019LORR0188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3333,103 +3333,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice of Removal: SAW resonators for magnetic field sensing with (TbCo2/FeCo) multilayered IDTs as sensitive layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harshad Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Moutaouekkil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tiercelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Floer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.1-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3629,51 +3629,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Mengue" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Meistersheim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Youbi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hage-Ali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID62091.2024.10582636" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067792v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Floer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petit-Watelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290588" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067802v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Paulmier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Maufay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290205" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413462v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Makdissy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769461" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067704v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M&#8217;jahed" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639571" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067647v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Verzellesi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sensors43011.2019.8956784" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067674v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chambon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fcs.2019.8856146" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941689v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Moutaouekkil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshad Mishra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mc Murtry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628938v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bartoli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mcmurtry" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234393" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321448v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mishra" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hehn" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutaouekkil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233971" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044502v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreeya Anjana Raj Kantubuktha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; Gonz&#225;lez Ruiz Velasco" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c01615" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219712v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JRFID.2023.3299704" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219691v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noirel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poncot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aceaec" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745861v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaying Wang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Allein" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Boechler" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Friend" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202200407" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408499v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202100860" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044490v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiqing Zhang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amihai Horesh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ac1d2d" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836740v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayech Benjeddou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15376494.2019.1579397" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169653v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Naumenko" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3057269" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920943v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mengue" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zhgoon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac2ef4" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352199v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zhgoon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2943310" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2839262" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02446603v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Dekkar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800251" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029837v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02526524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0188" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321453v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092763" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044502v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Zhang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreeya Anjana Raj Kantubuktha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; Gonz&#225;lez Ruiz Velasco" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c01615" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219691v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Mengue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Paulmier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hage-Ali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Noirel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poncot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aceaec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04219712v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Meistersheim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petit-Watelot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JRFID.2023.3299704" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaying Wang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Allein" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Boechler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Friend" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202200407" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408499v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshad Mishra" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202100860" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836740v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chambon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayech Benjeddou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15376494.2019.1579397" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169653v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Floer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Naumenko" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bartoli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3057269" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiqing Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amihai Horesh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ac1d2d" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920943v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mengue" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zhgoon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac2ef4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352199v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zhgoon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2943310" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941686v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Moutaouekkil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2018.2839262" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02446603v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Dekkar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800251" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067847v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Youbi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID62091.2024.10582636" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067792v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290588" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067802v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Maufay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RFID-TA58140.2023.10290205" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413462v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Makdissy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769461" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067704v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M&#8217;jahed" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639571" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067647v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Verzellesi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sensors43011.2019.8956784" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05067674v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fcs.2019.8856146" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941689v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mc Murtry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628938v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mcmurtry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234393" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321448v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mishra" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hehn" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutaouekkil" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8233971" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029837v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02526524v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0188" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321453v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092763" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>