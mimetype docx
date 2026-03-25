--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -81,15298 +81,15682 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole genome short read data from 567 bulls of 14 breeds provides insight into genetic diversity of French cattle</w:t>
+                <w:t xml:space="preserve">A Cattle Pangenome Approach Reveals Novel Non-Reference Unique Insertions and Their Impact on Economic Traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+                <w:t xml:space="preserve">Valentin Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Eché</w:t>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Grohs</w:t>
+                <w:t xml:space="preserve">Clémentine Escouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Milhes</w:t>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> (data paper)</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San Diego (CA), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268512v1</w:t>
+                <w:t xml:space="preserve">hal-05537087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of a French cattle pangenome, from structural variant discovery to association studies on key phenotypes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrating Structural Variants into Sequence-Based GWAS Using a Pangenome and Imputation Framework in Dairy Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maulana Mughitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Sorin</w:t>
+                <w:t xml:space="preserve">Cecile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maulana Mughitz Naji</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Clémentine Escouflaire</w:t>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05330359v1</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San Diego (CA), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive detection of structural variations in long and short reads dataset of French cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clément Birbes</w:t>
+                <w:t xml:space="preserve">Detection and characterization of cytogenetic defects in cattle using large genotypic and phenotypic data sets generated for genomic evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanlin Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harmonie Barasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Escouflaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05391915v1</w:t>
+              <w:t xml:space="preserve">25th International Colloquium on Animal Cytogenetics and Genomics (ICACG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Naples, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04726165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NOA1 deficiency observed in a subset of Montbéliarde calves with bilateral anophthalmia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Grohs</w:t>
+                <w:t xml:space="preserve">Detection of interchromosomal rearrangements in bulls using large genotype and phenotype datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Barasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Capitan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05392506v1</w:t>
+              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bovine model of rhizomelic chondrodysplasia punctata caused by a deep intronic splicing variant in the GNPAT gene</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Search for new mutations in cattle by systematic whole genome resequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Barbat</w:t>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Mortier</w:t>
+                <w:t xml:space="preserve">C Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05075769v1</w:t>
+              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A recessive deleterious missense variant in PEX7 causes a lethal form of chondrodysplasia in Bazadaise cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">ITGA6 homozygous splice-site mutation causes junctional epidermolysis bullosa in Charolais cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Minéry</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Fritz</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Boulling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Wolgust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05261352v1</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.524</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive detection of cryptic recessive genetic defects in dairy cattle mining millions of life histories</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improvement of the Bos taurus Genome Assembly using New Sequencing Technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Guintard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Grohs</w:t>
+                <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Guzylack-Piriou</w:t>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margarita Cano</w:t>
+                <w:t xml:space="preserve">Clement Birbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Dreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04714371v1</w:t>
+              <w:t xml:space="preserve">Discoveries Roadshow 2023 - PacBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PacBio, May 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validated DNA isolation method ensuring successful long-read sequencing of cattle semen genome</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Detailed analysis of mortality rates in the female progeny of Holstein bulls allows the discovery of new dominant genetic defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Cesbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04675198v1</w:t>
+              <w:t xml:space="preserve">12th World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03731355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A recurrent de novo missense mutation in COL1A1 causes osteogenesis imperfecta type II and preterm delivery in Normande cattle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Grohs</w:t>
+                <w:t xml:space="preserve">Massive detection of cryptic recessive genetic defects in livestock mining millions of life trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Guintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanlin Jourdain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florian Besnard</w:t>
+                <w:t xml:space="preserve">Margarita Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04581779v1</w:t>
+              <w:t xml:space="preserve">12th World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03731359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale detection and characterization of interchromosomal rearrangements in normozoospermic bulls using massive genotype and phenotype data sets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">A de novo missense mutation of COL1A1 causes Osteogenesis Imperfecta type 2 and premature delivery in Normande Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanlin Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Harmonie Barasc</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Faraut</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bonnet</w:t>
+                <w:t xml:space="preserve">Vincent Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">12th World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/BRKOV3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04170739v1</w:t>
+                <w:t xml:space="preserve">hal-03731343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed analysis of mortality rates in the female progeny of 1,001 Holstein bulls allows the discovery of new dominant genetic defects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Besnard</w:t>
+                <w:t xml:space="preserve">New insights into resistance to paratuberculosis from sequence-based GWAS in Holstein cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Leclerc</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Arnaud Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Davergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N Jewell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03844760v1</w:t>
+              <w:t xml:space="preserve">72nd Annual Meeting EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bos taurus sequencing methods benchmark for assembly, haplotyping, and variant calling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Clément Birbes</w:t>
+                <w:t xml:space="preserve">Genome-wide study of structural variants in French dairy and beef breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreea Dréau</w:t>
+                <w:t xml:space="preserve">Rabia Letaief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Kuchly</w:t>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-04122201v1</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrin alpha 6 homozygous splice-site mutation causes a new form of junctional epidermolysis bullosa in Charolais cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Experience from large scale use of the EuroGenomics custom SNP chip in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Boulling</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Wolgust</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pauline Michot</w:t>
+                <w:t xml:space="preserve">Dominique Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04125597v1</w:t>
+              <w:t xml:space="preserve">11. World Congress of Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutation of the MYH3 gene causes recessive cleft palate in Limousine cattle</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sequence-based association study of resistance to paratuberculosis in Holstein and Normande cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël R. Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Davergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03839198v1</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare cases of hernia of the linea alba among TWIST1 haploinsufficient Charolais cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Prise en compte des gènes d’intérêt dans les objectifs de sélection en bovins laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Baur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03582504v1</w:t>
+              <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A missense mutation in the FZD7 gene is associated with dilution of the red areas of the coat in Montbéliarde cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M.C. Deloche</w:t>
+                <w:t xml:space="preserve">GWAS of resistance to paratuberculosis in French Holstein and Normande cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël R. Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Davergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04478130v1</w:t>
+              <w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science (EAAP 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. 684 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 for Horn Patterning in Bovidae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bardou</w:t>
+                <w:t xml:space="preserve">Whole genome association analysis of resistance / susceptibility to paratuberculosis in French Holstein and Normande cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël R. Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Davergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03164832v1</w:t>
+              <w:t xml:space="preserve">13. International Colloquium on Paratuberculosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of immunoglobulin concentrations and genetic parameters for colostrum and calf serum in Charolais animals</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The French observatory on genetic defect: an assessment after 15 years of operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03182575v1</w:t>
+              <w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science EAAP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, Ireland. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01532630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the ABCC4, IER3, and CBFA2T2 candidate genes for resistance to paratuberculosis from sequence-based GWAS in Holstein and Normande dairy cattle</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Intérêt du séquençage de génome complet pour la détection précoce des anomalies génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Chahory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chambrial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Barbey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02514814v1</w:t>
+              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Paris, France. 409 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Α de novo 3.8-Mb inversion affecting the EDA and XIST genes in a heterozygous female calf with generalized hypohidrotic ectodermal dysplasia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Margarita Cano</w:t>
+                <w:t xml:space="preserve">Whole-genome sequencing identifies a homozygous deletion encompassing exons 17 to 22 of the integrin beta 4 gene in a Charolais calf with junctional epidermolysis bullosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Fantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Braques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02611162v1</w:t>
+              <w:t xml:space="preserve">23. Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, San Diego, United States. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An initiator codon mutation in SDE2 causes recessive embryonic lethality in Holstein cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Méline Bizard</w:t>
+                <w:t xml:space="preserve">Rapid discovery of mutations responsible for sporadic dominant genetic defects in livestock using genome sequence data: enhancing the value of farm animals as model species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02623515v1</w:t>
+              <w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of copy number variation in French dairy and beef breeds using next-generation sequencing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identification de QTL associés à de la mortalité embryonnaire chez les bovins laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Fritz</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01622967v1</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France. pp.145-148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-genome analysis of introgressive hybridization and characterization of the bovine legacy of Mongolian yaks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yondon Zagdsuren</w:t>
+                <w:t xml:space="preserve">Identification of five novel mutations responsible for prenatal mortality in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01605099v1</w:t>
+              <w:t xml:space="preserve">International Plant &amp; Animal Genome XXI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, San Diego, CA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A missense mutation in PFAS (phosphoribosylformylglycinamidine synthase) is likely causal for embryonic lethality associated with the MH1 haplotype in Montbéliarde dairy cattle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Identification of six mutations responsible for prenatal mortality in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.C. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barbat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02619062v1</w:t>
+              <w:t xml:space="preserve">64th Annual Meeting European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Nantes, France. pp.231</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid discovery of de novo deleterious mutations in cattle enhances the value of livestock as model species</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pauline Michot</w:t>
+                <w:t xml:space="preserve">Détection de QTL influençant l'aptitude à la transformation fromagère des laits dans un croisement Holstein Normande.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene H. Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Delacroix-Buchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01608270v1</w:t>
+              <w:t xml:space="preserve">14e Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a large collection of small genome variations in French dairy and beef breeds using whole-genome sequences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Fritz</w:t>
+                <w:t xml:space="preserve">Carte génétique du lapin : Etat des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine C. Urien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Pena-Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01479216v1</w:t>
+              <w:t xml:space="preserve">11. journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du phénotype à la mutation causale : le cas des anomalies récessives bovines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+                <w:t xml:space="preserve">Establishment of a first generation microsatellite-based genetic map in the rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bertaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Boichard</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine C. Urien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Claude Save</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-01608800v1</w:t>
+              <w:t xml:space="preserve">29. International Conference on International Society of Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Tokyo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Wisent Demographic and Adaptive Histories from Individual Whole-Genome Sequences</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Controlling genetic disorders in the french dairy cattle population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02506852v1</w:t>
+              <w:t xml:space="preserve">29. International Conference on International Society of Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Animal Genetics (ISAG). INT., Sep 2004, Tokyo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of copy number variations in cattle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cartographie fine d'un QTL intervenant sur la fertilité femelle chez les bovins laitiers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu M. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01605684v1</w:t>
+              <w:t xml:space="preserve">10èmes Rencontres Recherches Ruminants, 34 décembre 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reverse genetic approach identifies an ancestral frameshift mutation in RP1 causing recessive progressive retinal degeneration in European cattle breeds</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La syndactylie en race Holstein : identification de marqueurs génétiques et caractérisation de gènes candidats. Vers une éradication de l'anomalie de nos cheptels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu M. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Dagios</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Le Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01479315v1</w:t>
+              <w:t xml:space="preserve">10. Rencontres autour de Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les anomalies génétiques chez les espèces d’élevage - Avant-propos</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Détection de gènes influençant les caractères d'importance économique en races bovines Prim'Holstein, Normande et Montbéliarde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cerqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Faugeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04045143v1</w:t>
+              <w:t xml:space="preserve">6. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02770127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dossier : Anomalies génétiques - Avant-propos</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">La recherche de QTL à l'aide de marqueurs : résultats chez les bovins laitiers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cerqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Faugeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01533956v1</w:t>
+              <w:t xml:space="preserve">Séminaire, La génétique moléculaire et ses applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1999, Cap d Agde, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte des anomalies génétiques en sélection : le cas des bovins</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+                <w:t xml:space="preserve">Approche du gène &amp;quot;sans corne&amp;quot; en race bovine Charolaise française et perspective pour la sélection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Chopard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-01602349v1</w:t>
+              <w:t xml:space="preserve">4. Rencontres autour des recherches sur les ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1997, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02841950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les anomalies génétiques : définition, origine, transmission et évolution, mode d’action</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of genetic variability within the Piemontese cattle breed using microsatellite polymorphisms and research of association between individual multilocus genotypes and quantitative traits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ciampolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Boichard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">E. Mazzanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cianci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-01602233v1</w:t>
+              <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticiper l'émergence d'anomalies génétiques grâce aux données génomiques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Refined mapping of the bovine C blood group system (EAC) on BTA18.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Barbat</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-01602234v1</w:t>
+              <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1996, Tours</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Observatoire National des Anomalies Bovines, son action et ses résultats pour une aide efficace à la gestion des anomalies génétiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Refined mapping of the bovine C blood-group system (EAC) on BTA18</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Didier Boichard</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-01602238v1</w:t>
+              <w:t xml:space="preserve">25. Conference of the International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1996, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-genome sequencing identifies a homozygous deletion encompassing exons 17 to 23 of the [i]integrin beta 4[/i] gene in a Charolais calf with junctional epidermolysis bullosa</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des relations génétiques entre des races bovines françaises à l'aide de marqueurs moléculaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Furet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01194111v1</w:t>
+              <w:t xml:space="preserve">2. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02772088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide study of structural variants in bovine Holstein, Montbéliarde and Normande dairy breeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Pinton</w:t>
+                <w:t xml:space="preserve">Use of microsatellites to investigate genetic diversity in four Italian beef cattle breeds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ciampolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Leotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01194172v1</w:t>
+              <w:t xml:space="preserve">XXIV International Conference on Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1994, Prague</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02772247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-genome sequencing of 234 bulls facilitates mapping of monogenic and complex traits in cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rianne van Binsbergen</w:t>
+                <w:t xml:space="preserve">Emploi de microsatellites pour l'analyse de la diversité génétique des races bovines françaises : premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01193853v1</w:t>
+              <w:t xml:space="preserve">Colloque BRG/INRA. Ressources génétiques animales et végétales. Méthodologies d'étude et de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1993, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02846604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel insights into the bovine polled phenotype and horn ontogenesis in Bovidae</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Emploi de microsatellites pour l'analyse de la diversité génétique des races bovines françaises : premiers résultats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anis Djari</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01000794v1</w:t>
+              <w:t xml:space="preserve">Colloque BRG/INRA, Ressources génétiques animales et végétales. Méthodologies d'étude et de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, Montpellier</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of haplotypes associated with prenatal death in dairy cattle and identification of deleterious mutations in GART, SHBG and SLC37A2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Barbat</w:t>
+                <w:t xml:space="preserve">Characterization of a set of bovine (TG)n microsatellites : allelic frequencies in french and italian cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Osta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ciampolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3444 lines deleted...]
-                <w:t xml:space="preserve">hal-02700535v1</w:t>
+              <w:t xml:space="preserve">23. Conference of the International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1992, Interlaken, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02844237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (39)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and characterization of cytogenetic defects in cattle using large genotypic and phenotypic data sets generated for genomic evaluation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Barbat</w:t>
+                <w:t xml:space="preserve">Assembly of a pangenome uncovers novel non-reference unique insertion sequences in cattle highlighting their genetic diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maulana Mughitz Naji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Colloquium on Animal Cytogenetics and Genomics (ICACG)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04726165v1</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science and Biotechnology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 17 (1), pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40104-026-01373-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of interchromosomal rearrangements in bulls using large genotype and phenotype datasets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C Donnadieu</w:t>
+                <w:t xml:space="preserve">Whole genome short read data from 567 bulls of 14 breeds provides insight into genetic diversity of French cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Milhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04195876v1</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 62, pp.112049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.112049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for new mutations in cattle by systematic whole genome resequencing</w:t>
+                <w:t xml:space="preserve">Application of a French cattle pangenome, from structural variant discovery to association studies on key phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mekki Boussaha</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A Capitan</w:t>
+                <w:t xml:space="preserve">Valentin Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maulana Mughitz Naji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Birbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Escouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04195854v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 57, pp.61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-025-01012-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05330359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ITGA6 homozygous splice-site mutation causes junctional epidermolysis bullosa in Charolais cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
+                <w:t xml:space="preserve">Comprehensive detection of structural variations in long and short reads dataset of French cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maulana Mughitz Naji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Di Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04200626v1</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.40758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-24477-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of the Bos taurus Genome Assembly using New Sequencing Technologies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NOA1 deficiency observed in a subset of Montbéliarde calves with bilateral anophthalmia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discoveries Roadshow 2023 - PacBio</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04096124v1</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.70058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive detection of cryptic recessive genetic defects in livestock mining millions of life trajectories</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Leclerc</w:t>
+                <w:t xml:space="preserve">A bovine model of rhizomelic chondrodysplasia punctata caused by a deep intronic splicing variant in the GNPAT gene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Boulling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Genetics Applied to Livestock Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03731359v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 57 (1), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-025-00969-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05075769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed analysis of mortality rates in the female progeny of Holstein bulls allows the discovery of new dominant genetic defects</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A recessive deleterious missense variant in PEX7 causes a lethal form of chondrodysplasia in Bazadaise cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Minéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Genetics Applied to Livestock Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03731355v1</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.70035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A de novo missense mutation of COL1A1 causes Osteogenesis Imperfecta type 2 and premature delivery in Normande Cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Validated DNA isolation method ensuring successful long-read sequencing of cattle semen genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Genetics Applied to Livestock Production</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03731343v1</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (8), pp.e0308011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into resistance to paratuberculosis from sequence-based GWAS in Holstein cattle</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Massive detection of cryptic recessive genetic defects in dairy cattle mining millions of life histories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Guintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guzylack-Piriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72nd Annual Meeting EAAP</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03336111v1</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (1), pp.248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-024-03384-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide study of structural variants in French dairy and beef breeds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A recurrent de novo missense mutation in COL1A1 causes osteogenesis imperfecta type II and preterm delivery in Normande cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Corbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanlin Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02736390v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56 (1), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-024-00909-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence-based association study of resistance to paratuberculosis in Holstein and Normande cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Taussat</w:t>
+                <w:t xml:space="preserve">Large-scale detection and characterization of interchromosomal rearrangements in normozoospermic bulls using massive genotype and phenotype data sets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanlin Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harmonie Barasc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Calgaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02736321v1</w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (6), pp.957-971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/gr.277787.123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience from large scale use of the EuroGenomics custom SNP chip in cattle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Detailed analysis of mortality rates in the female progeny of 1,001 Holstein bulls allows the discovery of new dominant genetic defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Chris Hoze</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Jewell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress of Genetics Applied to Livestock Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02737523v1</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 106 (1), pp.439-451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2022-22365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte des gènes d’intérêt dans les objectifs de sélection en bovins laitiers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+                <w:t xml:space="preserve">Integrin alpha 6 homozygous splice-site mutation causes a new form of junctional epidermolysis bullosa in Charolais cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Boulling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Wolgust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02735939v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (1), pp.40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-023-00814-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole genome association analysis of resistance / susceptibility to paratuberculosis in French Holstein and Normande cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
+                <w:t xml:space="preserve">A Bos taurus sequencing methods benchmark for assembly, haplotyping, and variant calling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Birbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Dréau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. International Colloquium on Paratuberculosis</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02742839v1</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02249-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04122201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GWAS of resistance to paratuberculosis in French Holstein and Normande cattle breeds</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mutation of the MYH3 gene causes recessive cleft palate in Limousine cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Beauvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science (EAAP 2016)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02742788v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), pp.71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-022-00762-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03839198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French observatory on genetic defect: an assessment after 15 years of operation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Rare cases of hernia of the linea alba among TWIST1 haploinsufficient Charolais cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Capitan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science EAAP 2016</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01532630v1</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.13179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt du séquençage de génome complet pour la détection précoce des anomalies génétiques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Grohs</w:t>
+                <w:t xml:space="preserve">A missense mutation in the FZD7 gene is associated with dilution of the red areas of the coat in Montbéliarde cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02742342v1</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (3), pp.351-355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/age.13055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-genome sequencing identifies a homozygous deletion encompassing exons 17 to 22 of the integrin beta 4 gene in a Charolais calf with junctional epidermolysis bullosa</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 for Horn Patterning in Bovidae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Saintilan</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hintermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Cornette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Plant and Animal Genome</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01194035v1</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msab021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid discovery of mutations responsible for sporadic dominant genetic defects in livestock using genome sequence data: enhancing the value of farm animals as model species</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Determination of immunoglobulin concentrations and genetic parameters for colostrum and calf serum in Charolais animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Vinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anis Djari</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chanteloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01193912v1</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (3), pp.3240-3249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2020-19423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de QTL associés à de la mortalité embryonnaire chez les bovins laitiers</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identification of the ABCC4, IER3, and CBFA2T2 candidate genes for resistance to paratuberculosis from sequence-based GWAS in Holstein and Normande dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Davergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judikael Saout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01189868v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (1), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-020-00535-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of five novel mutations responsible for prenatal mortality in dairy cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Barbat</w:t>
+                <w:t xml:space="preserve">Α de novo 3.8-Mb inversion affecting the EDA and XIST genes in a heterozygous female calf with generalized hypohidrotic ectodermal dysplasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Escouflaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rebours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Orellana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarita Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Plant &amp; Animal Genome XXI</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01019848v1</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-019-6087-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02611162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of six mutations responsible for prenatal mortality in dairy cattle</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">An initiator codon mutation in SDE2 causes recessive embryonic lethality in Holstein cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rebours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méline Bizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64th Annual Meeting European Association for Animal Production (EAAP)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01190515v1</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101 (7), pp.6220-6231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-14119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de QTL influençant l'aptitude à la transformation fromagère des laits dans un croisement Holstein Normande.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.C. Ogier</w:t>
+                <w:t xml:space="preserve">Identification of copy number variation in French dairy and beef breeds using next-generation sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Letaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rebours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Meersseman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Rencontres Recherches Ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02754003v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (1), pp.77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-017-0352-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01622967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte génétique du lapin : Etat des lieux et perspectives</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
+                <w:t xml:space="preserve">A missense mutation in PFAS (phosphoribosylformylglycinamidine synthase) is likely causal for embryonic lethality associated with the MH1 haplotype in Montbéliarde dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel D. Allain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bérengère Pena-Arnaud</w:t>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. journées de la Recherche Cunicole</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02762965v1</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100 (10), pp.8176-8187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-12579⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling genetic disorders in the french dairy cattle population</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Whole-genome analysis of introgressive hybridization and characterization of the bovine legacy of Mongolian yaks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivica Medugorac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Graf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Denis</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rothammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yondon Zagdsuren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. International Conference on International Society of Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02762175v1</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (3), pp.470-475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ng.3775⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment of a first generation microsatellite-based genetic map in the rabbit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J-Claude Save</w:t>
+                <w:t xml:space="preserve">Rapid discovery of de novo deleterious mutations in cattle enhances the value of livestock as model species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bourneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Otz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pausch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Jagannathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. International Conference on International Society of Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02761910v1</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.11466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-11523-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie fine d'un QTL intervenant sur la fertilité femelle chez les bovins laitiers.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Du phénotype à la mutation causale : le cas des anomalies récessives bovines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Bertaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Rencontres Recherches Ruminants, 34 décembre 2003</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02760103v1</w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.319-328</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La syndactylie en race Holstein : identification de marqueurs génétiques et caractérisation de gènes candidats. Vers une éradication de l'anomalie de nos cheptels</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Hue</w:t>
+                <w:t xml:space="preserve">Construction of a large collection of small genome variations in French dairy and beef breeds using whole-genome sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Letaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Rencontres autour de Recherches sur les Ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02762850v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (1), pp.87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-016-0268-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de gènes influençant les caractères d'importance économique en races bovines Prim'Holstein, Normande et Montbéliarde</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A reverse genetic approach identifies an ancestral frameshift mutation in RP1 causing recessive progressive retinal degeneration in European cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Chahory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Marete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Remy Faugeras</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Dagios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02770127v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (1), pp.56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-016-0232-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche de QTL à l'aide de marqueurs : résultats chez les bovins laitiers.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identification and characterization of copy number variations in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Letaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Remy Faugeras</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire, La génétique moléculaire et ses applications</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02771694v1</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94, pp.183-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas2016.94supplement4183a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche du gène &amp;quot;sans corne&amp;quot; en race bovine Charolaise française et perspective pour la sélection</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les anomalies génétiques chez les espèces d’élevage - Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Rencontres autour des recherches sur les ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02841950v1</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.293-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2016.29.5.2995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04045143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of genetic variability within the Piemontese cattle breed using microsatellite polymorphisms and research of association between individual multilocus genotypes and quantitative traits.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">Deciphering the Wisent Demographic and Adaptive Histories from Individual Whole-Genome Sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Parrinello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02765068v1</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (11), pp.2801-2814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msw144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02506852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refined mapping of the bovine C blood group system (EAC) on BTA18.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Anticiper l'émergence d'anomalies génétiques grâce aux données génomiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Hoze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guy Noé</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXV International Conference on Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02764648v1</w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.339-350</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refined mapping of the bovine C blood-group system (EAC) on BTA18</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les anomalies génétiques : définition, origine, transmission et évolution, mode d’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Conference of the International Society for Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834529v1</w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.297-306</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des relations génétiques entre des races bovines françaises à l'aide de marqueurs moléculaires</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dossier : Anomalies génétiques - Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02772088v1</w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.293-295</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emploi de microsatellites pour l'analyse de la diversité génétique des races bovines françaises : premiers résultats</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Prise en compte des anomalies génétiques en sélection : le cas des bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Danchin-Burge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque BRG/INRA. Ressources génétiques animales et végétales. Méthodologies d'étude et de gestion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02846604v1</w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.351-358</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of microsatellites to investigate genetic diversity in four Italian beef cattle breeds.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’Observatoire National des Anomalies Bovines, son action et ses résultats pour une aide efficace à la gestion des anomalies génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV International Conference on Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02772247v1</w:t>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (5), pp.307-318</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emploi de microsatellites pour l'analyse de la diversité génétique des races bovines françaises : premiers résultats.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
+                <w:t xml:space="preserve">Whole-genome sequencing identifies a homozygous deletion encompassing exons 17 to 23 of the [i]integrin beta 4[/i] gene in a Charolais calf with junctional epidermolysis bullosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Fantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Braque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Saintilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque BRG/INRA, Ressources génétiques animales et végétales. Méthodologies d'étude et de gestion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02778105v1</w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47 (1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-015-0110-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a set of bovine (TG)n microsatellites : allelic frequencies in french and italian cattle breeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Ciampolini</w:t>
+                <w:t xml:space="preserve">Genome-wide study of structural variants in bovine Holstein, Montbéliarde and Normande dairy breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Barbieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Conference of the International Society for Animal Genetics</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (8), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0135931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-genome sequencing of 234 bulls facilitates mapping of monogenic and complex traits in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans D Daetwyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Pausch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Stothard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rianne van Binsbergen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (8), pp.858-865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ng.3034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Novel insights into the bovine polled phenotype and horn ontogenesis in Bovidae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivica I. Medugorac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan S. Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, online (5), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of haplotypes associated with prenatal death in dairy cattle and identification of deleterious mutations in GART, SHBG and SLC37A2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina S. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8, online (6), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0065550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of bovine FUT7 furthers understanding of FUT7 evolution in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît B. Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mekki Boussaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (august), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2156-13-74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A 3.7 Mb deletion encompassing ZEB2 causes a novel polled and multisystemic syndrome in the progeny of a somatic mosaic bull</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marquant-Le Guienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, online (11), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0049084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A newly described bovine type 2 scurs syndrome segregates with a frame-shift mutation in TWIST1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard B. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle M.-N. Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick P. Reverse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (7), pp.1 - 8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0022242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The scurs inheritance: new insights from the French Charolais breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10, online (july), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2156-10-33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Generalized Caprine-like Hypoplasia Syndrome is localized within a 6-cM interval on bovine chromosome 13 in the Montbeliarde breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Manciaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 39 (2), pp.112-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2007.01688.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic and haplotypic structure in 14 European and African cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu M. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Foglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 177, pp.1059-1070</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of a doublet missense substitution in the bovine LRP4 gene as a candidate causal mutation for syndactyly in Holstein cattle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu M. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sead Chadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88, pp.610-621</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A first-generation microsatellite-based integrated genetic and cytogenetic map for the European rabbit ( Oryctolagus cuniculus) and localization of angora and albino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chantry-Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine C. Urien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Pena-Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 37, pp.335-341</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of a doublet missense substitution in the bovine LRP4 gene as a candidate causal mutation for syndactyly in Holstein cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Duchesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sead Chadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Floriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88 (5), pp.610-621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygeno.2006.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fine mapping and physical characterization of two linked Quantitative Trait Loci affecting milk fat yield in dairy cattle on BTA26.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu M. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Roy Barcelona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom T. Druet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 172, pp.425-436</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of genes influencing economic traits in three French dairy cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Cerqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Faugeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35 (1), pp.77-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2002037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combined analysis of data from two granddaughter designs: a simple strategy for QTL confirmation and increasing experimental power in dairy cattle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bennewitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Reinsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Malafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35, pp.319-338</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combined analysis of data from two granddaughter designs: A simple strategy for QTL confirmation and increasing experimental power in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörn Bennewitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Reinsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Malafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35 (3), pp.319-338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2003011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche de QTL à l'aide de marqueurs : résultats chez les bovins laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cerqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Faugeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Neau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, HS 2000, pp.217-222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genomic identification of the breed of an individual or its tissue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ciampolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mazzanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cianci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 54, pp.35-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refined mapping of the bovine C blood-group system (EAC) on BTA18</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 27 (Suppl-2), pp.63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of genetic variability within the Piemontese cattle breed using microsatellite polymorphisms and research of association between individual multilocus genotypes and quantitative traits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ciampolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mazzanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cianci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, suppl. 2, pp.101-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refined mapping of the bovine C blood group system (EAC) on BTA18.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, suppl. 2, pp.63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A genetic and physical map of bovine chromosome 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bahri-Darwich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 26, pp.21-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02707094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emploi de microsatellites pour l'analyse de la diversité génétique des races bovines françaises : premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 26 (suppl1), pp.155s-165s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02714932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A microsatellite within the bovine kappa-casein gene reveals a polymorphism correlating strongly with polymorphisms previously described at the protein as well as the DNA level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rodellar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 25 (4), pp.223-228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02708503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A genetic and physical map of bovine Chromosome 11.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre A. Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bahri-Darwich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 5, pp.553-556</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conservation of a syntenic group of microsatellite loci between cattle and sheep.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Imam Ghali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mammalian Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 5, pp.310-314</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02709369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genotyping of the bovine beta-casein C allele by amplification created restriction site.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Velmala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Francois Mahe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02844237v1</w:t>
+                <w:t xml:space="preserve">S. Lien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 25, pp.429</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02709638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emploi de microsatellites pour l'analyse de la diversité génétique des races bovines françaises : premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Furet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 26 (Suppl1), pp.155s-165s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of a set of bovine (TG)n microsatellites : allelic frequencies in french and italian cattle breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katayoun Moazami-Goudarzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Osta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ciampolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 23 (1s), pp.64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of five new bovine dinucleotide repeats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Osta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert H. Levéziel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 23, pp.537-541</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bos taurus sequencing methods benchmark for assembly, haplotyping, and variant calling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Genome San Diego 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, San Diego, United States. 10, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04432803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Major contribution to the bovine pangenome: whole genome sequences, SNPs, and structural variants of 154 bulls from 14 breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Suin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Marcuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Genome San Diego 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04432840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for new mutations in cattle by systemac whole genome resequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Escouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th International Society of Animal Genetics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04170956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ITGA6 homozygous splice-site mutation causes junctional epidermolysis bullosa in Charolais cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Boulling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Wolgust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint International congress on animal science 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon (Centre des Congrès), France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04728107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De novo assembly of 90 bovines genomes using PacBio CLR application comparison and optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Marcuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Suin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale France Génomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De novo assembly of bovine genome using PacBio applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMRT Leiden 2021 – Young Investigator Virtual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, virtuel, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Long Read project to find optimal technologic combinations for genome assembly and variability, epigenetic marks detection and metagenomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVIII, Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, San Diego, United States. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénotypage de l’épilepsie en race Parthenaise : étude rétrospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Relun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France. , 24 (24ème ed.), 2018, Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reverse genetics to describe a recessive defect in different breeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia. , 2017, Book of Abstracts of the 68th annual meeting of the Federation of Animal Science (EAAP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causes de la mortalité embryonnaire ou fœtale de 2 mutants bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Le Guienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale identification of the causative genetic variants influencing traits of economic interest in French dairy breeds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Novel models and strategies to unravel the genetic pathways involved in horn ontogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Diane Esquerre</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Leguienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, San Diego, United States. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190277v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel models and strategies to unravel the genetic pathways involved in horn ontogenesis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Large-scale identification of the causative genetic variants influencing traits of economic interest in French dairy breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Leguienne</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, San Diego, United States. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190273v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridization-based targeted enrichment and second generation sequencing applied to domestic animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per Wahlberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien A. Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Thérèse Bihoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Conference of the International Society of Animal Genetics (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Edinburgh, United Kingdom. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15382,121 +15766,121 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA isolation from cattle semen for long read sequencing v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (typdoc.RESPROT)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04414012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15506,161 +15890,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bovine model of rhizomelic chondrodysplasia punctata caused by a deep intronic splicing mutation in the GNPAT gene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Boulling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Corbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04702979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId392"/>
+      <w:footerReference w:type="default" r:id="rId398"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15807,51 +16191,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268512v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112049" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05330359v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Sorin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maulana Mughitz Naji" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birbes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Escouflaire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-01012-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391915v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Di Franco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24477-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05392506v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Capitan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.70058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075769v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boulling" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Corbeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mortier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-00969-z" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05261352v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Min&#233;ry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fritz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.70035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714371v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Guintard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guzylack-Piriou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-024-03384-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675198v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Denis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308011" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04581779v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanlin Jourdain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00909-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170739v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calgaro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.277787.123" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844760v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Leclerc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Jewell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22365" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04122201v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dr&#233;au" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuchly" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02249-1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125597v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wolgust" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00814-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00762-2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13179" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478130v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Floriot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duchesne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grohs" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoz&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Deloche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13055" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164832v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hintermann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab021" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182575v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vinet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chanteloup" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-19423" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514814v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Davergne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judikael Saout" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00535-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02611162v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rebours" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Orellana" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6087-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623515v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fritz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Bizard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-14119" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622967v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Letaief" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Meersseman" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0352-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605099v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica Medugorac" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rothammer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yondon Zagdsuren" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3775" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619062v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-12579" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608270v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bourneuf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Otz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pausch" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jagannathan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11523-3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479216v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0268-z" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608800v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchesne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Bertaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02506852v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katayoun Moazami-Goudarzi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msw144" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605684v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Barbieri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2016.94supplement4183a" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479315v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chahory" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Marete" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dagios" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0232-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04045143v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Danchin-Burge" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.5.2995" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533956v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602349v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602233v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602234v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602238v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Floriot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194111v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fantini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braque" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Saintilan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-015-0110-z" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194172v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135931" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193853v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans D Daetwyler" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Pausch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Stothard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rianne van Binsbergen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3034" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000794v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica I. Medugorac" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan S. Krebs" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063512" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000118v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Fritz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien A. Capitan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina S. Rodriguez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0065550" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001227v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B. Laporte" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-13-74" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019835v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049084" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000725v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Weiss" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Rossignol" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Reverse" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022242" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193369v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Eggen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-10-33" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659723v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Manciaux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gautier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2007.01688.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660515v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M. Gautier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navratil" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Foglio" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657118v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Chadi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659000v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Allain" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pena-Arnaud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657088v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2006.05.007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653456v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roy Barcelona" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom T. Druet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894436v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bourgeois" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cerqueira" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Faugeras" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2002037" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211860v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bennewitz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reinsch" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malafosse" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894449v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Bennewitz" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Reinsch" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Malafosse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003011" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685086v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cerqueira" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Faugeras" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Neau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211832v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ciampolini" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mazzanti" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cianci" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685244v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Saunier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy No&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685679v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691329v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petit" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707094v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre A. Eggen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri-Darwich" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708503v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodellar" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. P&#233;pin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714932v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Pierre J.-P. Furet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705857v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709369v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imam Ghali" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gu&#233;rin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709638v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Velmala" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Francois Mahe" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lien" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894061v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vaiman" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mercier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Furet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700207v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Osta" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700535v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726165v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195876v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jourdain" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Barasc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Faraut" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Grohs" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Donnadieu" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195854v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ech&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Iampietro" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Capitan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200626v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096124v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Birbes" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dreau" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03731359v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leclerc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03731355v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cesbron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03731343v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Plassard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/BRKOV3" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336111v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delafosse" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736390v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736321v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l R. Guatteo" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davergne" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Taussat" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737523v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735939v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Baur" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742839v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742788v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532630v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742342v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chahory" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chambrial" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barbey" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194035v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braques" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193912v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189868v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019848v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Rodriguez" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190515v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Rodriguez" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754003v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Larroque" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Gallard" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bach" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ogier" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762965v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762175v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laurent" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Denis" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761910v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude Save" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760103v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762850v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770127v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771694v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourgeois" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841950v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sibille" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chopard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765068v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764648v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834529v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772088v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Furet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846604v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772247v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leotta" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778105v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844237v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432803v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432840v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Suin" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marcuzzo" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170956v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04728107v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590746v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541224v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734061v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Relun" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loiseau" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604566v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533874v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190277v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190273v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leguienne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823465v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Wahlberg" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Bihoreau" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04414012v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04702979v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05537087v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Sorin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Escouflaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fritz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05537063v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maulana Mughitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Grohs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726165v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanlin Jourdain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195876v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jourdain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Barasc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Faraut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Grohs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Donnadieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195854v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ech&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Iampietro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Capitan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200626v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boulling" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wolgust" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096124v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Birbes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuchly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03731355v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leclerc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Cesbron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03731359v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Guintard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03731343v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Corbeau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Plassard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/BRKOV3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336111v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delafosse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Davergne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736390v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Letaief" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fritz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737523v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736321v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l R. Guatteo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davergne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Taussat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735939v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Baur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Danchin-Burge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742788v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742839v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien A. Capitan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532630v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742342v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chahory" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chambrial" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barbey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194035v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fantini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braques" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Saintilan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193912v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillaume" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189868v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019848v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Rodriguez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190515v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C. Rodriguez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754003v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Larroque" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Gallard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delacroix-Buchet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ogier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762965v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry-Darmon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Allain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pena-Arnaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761910v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Bertaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude Save" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762175v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre A. Eggen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Duchesne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laurent" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Denis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760103v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M. Gautier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Fritz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762850v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770127v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cerqueira" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Faugeras" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771694v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourgeois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841950v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sibille" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chopard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765068v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ciampolini" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mazzanti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Lev&#233;ziel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cianci" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764648v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Saunier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy No&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834529v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772088v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katayoun Moazami-Goudarzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Furet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772247v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaiman" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leotta" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846604v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mercier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Pierre J.-P. Furet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778105v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844237v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Osta" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05543227v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Capitan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maulana Mughitz Naji" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-026-01373-3" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268512v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112049" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05330359v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birbes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-01012-x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391915v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Di Franco" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24477-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05392506v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.70058" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075769v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mortier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-025-00969-z" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05261352v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Min&#233;ry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.70035" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675198v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Denis" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308011" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714371v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guzylack-Piriou" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-024-03384-7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04581779v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00909-3" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170739v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calgaro" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.277787.123" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844760v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Leclerc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Jewell" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2022-22365" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125597v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00814-1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04122201v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dr&#233;au" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02249-1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839198v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00762-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582504v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hoz&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13179" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478130v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Floriot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duchesne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grohs" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoz&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Deloche" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13055" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164832v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hintermann" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab021" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182575v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vinet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denis" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chanteloup" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-19423" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514814v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judikael Saout" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00535-9" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02611162v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rebours" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Orellana" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6087-1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623515v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Bizard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-14119" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622967v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Meersseman" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0352-z" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619062v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-12579" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605099v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica Medugorac" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rothammer" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yondon Zagdsuren" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3775" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608270v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bourneuf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Otz" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pausch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jagannathan" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11523-3" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608800v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479216v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0268-z" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479315v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chahory" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Marete" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dagios" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0232-y" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605684v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Barbieri" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2016.94supplement4183a" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04045143v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2016.29.5.2995" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02506852v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msw144" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602234v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602233v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533956v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602349v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602238v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Floriot" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194111v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braque" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-015-0110-z" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194172v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135931" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193853v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans D Daetwyler" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Pausch" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Stothard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rianne van Binsbergen" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3034" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000794v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica I. Medugorac" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan S. Krebs" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063512" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000118v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina S. Rodriguez" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0065550" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001227v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B. Laporte" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-13-74" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019835v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049084" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000725v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Weiss" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M.-N. Rossignol" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Reverse" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022242" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193369v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Eggen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2156-10-33" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659723v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Manciaux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gautier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2007.01688.x" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660515v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navratil" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Foglio" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657118v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Chadi" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659000v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657088v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2006.05.007" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653456v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roy Barcelona" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom T. Druet" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894436v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bourgeois" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cerqueira" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Faugeras" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2002037" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211860v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bennewitz" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reinsch" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malafosse" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894449v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Bennewitz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Reinsch" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Malafosse" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2003011" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685086v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Neau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211832v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685244v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685679v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691329v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707094v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri-Darwich" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714932v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708503v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodellar" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. P&#233;pin" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705857v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709369v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imam Ghali" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gu&#233;rin" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709638v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Velmala" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Francois Mahe" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lien" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894061v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vaiman" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mercier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Furet" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700535v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700207v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432803v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432840v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Suin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marcuzzo" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170956v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04728107v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590746v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541224v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734061v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Relun" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loiseau" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604566v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533874v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190273v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leguienne" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190277v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823465v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per Wahlberg" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Bihoreau" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04414012v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04702979v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>