--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -338,173 +338,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Relire Madeleine Bourdouxhe. Regards croisés sur son œuvre littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Solte-Gresser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cécile Kovacshazy; Christiane Solte-Gresser. Peter Lang, 2012, 9789052017945</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Simplement double</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Perspectives comparatistes, Bernard Franco; Véronique Gély, 978-2-8124-4036-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04750629v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-04713601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplement double</w:t>
               </w:r>
@@ -824,165 +824,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matéo Maximoff, romancier. Une vie pour la littérature</w:t>
+                <w:t xml:space="preserve">Histoires (2010): un roman graphique sans histoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes Tsiganes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 61</w:t>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697940v1</w:t>
+                <w:t xml:space="preserve">hal-04697945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoires (2010): un roman graphique sans histoires</w:t>
+                <w:t xml:space="preserve">Matéo Maximoff, romancier. Une vie pour la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes Tsiganes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">, 2017, 61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697945v1</w:t>
+                <w:t xml:space="preserve">hal-04697940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la floraison des poèmes en prose chez les écrivains romani. Considérations théoriques inspirées des textes de Jean-Marie Kerwich et Alexandre Romanes.</w:t>
               </w:r>
@@ -2278,392 +2278,392 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« MADAME EST BONNE » : LE PERSONNAGE DE LA BONNE, DE GERMINIE À ÉMERENCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thorel-Cailleteau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Simples vies de femmes. Un petit genre narratif du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, 2014, 9782745326430</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Romanciers hongrois tsiganes de la vie ordinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Coquio; Jean-Luc Poueyto. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Roms », « Tsiganes », « nomades » Un malentendu européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, 2014, 978-2-8111-1123-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04714665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Thorel-Cailleteau. </w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ich schreibe, also bin ich aus der Gemeinschaft ausgeschlossen: Roma SchriftstellerInnen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Margot Brink; Sylvia Pritsch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simples vies de femmes. Un petit genre narratif du XIXe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, 2014, 9782745326430</w:t>
+              <w:t xml:space="preserve">Gemeinschaft in der Literatur. Zur Aktualität poetisch-politischer Interventionen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 57, 2013, 978-3-8260-4841-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gatlif prompted by Cécile Kovacshazy: I am not here to speak about the ‘Gypsy problem’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maria Hlavajova; Daniel Baker. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">We Roma: A Critical Reader in Contemporary Art (BAK Critical Reader Series)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BAK, 2013, 978-90-77288-16-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roma-Literaturen und Kreolisierung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">natascha ueckmann; gesine müller. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kreolisierung revisited. Debatten um ein weltweites Kulturkonzept</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 978-3-8376-2051-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713478v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04713487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand tout change, rien ne change. Les littératures tsiganes après l’ère soviétique</w:t>
               </w:r>
@@ -2862,478 +2862,478 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand la fiction engendre des humains. Le double dans la narration des XIXe et XXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Adam; Anna Caiozzo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Fabrique du corps humain : la machine modèle du vivant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9782914242363</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04725006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schurkische Liebhaber am Meer. Pierrot le fou von Jean-Luc Godard und A tâtons sans bâton von Constance Chlore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elisabeth Arend; Elke Richter; Christiane Solte-Gresser. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mittelmeerdiskurse in Literatur und Film - La Méditerranée : représentations littéraires et cinématographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, 2010, 9783631588406</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure du double au XXe siècle : le cas hongrois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andras Kanyadi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures mythiques en Europe centrale - Aspects d'un panthéon variable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'études slaves, 2010, 978-2-7204-0463-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cantemir, Zrínyi, Mehmet Aga et l'Europe orientale : constructions baroques du modèle classique de l'Orient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Duprat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orient baroque/Orient classique. Variations esthétiques du motif oriental dans les littératures d’Europe (XVIe-XVIIe s.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bouchene, 2010, 978-2-35676-008-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04725019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Andras Kanyadi. </w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandor Ferenczi et les écrivains hongrois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédérique Toudoire-Surlapierre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures mythiques en Europe centrale - Aspects d'un panthéon variable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut d'études slaves, 2010, 978-2-7204-0463-4</w:t>
+              <w:t xml:space="preserve">Hypnos: esthétique, littérature et inconscients en Europe (1900-1968)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Improviste, 2009, 978-2-913764-42-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...166 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIEUX TSIGANES/ROMS À BUDAPEST : DES LIEUX EN COMMUN AUX LIEUX COMMUNS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Horn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cultures d'Europe centrale. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lieux communs de la multiculturalité urbaine en Europe centrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8, pp.205-224, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05001549v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04797025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timişoara, la petite Vienne du Banat</w:t>
               </w:r>
@@ -4572,260 +4572,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Littératures Romani : construction ou réalité ? (1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Tsiganes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 36, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Multiculturalité urbaine en Europe centrale: villes moyennes et bourgades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bechtel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Galmiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures d'Europe Centrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Banat : un Eldorado aux confins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Babeti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">Cécile Kovacshazy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bechtel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures d'Europe Centrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5019,51 +5019,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797030v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kovacshazy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610253v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713591v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roswitha B&#246;hm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750629v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/simplement-double-le-personnage-double-une-obsession-du-roman-au-xxe-siecle.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713601v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Solte-Gresser" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713572v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Allegret-Tailliez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daliborka Milovanovi&#263;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delano&#235;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697933v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697940v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697945v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697941v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697942v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713433v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697913v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713543v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261043v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001512v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729270v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697939v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697936v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697943v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697948v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697951v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001526v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Balint" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800175v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800188v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800167v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714665v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797034v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713536v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713478v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713487v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713466v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002454v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800194v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725019v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797027v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814841v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725006v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001549v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Horn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797025v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725017v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800191v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800184v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797032v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001518v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697923v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697950v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002455v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798063v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729275v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729274v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kassai" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725034v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632057v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Tolnai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632027v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713609v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713583v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bechtel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Galmiche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713606v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713577v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Babeti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797030v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kovacshazy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610253v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713591v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roswitha B&#246;hm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713601v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Solte-Gresser" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750629v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/simplement-double-le-personnage-double-une-obsession-du-roman-au-xxe-siecle.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713572v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Allegret-Tailliez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daliborka Milovanovi&#263;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delano&#235;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697933v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697945v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697940v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697941v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697942v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713433v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697913v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713543v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261043v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001512v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729270v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697939v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697936v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697943v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697948v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697951v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001526v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Balint" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800175v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800188v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800167v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797034v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714665v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713487v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713536v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713478v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713466v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002454v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800194v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725006v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814841v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797027v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725019v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797025v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001549v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Horn" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725017v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800191v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800184v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797032v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001518v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697923v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697950v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002455v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798063v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729275v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729274v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kassai" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725034v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632057v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Tolnai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632027v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713609v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713606v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713583v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bechtel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Galmiche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713577v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Babeti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>