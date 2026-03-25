--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -255,51 +255,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Étude des îles de la basse vallée de la Seine</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, en particulier dans le secteur d'Oissel / Tourville-la-Rivière (Seine-Maritime)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identification des vestiges archéologiques</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> sur les îles aux Bœufs et Sainte-Catherine, dans les bras secondaires de la Seine et le long de la berge sud, notamment en lien avec le camp viking d’Oissel</w:t>
+        <w:t xml:space="preserve"> sur les îles aux Bœufs et Sainte-Catherine, dans les bras secondaires de la Seine et le long de la berge sud, notamment en lien avec le camp d’Oissel occupé par les vikings</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identification des modalités d’aménagement et d’implantation</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> de populations en contexte fluvial, à la fois sur les îles et en bord de berge, à travers l’analyse des vestiges mis au jour en milieu terrestre et subaquatique (épaves, aménagements de berges, mobilier)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -605,235 +605,253 @@
         <w:rPr/>
         <w:t xml:space="preserve"> Campagne de prospections géophysiques et subaquatiques sur le secteur Oissel/Tourville-la-Rivière de la basse vallée de la Seine, prospection pédestre sur l'île aux Boeufs à Oissel/Tourville-la-Rivière (Seine-Maritime)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Opérations d’archéologie préventive</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mars - Juin 2022</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> chemin de l’Import et Mougnac, 47520 Le Passage (Lot-et-Garonne), dir. Frédéric Gerber, Inrap, motte castrale médiévale – 12 semaines</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> chemin de l’Import et Mougnac, 47520 Le Passage (Lot-et-Garonne), dir. Frédéric Gerber, Inrap, motte castrale médiévale</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Octobre 2021 - Janvier 2022</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> chemin de Rouquette, Villeneuve-sur-Lot (Lot-et-Garonne), dir. Grégory Artigau, Inrap, habitat urbain gallo-romain et occupation gauloise – 15 semaines</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> chemin de Rouquette, Villeneuve-sur-Lot (Lot-et-Garonne), dir. Grégory Artigau, Inrap, habitat urbain gallo-romain et occupation gauloise</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Août - Septembre 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> rue Bourlange, Villeneuve-sur-Lot (Lot-et-Garonne), dir. Grégory Artigau, Inrap, habitat urbain gallo-romain – 5 semaines</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> rue Bourlange, Villeneuve-sur-Lot (Lot-et-Garonne), dir. Grégory Artigau, Inrap, habitat urbain gallo-romain</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Juin 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> stade des Cordeliers, Morlaàs (Pyrénées-Atlantiques), dir. Nicolas Guinaudeau, Acter archéologie, ancien couvent des Cordeliers – 1 semaine.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> stade des Cordeliers, Morlaàs (Pyrénées-Atlantiques), dir. Nicolas Guinaudeau, Acter archéologie, ancien couvent des Cordeliers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Juillet-Septembre 2017</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> technicienne de fouille, Limoges Evolution, avenue de la Révolution, Limoges (Haute-Vienne), dir. Raphaël Macario, Hadès Archéologie, fouille préventive, quartier urbain gallo-romain – 7 semaines.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Limoges Evolution, avenue de la Révolution, Limoges (Haute-Vienne), dir. Raphaël Macario, Hadès Archéologie, fouille préventive, quartier urbain gallo-romain</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Février-avril 2017</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> technicienne de fouille, Le Pontet, Carignan-de-Bordeaux (Gironde), dir. Laetitia Bonelli, Hadès Archéologie, fouille préventive, villa gallo-romaine et activité métallurgique alto-médiévale – 10 semaines.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Le Pontet, Carignan-de-Bordeaux (Gironde), dir. Laetitia Bonelli, Hadès Archéologie, fouille préventive, villa gallo-romaine et activité métallurgique alto-médiévale</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mars 2010</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Relevés topographiques et manuels, caves médiévales de l’Hôtel Doyneau, rue de la Chaîne, Poitiers (Vienne), contrat A.A.P.C. – 3 jours.</w:t>
+        <w:t xml:space="preserve"> Relevés topographiques et manuels, caves médiévales de l’Hôtel Doyneau, rue de la Chaîne, Poitiers (Vienne), contrat A.A.P.C.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Opérations d’archéologie programmée</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Archéologie subaquatique et sous-marine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Depuis 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> embouchure de la Rance, Saint-Malo (Ille-et-Vilaine), dir. A. Hoyau-Berry, COH J. Veira (Adramar), épave immergée, XVIIIe s. – 7 semaines (2 campagnes)</w:t>
+        <w:t xml:space="preserve"> embouchure de la Rance, Saint-Malo (Ille-et-Vilaine), dir. A. Hoyau-Berry, COH J. Veira (Adramar), épave immergée, XVIIIe s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Octobre 2022</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> fleuve Charente, Saint-Vaize (Charente-Maritime), dir. V. Morin, COH J.-F. Mariotti (AREPMAREF), pirogue fin VIIe s. – 1 semaine</w:t>
+        <w:t xml:space="preserve"> fleuve Charente, Saint-Vaize (Charente-Maritime), dir. V. Morin, COH J.-F. Mariotti (AREPMAREF), pirogue fin VIIe s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Juillet 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> rivière Ill, Benfeld et Sand (Bas-Rhin), dir. H. Schillinger, COH E. Rault (Archéologie Alsace), aménagements de rive gallo-romains et structures de l’Âge de bronze, Ier mill. av. n. è. – 2 semaines</w:t>
+        <w:t xml:space="preserve"> rivière Ill, Benfeld et Sand (Bas-Rhin), dir. H. Schillinger, COH E. Rault (Archéologie Alsace), aménagements de rive gallo-romains et structures de l’Âge de bronze, Ier mill. av. n. è.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Archéologie terrestre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">2013-2016</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Les Pierrières, Batilly-en-Gâtinais (Loiret), dir. S. Fichtl (univ. Strasbourg), habitat aristocratique rural gaulois, IIe-Ier siècle av. J.-C. – 8 semaines (3 saisons)</w:t>
+        <w:t xml:space="preserve"> Les Pierrières, Batilly-en-Gâtinais (Loiret), dir. S. Fichtl (univ. Strasbourg), habitat aristocratique rural gaulois, IIe-Ier siècle av. J.-C.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Février 2011</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">  prospection pédestre thématique (recherche de charbonnières), forêt de la Braconne (Charente-Maritime), dir. Graziella Rassat (univ. Limoges) – 1 semaine</w:t>
+        <w:t xml:space="preserve">  prospection pédestre thématique (recherche de charbonnières), forêt de la Braconne (Charente-Maritime), dir. Graziella Rassat (univ. Limoges)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Juillet 2010</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Glinet (Seine-Maritime), dir. D. Arribet-Deroin (univ. Paris 1), haut fourneau, XVe-XVIe s. – 4 semaines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">2009-2010</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Le Montpaon, Fontvieille (Bouches-du-Rhône), dir. J.-C. Treglia (univ. Aix-Marseille), habitat castral, XIIe-XVIe s. – 7 semaines (2 saisons)</w:t>
+        <w:t xml:space="preserve"> Le Montpaon, Fontvieille (Bouches-du-Rhône), dir. J.-C. Treglia (univ. Aix-Marseille), habitat castral, XIIe-XVIe s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">2008-2009</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Jau-Dignac-et-Loirac (Gironde), dir. I. Cartron (univ. Bordeaux 3) et D. Castex (Univ. Bordeaux 1), fanum, nécropole et église, IVe-XVIIIe s. – 7 semaines (2 saisons)</w:t>
+        <w:t xml:space="preserve"> Jau-Dignac-et-Loirac (Gironde), dir. I. Cartron (univ. Bordeaux 3) et D. Castex (Univ. Bordeaux 1), fanum, nécropole et église, IVe-XVIIIe s.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Formations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">2021</w:t>
       </w:r>
@@ -3318,51 +3336,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AA83112D"/>
+    <w:nsid w:val="61556E0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3466,51 +3484,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="607B7D81"/>
+    <w:nsid w:val="878DB4C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>