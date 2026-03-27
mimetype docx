--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:96.09375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cécile Leguy </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Cécile LEGUY Professeure d'anthropologie linguistique, Université Sorbonne Nouvelle,LACITO - UMR 7107 CNRS-Sorbonne Nouvelle-INALCODirectrice du LACITO</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cecile-leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2728-9855</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">050751530</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14935765</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000045566957</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après une maîtrise de philosophie soutenue à l'Université Paris IV-Sorbonne, Cécile Leguy s'est orientée vers l'anthropologie sociale et l'ethnolinguistique pour préparer, à l'EHESS, une thèse d'anthropologie sociale et ethnologie consacrée au discours proverbial en milieu rural africain, à partir d'enquêtes de terrain auprès des Bwa du Mali (1996). Nommée maître de conférences en anthropologie sociale à l'Université Victor-Segalen Bordeaux 2 en février 1999, puis à l'Université Paris Descartes en septembre 2006, elle est depuis octobre 2011 professeure d'anthropologie linguistique à l'Université Sorbonne Nouvelle. Dans le cadre d’une approche pragmatique, ses principaux domaines d’intérêt sont les modalités de la communication, en particulier le discours proverbial et métaphorique, ainsi que les différents types de nomination en lien avec les relations sociales et familiales. Membre du comité de rédaction des </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> dont elle fut co-rédactrice en chef de 2011 à 2024, elle est également membre du comité éditorial de la revue </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et des </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">africains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, édition d’ouvrages bilingues. De 2018 à 2023, elle a été présidente de l'ISOLA (</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Society for the Oral Literatures of Africa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). En délégation-résidence au Musée de l'Homme (UMR 7206-Eco-Anthropologie) de 2022 à 2024, elle prépare actuellement une exposition sur &amp;quot;Nommer le vivant, dire le monde&amp;quot; pour le Musée d'Ethnographie de Bordeaux. Elle est depuis le 1er septembre 2024 directrice du LACITO.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Modalités de la communication</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Discours proverbial et métaphorique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nomination</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Famille et parentalité en Afrique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nomination et classification du vivant</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulgomde ou la parole chez les kurumba, ouvrage posthume de Bertrand-François Gérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LACITO-Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.150, 2025, Anthropologie linguistique et sociale de la parole, 978-2-490768-12-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05194235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnolinguistique – Anthropologie linguistique : histoires et études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Laplantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Vapnarsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d’histoire et d’épistémologie des sciences du langage, 2025, 979-10-91587-32-7. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14tuz⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de contes bwa du Mali. Parents et enfants, quelle histoire !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2023, Tradition orale, Henry Tourneux, 9782384091096</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04131952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expression de la parentalité dans les arts de la parole en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2019, Henry Tourneux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Façonner la parole en Afrique de l’Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Balestier Press, pp.132, 2019, Hearing Others' Voices / Entrendre la voix des autres, Ruth Finnegan, 9781911221739</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02388345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les pas de Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pecquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzy Platiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulette Roulon-Doko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Seydou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">85 (1-2), pp.8-171 et 385-396, 2015, Journal des africanistes, 9782908948431</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01511346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétence et performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.348, 2014, 978-2-8111-1023-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01037857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie des pratiques langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.208, 2013, Collection U, 978-2-200-28778-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00907865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Monnerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.381, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00768529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire des CLO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Inalco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 66, pp.287, 2009, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles imagées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bréal, pp.128, 2004, Marie-Dominique Popelard, 2749504325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le proverbe chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.323, 2001, 2845861281</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La famille africaine (traduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adepoju Aderanti. Karthala, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis—Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 62 (3), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17159/tl.v62i3.24567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05401231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner un nom : une fonction de la parentalité ? La nomination dans la relation parentale avant et après Esther N. Goody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 94 (1-2), pp.264-286. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13wbe⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05195388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Larguèche, La provocation. Au risque de l’image de soi, Paris, Éditions In Press (coll. « Psy pour tous »), 129 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 182 (2), pp.201-203. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ls.182.0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invention of boundaries and identity issues in the story of an anti-colonial war</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Mbuyu 1, 60 (3), pp.5-16. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17159/tl.v60i3.14380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04342879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chave-Dartoen Sophie &amp; Rolland-Traina Stéphanie (dir.), 2019, Le façonnement des ancêtres. Dimensions sociales, rituelles et politiques de l’ancestralité, Presses de l’Inalco, Paris, 337 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 93, pp.161 - 164. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127v5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Chave-Dartoen Sophie et Rolland-Traina Stéphanie (dir.), 2019, Le façonnement des ancêtres. Dimensions sociales, rituelles et politiques de l’ancestralité, Presses de l’Inalco, Paris, 337 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 93, pp.161-164. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127v5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Privat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Oralités de bonheur, oralités de malheur, 93, pp.9-20. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127ur⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Cristina Schiavone, Écritures Dakaroises. Dynamiques du français urbain au Sénégal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il Tolomeo : Rivista di studi postcoloniali | A Postcolonial Studies Journal | Journal d’études postcoloniales | Revista de estudos pós-coloniais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.24, 301-304. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30687/Tol/2499-5975/2022/01/033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03918165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la subjectivité en anthropologie : se raconter, ou raconter l’enquête ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, identités du chercheur et narrations en sciences humaines et sociales, 43, pp.33-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03402359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Calame-Griaule et la performance du conte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabula / Les colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Traduire, transposer, composer. Passages des arts verbaux extra-occidentaux en langue française, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58282/colloques.6954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03204756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Andreesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elara Bertho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathie Birat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Oralités contestataires, Hors-série, pp.7-13. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Est-ce que vraiment nous comptons ? », une question d’actualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Hors-Série, pp.117-126. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02938023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de « Sandra Bornand, Noces en paroles chez les Zarma (Niger) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 231-23, pp.317-320. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lhomme.35888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02983092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial : Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Geneviève Calame-Griaule, 83, pp.9-17. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.4586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merolla Daniela and Turin Mark (eds), 2017, Searching for Sharing. Heritage and Multimedia in Africa, Open Book Publishers, Cambridge UK, 150 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 84, pp.189-192. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.5528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Des vies extraordinaires : motifs héroïques et hagiographiques, 80, pp.9-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03618794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Compte rendu de Alice Degorce, Chants funéraires des Mossi (Burkina Faso), Classiques africains, 2014 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 217, pp.186-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exhibiting intangible heritage in a museum: the Voices of Africa experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3-4), pp.364-384. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53228/njas.v25i3&amp;4.110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Christiane Awusu-Sarpong, Anthologie critique du conte akan. Histoire d’Ananse l’Araignée, Paris, Karthala, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 80, pp.185-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Des vies extraordinaires : les territoires du récit, 79, pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03618778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Expression of Parenthood through the Oral Tradition of Storytelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3-4) pp.175-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulette Roulon-Doko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sur les pas de Geneviève Calame-Griaule, 1-2 (85), pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;Paroles d'Afrique&amp;quot; dans un musée : de la valorisation à la transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sur les pas de Geneviève Calame-Griaule, 85 (1-2), pp.44-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01401135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Derive, L’art du verbe dans l’oralité africaine, Paris, L’Harmattan, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.133-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biebuyck Daniel B. (textes transcrits, traduits et édités par), 2013, Sherungu Muriro. Mémoires d’un Nyanga, Paris, Librairie Orientaliste Paul Geuthner (320 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 77-78, pp.247-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03620209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles et rapports de pouvoir dans les Suds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Degorce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Parler pour dominer ? Pratiques langagières et rapports de pouvoir, 73, pp.3-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01477962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Derive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paroles d'Afrique, 4, pp.5-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnologie et langage au fil d’un parcours passionné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (84), pp.272-285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Derive Jean (édité par), 2012, Chanter l’amour en pays dioula (Côte d’Ivoire). Badinage, sexe et jalousie, Paris, Classiques africains, 249 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 210, pp.183-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au rythme du discours proverbial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, D'un rythme à l'autre, 73-74, pp.207-228. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.2033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Calame-Griaule et la parole contée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Grande Oreille : La revue des arts de la parole </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 ans de contes, 55, pp.76-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02983738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Gaborit Lydia, Littératures orales et populaires de l’île de Noirmoutier, Paris, L’Harmattan (Patrimoine culturel immatériel), 2012 (477 p. + CD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 71, pp.191-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calame Claude, Dupont Florence, Lortat-Jacob Bernard, Manca Maria (dir.), La voix actée. Pour une nouvelle ethnopoétique, Paris, Editions Kimé, 2010 (328 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 201, pp.205-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’art du proverbe : l’exemple des Bwas du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le point références</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, L’âme de l’Afrique. Epopées, contes et légendes, novembre-décembre, pp.78-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Do “Message-Names” Say? The Management of Kinship and the Act of Naming among the Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 197, https://www.cairn-int.info/revue-l-homme-2011-1-page-71.htm&amp;wt.src=pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01408996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’efficacité de l’adresse indirecte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, L'adresse indirecte ou la parole détournée, 70, http://clo.revues.org/1014. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.1285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leimdorfer François, Les sociologues et le langage, Paris, Editions de la MSH, 2011, (290 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 69, pp.142-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que disent les noms-messages ? Gestion de la parenté et nomination chez les Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (197), pp.71-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial – L’adresse indirecte ou la parole détournée. Évitement ou stratégie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larguèche Evelyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, L’adresse indirecte ou la parole détournée., 70, pp.7-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therrien Michèle (dir.), Paroles interdites, Paris, Karthala, 2008 (288 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 67-68, pp.273-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialiba Konaté, ou celui qui donne à voir la parole des griots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Quand l'art prend la parole, 67-68, http://clo.revues.org/420. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 63-64 (Pratiques d'enquêtes), pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00556970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calame-Griaule Geneviève, Ethnologie et langage. La parole chez les Dogon, Limoges, Lambert Lucas, 2009 (3e édition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 185, pp.268-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Mémoires des CLO, 66, pp.7-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calame-Griaule Geneviève, Contes dogon du Mali, Paris, Karthala-Langues’O, 2006 (245 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 183, pp.227-229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Quand la radio réveille les contes”. Temps du conte et temps des ondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autour de la performance, 65, pp.65-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Quand le cheval de l’Est rencontre le cheval de l’Ouest...”. Approche ethnolinguistique de l’espace en pays boo (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, L’expression de l’espace dans les langues africaines I, 79 (1), pp.11-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63-64, pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00702917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massignon Geneviève, De bouche à oreille. Anthologie de contes populaires français, Paris, José Corti (Collection Merveilleux n°30), 2006 (416 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63/64, pp.472-474</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quête de proverbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Pratiques d'enquêtes, 63-64, pp.59-81. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Pratiques d'enquêtes, 63/64, pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Barbara Glowczewski, Des connexions orales et visuelles aux connexions numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Glowczewski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Pratiques d'enquêtes, 63/64, pp.319-335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revitalizing the Oral Tradition: Stories Broadcast by Radio Parana (San, Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in African Literatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 38 (3), pp.136-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bornand Sandra, Le discours du griot généalogiste chez les Zarma du Niger, Paris, Karthala, 2005, 457 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 59/60, pp.400-402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagesses animales : à propos des proverbes africains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notre librairie : Revue des littératures du Sud : Afrique, Caraïbes, Océan indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 163, pp.21-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Lebarbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Des noms et des personnes, 59/60, pp.7-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des noms cités dans les proverbes. Au sujet d’une modalité du reproche indirect en contexte africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Des noms et des personnes, 59/60, pp.165-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Heine Bernd et Nurse Derek (dir.), Les langues africaines, Paris, Karthala, 2004, (468 p.) (Edition originale : African Languages : An Introduction, Cambridge, Cambridge University Press, 2000. Traduction et édition françaises sous la direction d’Henry Tourneux et Jeanne Zerner)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 75 (2), pp.150-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des types et des motifs dans les contes africains. Note sur les essais de classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 57/58, pp.337-346</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Sissao Alain Joseph, Alliances et parentés à plaisanterie au Burkina Faso. Mécanismes de fonctionnement et avenir, Ouagadougou, Sankofa & Gurli Editions, 2002, (186 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 75 (1), pp.333-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Larguèche Evelyne (dir.), L’injure, la société, l’islam. Une anthropologie de l’injure, Revue des Mondes Musulmans et de la Méditerranée, n°103/104, Édisud, 2004 (360 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56, pp.277-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Cros Michèle, Résister au sida. Récits du Burkina, Paris, PUF (« Ethnologies »), 2005 (293 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 57-58, pp.390-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noms de personne et expression des ambitions matrimoniales chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Approches croisées des mondes akan II, 75 (2), pp.107-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Fiemeyer Isabelle, Marcel Griaule citoyen dogon, Actes sud, 2004 (172 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 75 (2), pp.145-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la devinette au proverbe. Métamorphoses d’un genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Métamorphoses, 55, pp.109-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Diawara Mamadou, L’empire du verbe et l’éloquence du silence, Cologne, Rüdiger Köppe verlag, 2003 (462 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 55, pp.155-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Calame-Griaule Geneviève, Contes tendres, contes cruels du Sahel nigérien, Gallimard (Le langage des contes), 2002 (293 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 169-170, pp.306-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Jolly Éric et Guindo Nouhoum (édités par), Le pouvoir en miettes. Récits d’intronisation d’un hogon (pays dogon, Mali), Paris, Classiques africains, 2003 (491 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 53-54, pp.376-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Biebuyck Daniel et Mateene Kahombo (éditée par), Mwendo. Une épopée nyanga, Paris, Classiques africains, 2002 (263 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.301-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Seydou Christiane et Görög-Karady Veronika (dir.), La fille difficile. Un conte-type africain, CNRS éditions, 2002 (494 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.284-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Bacuez Pascal (collectés, traduits et présentés par), Contes swahili de Kilwa. Hadithi za kiswahili kutoka kilwa, Contes bilingues, Paris, L’Harmattan (La légende des mondes), 2000 (143 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.297-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derive Jean et Dumestre Gérard (édités par), Des hommes et des bêtes. Chants de chasseurs mandingues, Classiques africains, 1999 (281 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 49, pp.177-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Baumgardt Ursula, Une conteuse peule et son répertoire. Goggo Addi de Garoua, Cameroun, Karthala, 2000 (548 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 50, pp.279-281</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Mohamed Ag Erless, « Il n’y a qu’un soleil sur terre ». Contes, proverbes et devinettes des Touaregs Kel-Adagh, Aix-en-Provence, Institut de recherches et d’études sur le monde arabe et musulman, 1999, (84 p.) (Travaux et documents de l’IREMAM, n°20)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, XLI 3-4 (163-164), pp.833-834</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouche délicieuse et bouche déchirée : Proverbe et polémique chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 92, pp.45-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Laplantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Vapnarsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnolinguistique – Anthropologie linguistique : histoires et études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société d’histoire et d’épistémologie des sciences du langage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-31, 2025, HEL Livres, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14tu3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours africaniste : documentation, performance et décryptage des situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d’histoire et d’épistémologie des sciences du langage. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnolinguistique – Anthropologie linguistique : histoires et études de cas Actes du colloque de la Société d’histoire et d’épistémologie des sciences du langage, Paris, 31 janvier-2 février 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Société d’histoire et d’épistémologie des sciences du langage, 2025, 979-10-91587-33-4. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14tul⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Words. “Paroles d’Afrique” Exhibition at the Bordeaux Ethnography Museum (MEB) or How to Bring Words to Life for the Public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sara Petrella and Mylène Steity. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC Arts &amp; Museums: Colonial History and Indigenous Voices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter Oldenbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.191-196, 2025, Traces. Public History and Heritage Studies, 978-3-11-914453-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05401213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sara Petrella et Mylène Steity. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC Arts &amp; Musées. Histoire coloniale et voix autochtones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seismo, pp.332-339, 2025, 978-2-88351-131-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05194186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface. Parole et dialogue au cœur de l’enquête : Bertrand-François Gérard au Lurum (Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Leguy; Doris Bonnet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fulgomde ou la parole chez les Kurumba</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LACITO-Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-26, 2025, Anthropologie linguistique et sociale de la parole, 978-2-490768-12-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05194256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter l’enquête ethnographique aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Meyer-Bolzinger Dominique et Chelebourg Christian (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enquête, une forme pour les récits du XXIe siècle. Actes du colloque de Cerisy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Visage Vert, pp.217-228, 2024, 9782918061601</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04628363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expression de la parentalité et la relation éducative dans les contes de tradition orale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Hertrich; Olivia Samuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance et famille au Mali. Trente ans d’enquêtes démographiques en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Ined, pp.251-264, 2024, 9782733280508</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne ou mauvaise mère ? Des figures maternelles dans les contes de tradition orale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Hertrich; Olivia Samuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance et famille au Mali. Trente ans d’enquêtes démographiques en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Ined, pp.265-276, 2024, 9782733280508</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du rôle des noms individuels dans la construction de la relation parentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abednego Kamaté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Hertrich; Olivia Samuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance et famille au Mali. Trente ans d’enquêtes démographiques en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Ined, pp.229-250, 2024, 9782733280508</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du récit de soi en enquêteur : l'écriture des anthropologues face aux exigences de la méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Godard (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Ateliers du sujet. Approches pluridisciplinaires des écritures de soi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.51-73, 2024, Collection « Sciences du langage », 9782379060960</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04466136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proverbs, Naming and Other Forms of Veiled Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Akintunde Akinyemi and Toyin Falola. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of African Oral Traditions and Folklore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan Publishers, pp.317-333, 2021, 978-3-030-55516-0. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-55517-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02995792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégoriser, signifier, communiquer : de la nomination de l’humain en anthropologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angelina Aleksandrova et Jean-Paul Meyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nommer l'humain : Descriptions, Catégorisations, Enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp.33-54, 2021, 978-2-343-23638-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03547576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralité, de la production à l'interprétation. Pour une approche anthropolinguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nadia Ouachene et Lahcen Ouasmi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'oralité, de la production à l'interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan Maghreb, pp.19-57, 2019, 9782343174303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02302702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Dire et “faire” la relation parentale. De la nomination ordinaire chez les Bwa (Mali) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Leguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’expression de la parentalité dans les arts de la parole en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.179-204., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02996634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expression de la parentalité dans les arts de la parole en Afrique. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Leguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'expression de la parentalité dans les arts de la parole en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.9-24, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le proverbe au risque de l'incompréhension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micheline Lebarbier (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les ruses de la parole. Dire et sous-entendre. Parler, chanter, écrire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.23-47, 2017, 978-2-8111-1771-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02616439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marina Lafay, Françoise Le Guennec-Coppens et Elisée Coulibaly. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards scientifiques sur l’Afrique depuis les Indépendances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, 2016, 978-2-8111-1559-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne ou mauvaise mère ? Des figures maternelles dans les contes de tradition orale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abomo-Maurin Marie-Rose et Ugochukwu Françoise </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La femme dans la littérature orale africaine. Persistance des clichés ou perception de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, 2015, 9782343074290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le célibataire comme figure de l’altérité dans la littérature orale des Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ursula Baumgardt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations de l'altérité dans la littérature orale africaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.205-224, 2014, 978-2-8111-1263-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01089495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sandra Bornand et Cécile Leguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compétence et performance. Perspectives interdisciplinaires sur une dichotomie classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.11-23, 2014, 9782811110239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langage, culture et expression littéraire du point de vue de l'anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jose Aguilar, Cédric Brudermann et Malory Leclère. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues, cultures et pratiques en contexte : interrogations didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuve éditions, 2014, 9782360132638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relation mobilité/récit de soi en contexte subsaharien. Réflexion à partir de récits oraux recueillis au Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luciani Isabelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récit de soi, présence au monde. Jugements et engagements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-158, 2014, Le temps de l'histoire, 978-2-85399-952-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01084824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Dames de Minot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Béatrice, Fouque Antoinette et Calle-Gruber Mireille (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des femmes, pp.1128-29, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une conception pragmatique du langage chez Marcel Mauss ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erwan Dianteill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marcel Mauss. L’anthropologie de l’un et du multiple</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.57-79, 2013, 9782130589532</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Monnerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chave-Dartoen, Cécile Leguy et Denis Monnerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.9-15, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination, organisation sociale et stratégies discursives chez les Bwa (Mali-Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chave-Dartoen, Cécile Leguy et Denis Monnerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.323-352, 2012, 9782200280437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01396708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des paradoxes de la référence animalière dans le discours proverbial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros Michèle, Bondaz Julien et Michaud Maxime. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’animal cannibalisé. Festins d’Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des archives contemporaines, pp.171-184, 2012, 9782813000774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01419797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noms propres, nomination et linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chave-Dartoen, Cécile Leguy et Denis Monnerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.51-81, 2012, 9782200280437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01396744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomi di persona ed espressione delle ambizioni matrimoniali presso i Bwa del Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giovanni Azzaroni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La realtà del mito due</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLUEB, 2008, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1400/109277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Let us improve the future of our father’s household”, Analysis of a musical tape Made by The Tominian Community Environmental Project (SOS Sahel – Mali) In order to promote the NGO’s activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dauphin Anne-Marie et Derive Jean. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité africaine et création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.1156-1185, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes et masques du discours proverbial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baumgardt Ursula et Bounfour Abdellah (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le proverbe en Afrique. Forme, fonction et sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan / Inalco, pp.135-158, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Améliorons l’avenir de la maison de nos pères”. Analyse d’une cassette audio produite par le Projet Environnement Communautaire Tominian (SOS Sahel - Mali) pour promouvoir les actions de l’ONG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dauphin-Tinturier Anne-Marie et Derive Jean. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité africaine et création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.301-332, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos de la communicabilité du dire proverbial. Réflexion sur l’aspect métaphorique des proverbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baumgardt Ursula et Derive Jean (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paroles nomades. Ecrits d’ethnolinguistique africaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.99-113, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attitudes et niveaux de langue chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Canut Cécile (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires linguistiques en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan / INALCO (collection Bibliothèque des études africaines), pp.49-59, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu et développement du langage chez l’enfant à travers le cheminement scientifique d’Elinor Ochs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elinor Ochs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Alvarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité et jeux d'enfants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/144w0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05195424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nain et la sorcière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enfants du rônier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nyani et l’orphelin malaimé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massira, l'enfant maltraitée par sa marâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dabi ou la fille qui ne voulait parler à personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porinabwè et son frère Zè’è - L'enfant terrible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manigances du lépreux ou l'orphelin au père prévoyant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeune homme insoumis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fille séquestrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’homme prétentieux et ses quatre fils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le beau Naro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0007970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orpheline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’homme qui voulait prendre la femme de son fils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant capricieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0007968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bon et le mauvais fils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0007991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ce que raconter veut dire en milieu rural malien, hier et aujourd’hui »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au travers des contes. Ce que raconter veut dire, 7e journée d’étude dans le cadre du 18e festival Contes en marche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Konsl’Diz, Nov 2025, Monistrol sur Loire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05377237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voix et silence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La voix du silence ou le silence de la voix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Farah Abdelali; Nadia Ouachene; Université Hassan II de Casablanca, Apr 2025, Casablanca (Maroc), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours africaniste : documentation, performance et décryptage des situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHESL 2024 - Ethnolinguistique-anthropologie linguistique : histoires et état des lieux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chloé Laplantine, Cécile Leguy et Valentina Vapnarsky, Jan 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04476295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influence de Geneviève Calame-Griaule sur l’anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryptotypes : éthique et épistémologie dans l’ étude du fait linguistique total</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Félix Danos, Isabelle Leblic, Bertrand Masquelier et Urmila Nair, Jun 2024, Paris Université Sorbonne Nouvelle, campus Nation, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04628386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler avec les noms : approche pragmatique d’une pratique ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches sociales du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, James Costa; Elodie Blestel; Emmanuelle Guerin, Dec 2024, Paris Université Sorbonne Nouvelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nommer et catégoriser le vivant. Débats autour de l’Anthropocène. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nommer et catégoriser le vivant. Débats autour de l’Anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cécile Leguy, Nov 2024, Paris (Musée de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evoking life: the use of ideophones in Bwa stories (Mali) and their translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vova Colloquium: stylistic border crossings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catharine Mason, Jun 2023, Perris (California), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04158139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If the sparrow causes the rain , let him wait for the wind.&amp;quot; Thinking about the relationship to water with Bwa tales and proverbs (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ISOLA conference - HUMANS AND NON-HUMANS IN AFRICAN VERBAL ARTS Narrativity and environmental poetics at the dawn of the climate crisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Bornand; Philippe Glâtre; Hermelind Le Doeuff; Cécile Leguy; Daniela Merolla; Katell Morand, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04158134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dation du nom comme fonction de la parentalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La parentalité des anthropologues : avant et après Esther Goody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yazid Ben Hounet; Marie-Luce Gélard, Mar 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03620260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nommer, ou transmettre un récit. Pratiques de nomination ordinaire chez les Bwa du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Praxitexte – Raconter d’ailleurs, dirigé par Luca Greco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Metz, Université de Lorraine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03648751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nommer et penser le Vivant à l’ère de l’Anthropocène : une approche anthropo-linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Interdisciplinarité, UMR 7206 « Eco-Anthropologie »-Musée de l’Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frank Alvarez-Pereyre, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Invention de frontières et enjeux identitaires dans le récit d’une révolte anticoloniale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Frontières, circulations, interculturalités et interactions Hommes-Milieux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Cayenne, Université de Guyane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03648749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La parentalité chez les Bwa (Mali) : approche par l’oralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Regards Croisés sur la Petite Enfance »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Doris Bonnet, Gladys Chicharro, Michel Christian, Vincent Gourdon, Nathalie Sage Pranchère et Charles-Edouard de Suremain; Université de Paris, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oralité et créativité en Afrique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence grand public organisée par la Commission culture à l’université de Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Cayenne, Université de Guyane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03648750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">History at the Service of an Identity Construction: Singing the Bwa Revolt of 1915-16 Today</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th ISOLA Conference Theme: Transitions, Transformations and Translocations in African Oral Traditions and (Re) Imagined Boundaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DR. Rose Opondo, Moi University, Jul 2021, Nairobi, Kenya</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03282405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Geneviève Calame-Griaule et la performance du conte »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire, transposer, composer. Passages des arts verbaux extra-occidentaux en langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Magali Bossi, Eléonore Devevey et Sébastien Heiniger, May 2020, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subjectivité du chercheur en anthropologie : se raconter, ou raconter l’enquête ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identités du chercheur et narrations en sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Raconter l’enquête ethnographique aujourd’hui »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raconter l’enquête : une forme pour les récits du XXIe siècle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christian Chelebourg et Dominique Meyer-Bolzinger, Jul 2019, Cerisy-la-Salle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02315815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et relations parentales : approche pragmatique des noms de personnes chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence annuelle à l’Assemblée Générale de la Société des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des africanistes, Musée du Quai Branly, Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cœur et foie dans l’expression des émotions en bomu et dans quelques autres langues africaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Understanding &amp; Translating Hearts &amp; Parts/Composer et transposer les parties du corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, James Underhill, Mar 2019, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours proverbial : une parole à deviner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Etrangetés linguistiques », Journée d’étude organisée par Catharine Mason, Universités de Caen et de Rouen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01870496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégoriser, signifier, communiquer : de la nomination de l’humain en anthropologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et pluridisciplinaire « Nommer l’Humain : Descriptions, catégorisations, enjeux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Université de Strasbourg/MISHA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01927926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination ordinaire et gestion des relations familiales (Afrique de l’Ouest)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’équipe Anthropologie linguistique du Laboratoire d’Anthropologie Sociale, Collègue de France, Paris, dirigée par Andrea-Luz Gutierrez-Choquevilca et Pierre Deléage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01870499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment interpréter une production orale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude des jeunes chercheurs en littérature orale « Littérature orale et genres »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Ouagadougou, Burkina Faso</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01927933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A festival to make our sons gentlemen ». Women’s songs and revival of the Búkut, the major circumcision of young men, Diola (jóola) region of Bignona (Casamance, Senegal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th conference ISOLA (International Society for Oral Literature in Africa), « Oral Literatures and Festivals in Africa and the African Diaspora : Tradition and Globalization »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Ibadan, Nigeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01870491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d’études autour des travaux d'Elinor Ochs et d'Alessandro Duranti (UCLA) Indexicalités et jeux de langage. Perspectives anthropologiques : sociale et linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leblic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Masquelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indexicalités et jeux de langage. Perspectives anthropologiques : sociale et linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LEBLIC Isabelle; Leguy Cécile; Bornand Sandra, Apr 2018, Villejuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la production à l’interprétation en oralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’oralité : de la production à l’interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Hassan II de Casablanca, Faculté des Lettres et des Sciences Humaines Ben M’sik Casablanca, Laboratoire de Langues, Littératures et Communication, Groupe de Recherche en Linguistique, Communication et Médias, Nov 2017, Casablanca, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01673442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littératures et langues. Introduction à l’atelier “Quels regards scientifiques sur l’Afrique depuis les indépendances ?”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quels regards scientifiques sur l’Afrique depuis les indépendances ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marina Lafay; Françoise Le Guennec-Coppens; Elisée Coulibaly, Nov 2011, Paris (Musée du Quai Branly), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’enfant et ses proches dans les contes de tradition orale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Children and family dynamics in sub-saharian Africa/L’enfant et ses proches. Dynamiques familiales en Afrique subsaharienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National d’Etudes Démographiques, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nomination et mémoire familiale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Remembrance in Africa and the Diaspora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISOLA (International Society for Oral Literature in Africa) / Université de Floride (Gainesville, USA), May 2016, Gainesville, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nommer, appeler et dire. A propos de la nomination chez les Bwa du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Appellatifs : Actes de parole dans les relations de parenté », EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Natacha Collomb et Frédérique Vogel, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Naming and other veiled speaking among the Bwa People of Mali. Towards a Pragmatic Anthropology”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Language and Anthropology seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Anthropological Institute, Nov 2015, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les proverbes sont-ils des métaphores ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Métaphore(s). L'énonciation métaphorique en situation », Lacito</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabelle Leblic et Bertrand Masquelier, Apr 2015, Villejuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la représentation de la parole à la performativité des paroles : parcours dans l’ethnolinguistique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langages du Religieux : approche pluridisciplinaire et comparative de la parole efficace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse le Mirail, Jun 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01185900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De compétences en performances... Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De compétences en performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Bornand; Cécile Leguy, Nov 2011, Paris, Université Paris Descartes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’expression de la parentalité à travers les contes de tradition orale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature orale et éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISOLA (International Society for Oral Literature in Africa) / Université de Cocody, Jun 2014, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La relation mobilité/récit de soi en contexte subsaharien »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le récit de soi en questions : formes, espaces, temporalités, XVIe – XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Aix-en-Provence, France. pp.137-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposer le patrimoine immatériel dans un musée? L'expérience de &amp;quot;Paroles d'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISoLA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01044644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposer le patrimoine immatériel dans un musée ? L’expérience “Paroles d’Afrique“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Conference of International Society for the Oral African Literatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISOLA, Jun 2014, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01185898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie pragmatique et énonciative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études, Université de Rouen (DYSOLA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01048557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnologie et langage au fil d’un parcours passionné. Geneviève Calame-Griaule (1924-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée générale de la Société des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des Africanistes, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la littérature orale dans l'apprentissage des langues/cultures du monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paroles possibles. Pratiques des littératures en didactique des langues et des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, journée d’étude organisée par le groupe Littératures sans frontières : approches poétiques, anthropologiques et didactiques (LAPAD) du DILTEC - Université Sorbonne Nouvelle Paris 3, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie des pratiques langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’Atelier de Recherche en Anthropologie du Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, Apr 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauss, une conception pragmatique du langage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Marcel Mauss aujourd’hui. Anthropologie, sociologie, philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, Feb 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nom secret et anonymat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Séminaire inter-laboratoires d’anthropologie sur « L’anonymat. Un objet qui ne dit pas son nom » </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Jan 2013, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proverbe et basculement de rythme dans la parole ordinaire des Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Séminaire du Groupe de Recherche en EthnoPoétique (GREP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GREP, Université Paris Diderot, Apr 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About a “choreography” composed in tribute to the “52”, little maids from Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African dynamics in a multipolar world, ECAS 2013 (5th European Conference on African Studies)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECAS (European Conference on African Studies), Jun 2013, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une pratique langagière pleine de sens : le nom de personne chez les Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque annuel de la Société Suisse d’Ethnologie. Panel : Situations d’interlocution et rapports de pouvoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Suisse d’Ethnologie, Nov 2013, Sierre, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sociologie et anthropologie en croisement ». Participation à titre de discutant (présentation du volume et discussion)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat organisée à propos du numéro de L’Année sociologique, « Sociologie et anthropologie - Convergences, croisements et dissonances »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, Oct 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des paradoxes de la référence animalière dans le discours proverbial »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « L’animal cannibalisé »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée des Confluences/Université Lyon II, Oct 2009, Lyon, France. pp.177-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue, littérature, culture du point de vue de l’anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages, cultures, sociétés : interrogations didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque international du DILTEC-EA 2288, Université Sorbonne Nouvelle – Paris 3, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et fécondité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de l’ANR Dype</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INED, Feb 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Processus de nomination, performativité et construction de la personne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">No(s) Limit(es), 1er congrès de l’Association Française d’Ethnologie et d’Anthropologie (AFEA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entre discours et pratique : le choix de noms-messages en Afrique de l’Ouest »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux de mots et cultures de la parole rituelle en comparaison, Groupe de recherches « Antiquité au présent » (Paris 7 – EHESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claude Calame et Florence Dupont, May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Approche pragmatique des pratiques de nomination »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et débats : réinventer l’Afrique ?, Deuxième Congrès des études africaines en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bordeaux (CEAN – IEP de Bordeaux), Sep 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Noms chantés à la harpe fourchue chez les Bwa du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude sur les langages de substitution en ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Susanne Fürniss, Nov 2009, Villejuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio locale et dynamique du conte en milieu rural africain : l’expérience d’une rencontre entre conteurs après dix ans d’interventions à Radio Parana (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossing Borders. Orality, Interculturality, Memory Archives and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The International Society for the Oral Literatures of Africa (ISOLA), Jun 2008, Lecce, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une revitalisation des textes oraux : les contes diffusés par Radio Parana (San, Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The preservation and survival of african oral literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Oral Literature in Africa, Jul 2004, Banjul, Gambie. pp.136-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le patrimoine immatériel et la question de l’oralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impacts de la tradition orale dans les médias de proximité : contes et conteurs en radio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zufo Alexis Dembélé; Cécile Leguy, Jul 2005, San, Mali</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale, une approche comparative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Nomination et organisation sociale », Université Marc Bloch à Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01620732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Améliorons l’avenir de la maison de nos pères”. Analyse d’une cassette audio produite par le Projet Environnement Communautaire Tominian (SOS Sahel - Mali) pour promouvoir les actions de l’ONG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité africaine et création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Oral Literature in Africa; Jean Derive; Anne-Marie Dauphin-Tinturier, Jul 2002, Chambéry, Université de Savoie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nomination entre synchronie et diachronie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et Organisation Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colette Méchin; Denis Monnerie, May 2005, Strasbourg (University of Strasbourg), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place du proverbe chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. École des Hautes Études en Sciences Sociales - Paris, 1996. Français. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03207509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du discours proverbial à la communicabilité des implicites. Un parcours en anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. Université Paris Descartes (Paris 5), 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01890678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: &amp;quot;Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 62 (3), 2025, Mbuyu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05391214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralités de bonheur, oralités de malheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privat Jean-Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ménard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 93, 2023, </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127vf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralités contestataires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Andreesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathie Birat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elara Bertho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hors-Série, 2020, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éclats de parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Andreesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03282461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 83, pp.194, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des vies extraordinaires : motifs héroïques et hagiographiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 80, pp.182, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01653543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des vies extraordinaires : les territoires du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">79, pp.182, 2016, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles d'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Derive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4, pp.152, 2015, Cargo. Revue Internationale d’Anthropologie Culturelle &amp; Sociale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les pas de Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulette Roulon-Doko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pecquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzy Platiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Seydou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">85 (1-2), 2015, Journal des africanistes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler pour dominer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degorce Alice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">73, pp.211, 2015, Autrepart. Revue de sciences sociales au Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adresse indirecte ou la parole détournée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larguèche Evelyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">70, 2011, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques d'enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunhilde Biebuyck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">63/64, pp.475, 2008, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des noms et des personnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Lebarbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">59/60, pp.414, 2006, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Geneviève Calame-Griaule »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enzyklopädie des Märchens. Handwörterbuch zur historischen und vergleichenden Erzählforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1586-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Segalen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et naissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1033-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Deluz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes de la littérature orale à travers le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.3267-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la section « L’ethno-philosophie des cultures traditionnelles : oraliture et ethno-textes », Chapitre Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Philosophique Universelle, quatrième volume (Le discours philosophique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, pp.833-839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId324"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:96.09375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cécile Leguy </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Cécile LEGUY Professeure d'anthropologie linguistique, Université Sorbonne Nouvelle,LACITO - UMR 7107 CNRS-Sorbonne Nouvelle-INALCODirectrice du LACITO</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cecile-leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2728-9855</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">050751530</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14935765</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000045566957</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après une maîtrise de philosophie soutenue à l'Université Paris IV-Sorbonne, Cécile Leguy s'est orientée vers l'anthropologie sociale et l'ethnolinguistique pour préparer, à l'EHESS, une thèse d'anthropologie sociale et ethnologie consacrée au discours proverbial en milieu rural africain, à partir d'enquêtes de terrain auprès des Bwa du Mali (1996). Nommée maître de conférences en anthropologie sociale à l'Université Victor-Segalen Bordeaux 2 en février 1999, puis à l'Université Paris Descartes en septembre 2006, elle est depuis octobre 2011 professeure d'anthropologie linguistique à l'Université Sorbonne Nouvelle. Dans le cadre d’une approche pragmatique, ses principaux domaines d’intérêt sont les modalités de la communication, en particulier le discours proverbial et métaphorique, ainsi que les différents types de nomination en lien avec les relations sociales et familiales. Membre du comité de rédaction des </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> dont elle fut co-rédactrice en chef de 2011 à 2024, elle est également membre du comité éditorial de la revue </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et des </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">africains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, édition d’ouvrages bilingues. De 2018 à 2023, elle a été présidente de l'ISOLA (</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Society for the Oral Literatures of Africa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). En délégation-résidence au Musée de l'Homme (UMR 7206-Eco-Anthropologie) de 2022 à 2024, elle prépare actuellement une exposition sur &amp;quot;Nommer le vivant, dire le monde&amp;quot; pour le Musée d'Ethnographie de Bordeaux. Elle est depuis le 1er septembre 2024 directrice du LACITO.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de recherche :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Modalités de la communication</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Discours proverbial et métaphorique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nomination</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Famille et parentalité en Afrique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nomination et classification du vivant</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulgomde ou la parole chez les kurumba, ouvrage posthume de Bertrand-François Gérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LACITO-Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.150, 2025, Anthropologie linguistique et sociale de la parole, 978-2-490768-12-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05194235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnolinguistique – Anthropologie linguistique : histoires et études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Laplantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Vapnarsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d’histoire et d’épistémologie des sciences du langage, 2025, 979-10-91587-32-7. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14tuz⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueil de contes bwa du Mali. Parents et enfants, quelle histoire !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2023, Tradition orale, Henry Tourneux, 9782384091096</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04131952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expression de la parentalité dans les arts de la parole en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2019, Henry Tourneux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Façonner la parole en Afrique de l’Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Balestier Press, pp.132, 2019, Hearing Others' Voices / Entrendre la voix des autres, Ruth Finnegan, 9781911221739</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02388345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les pas de Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pecquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzy Platiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulette Roulon-Doko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Seydou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">85 (1-2), pp.8-171 et 385-396, 2015, Journal des africanistes, 9782908948431</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01511346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétence et performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.348, 2014, 978-2-8111-1023-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01037857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie des pratiques langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.208, 2013, Collection U, 978-2-200-28778-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00907865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Monnerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.381, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00768529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire des CLO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Inalco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 66, pp.287, 2009, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles imagées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bréal, pp.128, 2004, Marie-Dominique Popelard, 2749504325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le proverbe chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.323, 2001, 2845861281</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La famille africaine (traduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Adepoju Aderanti. Karthala, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (75)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis—Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 62 (3), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17159/tl.v62i3.24567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05401231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner un nom : une fonction de la parentalité ? La nomination dans la relation parentale avant et après Esther N. Goody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 94 (1-2), pp.264-286. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13wbe⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05195388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Larguèche, La provocation. Au risque de l’image de soi, Paris, Éditions In Press (coll. « Psy pour tous »), 129 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 182 (2), pp.201-203. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ls.182.0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invention of boundaries and identity issues in the story of an anti-colonial war</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Mbuyu 1, 60 (3), pp.5-16. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17159/tl.v60i3.14380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04342879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chave-Dartoen Sophie &amp; Rolland-Traina Stéphanie (dir.), 2019, Le façonnement des ancêtres. Dimensions sociales, rituelles et politiques de l’ancestralité, Presses de l’Inalco, Paris, 337 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 93, pp.161 - 164. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127v5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Chave-Dartoen Sophie et Rolland-Traina Stéphanie (dir.), 2019, Le façonnement des ancêtres. Dimensions sociales, rituelles et politiques de l’ancestralité, Presses de l’Inalco, Paris, 337 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 93, pp.161-164. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127v5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Privat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Oralités de bonheur, oralités de malheur, 93, pp.9-20. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127ur⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Cristina Schiavone, Écritures Dakaroises. Dynamiques du français urbain au Sénégal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il Tolomeo : Rivista di studi postcoloniali | A Postcolonial Studies Journal | Journal d’études postcoloniales | Revista de estudos pós-coloniais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.24, 301-304. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30687/Tol/2499-5975/2022/01/033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03918165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la subjectivité en anthropologie : se raconter, ou raconter l’enquête ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, identités du chercheur et narrations en sciences humaines et sociales, 43, pp.33-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03402359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Calame-Griaule et la performance du conte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabula / Les colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Traduire, transposer, composer. Passages des arts verbaux extra-occidentaux en langue française, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58282/colloques.6954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03204756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Andreesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elara Bertho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathie Birat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Oralités contestataires, Hors-série, pp.7-13. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Est-ce que vraiment nous comptons ? », une question d’actualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Hors-Série, pp.117-126. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02938023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de « Sandra Bornand, Noces en paroles chez les Zarma (Niger) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 231-23, pp.317-320. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lhomme.35888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02983092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial : Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Geneviève Calame-Griaule, 83, pp.9-17. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.4586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merolla Daniela and Turin Mark (eds), 2017, Searching for Sharing. Heritage and Multimedia in Africa, Open Book Publishers, Cambridge UK, 150 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 84, pp.189-192. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.5528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Compte rendu de Alice Degorce, Chants funéraires des Mossi (Burkina Faso), Classiques africains, 2014 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 217, pp.186-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exhibiting intangible heritage in a museum: the Voices of Africa experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3-4), pp.364-384. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53228/njas.v25i3&amp;4.110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Christiane Awusu-Sarpong, Anthologie critique du conte akan. Histoire d’Ananse l’Araignée, Paris, Karthala, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 80, pp.185-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Des vies extraordinaires : motifs héroïques et hagiographiques, 80, pp.9-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03618794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Des vies extraordinaires : les territoires du récit, 79, pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03618778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Expression of Parenthood through the Oral Tradition of Storytelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordic Journal of African studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3-4) pp.175-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulette Roulon-Doko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sur les pas de Geneviève Calame-Griaule, 1-2 (85), pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;Paroles d'Afrique&amp;quot; dans un musée : de la valorisation à la transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sur les pas de Geneviève Calame-Griaule, 85 (1-2), pp.44-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01401135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Derive, L’art du verbe dans l’oralité africaine, Paris, L’Harmattan, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.133-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biebuyck Daniel B. (textes transcrits, traduits et édités par), 2013, Sherungu Muriro. Mémoires d’un Nyanga, Paris, Librairie Orientaliste Paul Geuthner (320 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 77-78, pp.247-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03620209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles et rapports de pouvoir dans les Suds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Degorce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Parler pour dominer ? Pratiques langagières et rapports de pouvoir, 73, pp.3-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01477962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Derive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> cArgo - Revue internationale d'anthropologie culturelle et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paroles d'Afrique, 4, pp.5-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01485438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnologie et langage au fil d’un parcours passionné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (84), pp.272-285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Derive Jean (édité par), 2012, Chanter l’amour en pays dioula (Côte d’Ivoire). Badinage, sexe et jalousie, Paris, Classiques africains, 249 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 210, pp.183-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au rythme du discours proverbial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, D'un rythme à l'autre, 73-74, pp.207-228. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.2033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Calame-Griaule et la parole contée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Grande Oreille : La revue des arts de la parole </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 ans de contes, 55, pp.76-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02983738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calame Claude, Dupont Florence, Lortat-Jacob Bernard, Manca Maria (dir.), La voix actée. Pour une nouvelle ethnopoétique, Paris, Editions Kimé, 2010 (328 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 201, pp.205-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’art du proverbe : l’exemple des Bwas du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le point références</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, L’âme de l’Afrique. Epopées, contes et légendes, novembre-décembre, pp.78-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Gaborit Lydia, Littératures orales et populaires de l’île de Noirmoutier, Paris, L’Harmattan (Patrimoine culturel immatériel), 2012 (477 p. + CD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 71, pp.191-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’efficacité de l’adresse indirecte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, L'adresse indirecte ou la parole détournée, 70, http://clo.revues.org/1014. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.1285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leimdorfer François, Les sociologues et le langage, Paris, Editions de la MSH, 2011, (290 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 69, pp.142-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que disent les noms-messages ? Gestion de la parenté et nomination chez les Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (197), pp.71-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Do “Message-Names” Say? The Management of Kinship and the Act of Naming among the Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 197, https://www.cairn-int.info/revue-l-homme-2011-1-page-71.htm&amp;wt.src=pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01408996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial – L’adresse indirecte ou la parole détournée. Évitement ou stratégie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larguèche Evelyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, L’adresse indirecte ou la parole détournée., 70, pp.7-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therrien Michèle (dir.), Paroles interdites, Paris, Karthala, 2008 (288 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 67-68, pp.273-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialiba Konaté, ou celui qui donne à voir la parole des griots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Quand l'art prend la parole, 67-68, http://clo.revues.org/420. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 63-64 (Pratiques d'enquêtes), pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00556970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calame-Griaule Geneviève, Ethnologie et langage. La parole chez les Dogon, Limoges, Lambert Lucas, 2009 (3e édition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 185, pp.268-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Mémoires des CLO, 66, pp.7-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calame-Griaule Geneviève, Contes dogon du Mali, Paris, Karthala-Langues’O, 2006 (245 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 183, pp.227-229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Quand la radio réveille les contes”. Temps du conte et temps des ondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autour de la performance, 65, pp.65-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Quand le cheval de l’Est rencontre le cheval de l’Ouest...”. Approche ethnolinguistique de l’espace en pays boo (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, L’expression de l’espace dans les langues africaines I, 79 (1), pp.11-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massignon Geneviève, De bouche à oreille. Anthologie de contes populaires français, Paris, José Corti (Collection Merveilleux n°30), 2006 (416 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63/64, pp.472-474</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 63-64, pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00702917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quête de proverbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Pratiques d'enquêtes, 63-64, pp.59-81. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Pratiques d'enquêtes, 63/64, pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Barbara Glowczewski, Des connexions orales et visuelles aux connexions numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Glowczewski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Pratiques d'enquêtes, 63/64, pp.319-335</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revitalizing the Oral Tradition: Stories Broadcast by Radio Parana (San, Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in African Literatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 38 (3), pp.136-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bornand Sandra, Le discours du griot généalogiste chez les Zarma du Niger, Paris, Karthala, 2005, 457 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 59/60, pp.400-402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Lebarbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Des noms et des personnes, 59/60, pp.7-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des noms cités dans les proverbes. Au sujet d’une modalité du reproche indirect en contexte africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Des noms et des personnes, 59/60, pp.165-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sagesses animales : à propos des proverbes africains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notre librairie : Revue des littératures du Sud : Afrique, Caraïbes, Océan indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 163, pp.21-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Heine Bernd et Nurse Derek (dir.), Les langues africaines, Paris, Karthala, 2004, (468 p.) (Edition originale : African Languages : An Introduction, Cambridge, Cambridge University Press, 2000. Traduction et édition françaises sous la direction d’Henry Tourneux et Jeanne Zerner)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 75 (2), pp.150-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des types et des motifs dans les contes africains. Note sur les essais de classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 57/58, pp.337-346</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Sissao Alain Joseph, Alliances et parentés à plaisanterie au Burkina Faso. Mécanismes de fonctionnement et avenir, Ouagadougou, Sankofa & Gurli Editions, 2002, (186 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 75 (1), pp.333-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Larguèche Evelyne (dir.), L’injure, la société, l’islam. Une anthropologie de l’injure, Revue des Mondes Musulmans et de la Méditerranée, n°103/104, Édisud, 2004 (360 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56, pp.277-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Cros Michèle, Résister au sida. Récits du Burkina, Paris, PUF (« Ethnologies »), 2005 (293 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 57-58, pp.390-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noms de personne et expression des ambitions matrimoniales chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Approches croisées des mondes akan II, 75 (2), pp.107-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Fiemeyer Isabelle, Marcel Griaule citoyen dogon, Actes sud, 2004 (172 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 75 (2), pp.145-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la devinette au proverbe. Métamorphoses d’un genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Métamorphoses, 55, pp.109-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Diawara Mamadou, L’empire du verbe et l’éloquence du silence, Cologne, Rüdiger Köppe verlag, 2003 (462 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 55, pp.155-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Calame-Griaule Geneviève, Contes tendres, contes cruels du Sahel nigérien, Gallimard (Le langage des contes), 2002 (293 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 169-170, pp.306-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Jolly Éric et Guindo Nouhoum (édités par), Le pouvoir en miettes. Récits d’intronisation d’un hogon (pays dogon, Mali), Paris, Classiques africains, 2003 (491 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 53-54, pp.376-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Biebuyck Daniel et Mateene Kahombo (éditée par), Mwendo. Une épopée nyanga, Paris, Classiques africains, 2002 (263 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.301-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Seydou Christiane et Görög-Karady Veronika (dir.), La fille difficile. Un conte-type africain, CNRS éditions, 2002 (494 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.284-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Bacuez Pascal (collectés, traduits et présentés par), Contes swahili de Kilwa. Hadithi za kiswahili kutoka kilwa, Contes bilingues, Paris, L’Harmattan (La légende des mondes), 2000 (143 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.297-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derive Jean et Dumestre Gérard (édités par), Des hommes et des bêtes. Chants de chasseurs mandingues, Classiques africains, 1999 (281 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 49, pp.177-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Baumgardt Ursula, Une conteuse peule et son répertoire. Goggo Addi de Garoua, Cameroun, Karthala, 2000 (548 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 50, pp.279-281</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de &amp;quot;Mohamed Ag Erless, « Il n’y a qu’un soleil sur terre ». Contes, proverbes et devinettes des Touaregs Kel-Adagh, Aix-en-Provence, Institut de recherches et d’études sur le monde arabe et musulman, 1999, (84 p.) (Travaux et documents de l’IREMAM, n°20)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, XLI 3-4 (163-164), pp.833-834</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02189082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouche délicieuse et bouche déchirée : Proverbe et polémique chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 92, pp.45-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours africaniste : documentation, performance et décryptage des situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d’histoire et d’épistémologie des sciences du langage. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnolinguistique – Anthropologie linguistique : histoires et études de cas Actes du colloque de la Société d’histoire et d’épistémologie des sciences du langage, Paris, 31 janvier-2 février 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Société d’histoire et d’épistémologie des sciences du langage, 2025, 979-10-91587-33-4. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14tul⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Words. “Paroles d’Afrique” Exhibition at the Bordeaux Ethnography Museum (MEB) or How to Bring Words to Life for the Public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sara Petrella and Mylène Steity. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC Arts &amp; Museums: Colonial History and Indigenous Voices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter Oldenbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.191-196, 2025, Traces. Public History and Heritage Studies, 978-3-11-914453-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05401213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Laplantine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Vapnarsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnolinguistique – Anthropologie linguistique : histoires et études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société d’histoire et d’épistémologie des sciences du langage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-31, 2025, HEL Livres, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14tu3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sara Petrella et Mylène Steity. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC Arts &amp; Musées. Histoire coloniale et voix autochtones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seismo, pp.332-339, 2025, 978-2-88351-131-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05194186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface. Parole et dialogue au cœur de l’enquête : Bertrand-François Gérard au Lurum (Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Leguy; Doris Bonnet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fulgomde ou la parole chez les Kurumba</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LACITO-Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.13-26, 2025, Anthropologie linguistique et sociale de la parole, 978-2-490768-12-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05194256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter l’enquête ethnographique aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Meyer-Bolzinger Dominique et Chelebourg Christian (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enquête, une forme pour les récits du XXIe siècle. Actes du colloque de Cerisy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Visage Vert, pp.217-228, 2024, 9782918061601</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04628363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expression de la parentalité et la relation éducative dans les contes de tradition orale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarra Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Hertrich; Olivia Samuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance et famille au Mali. Trente ans d’enquêtes démographiques en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Ined, pp.251-264, 2024, 9782733280508</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne ou mauvaise mère ? Des figures maternelles dans les contes de tradition orale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Hertrich; Olivia Samuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance et famille au Mali. Trente ans d’enquêtes démographiques en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Ined, pp.265-276, 2024, 9782733280508</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du rôle des noms individuels dans la construction de la relation parentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abednego Kamaté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Hertrich; Olivia Samuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance et famille au Mali. Trente ans d’enquêtes démographiques en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l’Ined, pp.229-250, 2024, 9782733280508</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du récit de soi en enquêteur : l'écriture des anthropologues face aux exigences de la méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Godard (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Ateliers du sujet. Approches pluridisciplinaires des écritures de soi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.51-73, 2024, Collection « Sciences du langage », 9782379060960</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04466136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proverbs, Naming and Other Forms of Veiled Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Akintunde Akinyemi and Toyin Falola. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of African Oral Traditions and Folklore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan Publishers, pp.317-333, 2021, 978-3-030-55516-0. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-55517-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02995792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégoriser, signifier, communiquer : de la nomination de l’humain en anthropologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angelina Aleksandrova et Jean-Paul Meyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nommer l'humain : Descriptions, Catégorisations, Enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp.33-54, 2021, 978-2-343-23638-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03547576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralité, de la production à l'interprétation. Pour une approche anthropolinguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nadia Ouachene et Lahcen Ouasmi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'oralité, de la production à l'interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan Maghreb, pp.19-57, 2019, 9782343174303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02302702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Dire et “faire” la relation parentale. De la nomination ordinaire chez les Bwa (Mali) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Leguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’expression de la parentalité dans les arts de la parole en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.179-204., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02996634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expression de la parentalité dans les arts de la parole en Afrique. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Leguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'expression de la parentalité dans les arts de la parole en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.9-24, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le proverbe au risque de l'incompréhension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Diarra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micheline Lebarbier (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les ruses de la parole. Dire et sous-entendre. Parler, chanter, écrire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.23-47, 2017, 978-2-8111-1771-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02616439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marina Lafay, Françoise Le Guennec-Coppens et Elisée Coulibaly. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards scientifiques sur l’Afrique depuis les Indépendances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, 2016, 978-2-8111-1559-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne ou mauvaise mère ? Des figures maternelles dans les contes de tradition orale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Tanden Diarra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abomo-Maurin Marie-Rose et Ugochukwu Françoise </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La femme dans la littérature orale africaine. Persistance des clichés ou perception de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, 2015, 9782343074290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le célibataire comme figure de l’altérité dans la littérature orale des Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ursula Baumgardt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations de l'altérité dans la littérature orale africaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.205-224, 2014, 978-2-8111-1263-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01089495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sandra Bornand et Cécile Leguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compétence et performance. Perspectives interdisciplinaires sur une dichotomie classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.11-23, 2014, 9782811110239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langage, culture et expression littéraire du point de vue de l'anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jose Aguilar, Cédric Brudermann et Malory Leclère. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues, cultures et pratiques en contexte : interrogations didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuve éditions, 2014, 9782360132638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relation mobilité/récit de soi en contexte subsaharien. Réflexion à partir de récits oraux recueillis au Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luciani Isabelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récit de soi, présence au monde. Jugements et engagements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Provence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-158, 2014, Le temps de l'histoire, 978-2-85399-952-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01084824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Dames de Minot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Béatrice, Fouque Antoinette et Calle-Gruber Mireille (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des femmes, pp.1128-29, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une conception pragmatique du langage chez Marcel Mauss ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erwan Dianteill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marcel Mauss. L’anthropologie de l’un et du multiple</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.57-79, 2013, 9782130589532</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01395881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Monnerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chave-Dartoen, Cécile Leguy et Denis Monnerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.9-15, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination, organisation sociale et stratégies discursives chez les Bwa (Mali-Burkina Faso)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chave-Dartoen, Cécile Leguy et Denis Monnerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.323-352, 2012, 9782200280437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01396708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des paradoxes de la référence animalière dans le discours proverbial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros Michèle, Bondaz Julien et Michaud Maxime. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’animal cannibalisé. Festins d’Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des archives contemporaines, pp.171-184, 2012, 9782813000774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01419797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noms propres, nomination et linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chave-Dartoen, Cécile Leguy et Denis Monnerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.51-81, 2012, 9782200280437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01396744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomi di persona ed espressione delle ambizioni matrimoniali presso i Bwa del Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Giovanni Azzaroni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La realtà del mito due</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLUEB, 2008, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1400/109277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Let us improve the future of our father’s household”, Analysis of a musical tape Made by The Tominian Community Environmental Project (SOS Sahel – Mali) In order to promote the NGO’s activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dauphin Anne-Marie et Derive Jean. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité africaine et création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.1156-1185, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes et masques du discours proverbial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baumgardt Ursula et Bounfour Abdellah (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le proverbe en Afrique. Forme, fonction et sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan / Inalco, pp.135-158, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Améliorons l’avenir de la maison de nos pères”. Analyse d’une cassette audio produite par le Projet Environnement Communautaire Tominian (SOS Sahel - Mali) pour promouvoir les actions de l’ONG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dauphin-Tinturier Anne-Marie et Derive Jean. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité africaine et création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.301-332, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos de la communicabilité du dire proverbial. Réflexion sur l’aspect métaphorique des proverbes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baumgardt Ursula et Derive Jean (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paroles nomades. Ecrits d’ethnolinguistique africaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.99-113, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attitudes et niveaux de langue chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Canut Cécile (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires linguistiques en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan / INALCO (collection Bibliothèque des études africaines), pp.49-59, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu et développement du langage chez l’enfant à travers le cheminement scientifique d’Elinor Ochs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elinor Ochs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Alvarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité et jeux d'enfants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/144w0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05195424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nain et la sorcière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enfants du rônier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massira, l'enfant maltraitée par sa marâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dabi ou la fille qui ne voulait parler à personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nyani et l’orphelin malaimé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porinabwè et son frère Zè’è - L'enfant terrible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manigances du lépreux ou l'orphelin au père prévoyant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeune homme insoumis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fille séquestrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’homme prétentieux et ses quatre fils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’homme qui voulait prendre la femme de son fils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le beau Naro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0007970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orpheline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0008099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant capricieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0007968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bon et le mauvais fils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24397/pangloss-0007991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ce que raconter veut dire en milieu rural malien, hier et aujourd’hui »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au travers des contes. Ce que raconter veut dire, 7e journée d’étude dans le cadre du 18e festival Contes en marche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Konsl’Diz, Nov 2025, Monistrol sur Loire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05377237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voix et silence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La voix du silence ou le silence de la voix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Farah Abdelali; Nadia Ouachene; Université Hassan II de Casablanca, Apr 2025, Casablanca (Maroc), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influence de Geneviève Calame-Griaule sur l’anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryptotypes : éthique et épistémologie dans l’ étude du fait linguistique total</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Félix Danos, Isabelle Leblic, Bertrand Masquelier et Urmila Nair, Jun 2024, Paris Université Sorbonne Nouvelle, campus Nation, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04628386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours africaniste : documentation, performance et décryptage des situations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHESL 2024 - Ethnolinguistique-anthropologie linguistique : histoires et état des lieux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chloé Laplantine, Cécile Leguy et Valentina Vapnarsky, Jan 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04476295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler avec les noms : approche pragmatique d’une pratique ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches sociales du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, James Costa; Elodie Blestel; Emmanuelle Guerin, Dec 2024, Paris Université Sorbonne Nouvelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nommer et catégoriser le vivant. Débats autour de l’Anthropocène. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nommer et catégoriser le vivant. Débats autour de l’Anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cécile Leguy, Nov 2024, Paris (Musée de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evoking life: the use of ideophones in Bwa stories (Mali) and their translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vova Colloquium: stylistic border crossings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Catharine Mason, Jun 2023, Perris (California), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04158139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If the sparrow causes the rain , let him wait for the wind.&amp;quot; Thinking about the relationship to water with Bwa tales and proverbs (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ISOLA conference - HUMANS AND NON-HUMANS IN AFRICAN VERBAL ARTS Narrativity and environmental poetics at the dawn of the climate crisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Bornand; Philippe Glâtre; Hermelind Le Doeuff; Cécile Leguy; Daniela Merolla; Katell Morand, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04158134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dation du nom comme fonction de la parentalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La parentalité des anthropologues : avant et après Esther Goody</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yazid Ben Hounet; Marie-Luce Gélard, Mar 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03620260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nommer, ou transmettre un récit. Pratiques de nomination ordinaire chez les Bwa du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Praxitexte – Raconter d’ailleurs, dirigé par Luca Greco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Metz, Université de Lorraine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03648751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nommer et penser le Vivant à l’ère de l’Anthropocène : une approche anthropo-linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Interdisciplinarité, UMR 7206 « Eco-Anthropologie »-Musée de l’Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frank Alvarez-Pereyre, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Invention de frontières et enjeux identitaires dans le récit d’une révolte anticoloniale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Frontières, circulations, interculturalités et interactions Hommes-Milieux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Cayenne, Université de Guyane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03648749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La parentalité chez les Bwa (Mali) : approche par l’oralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Regards Croisés sur la Petite Enfance »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Doris Bonnet, Gladys Chicharro, Michel Christian, Vincent Gourdon, Nathalie Sage Pranchère et Charles-Edouard de Suremain; Université de Paris, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03918215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oralité et créativité en Afrique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence grand public organisée par la Commission culture à l’université de Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Cayenne, Université de Guyane, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03648750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">History at the Service of an Identity Construction: Singing the Bwa Revolt of 1915-16 Today</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th ISOLA Conference Theme: Transitions, Transformations and Translocations in African Oral Traditions and (Re) Imagined Boundaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DR. Rose Opondo, Moi University, Jul 2021, Nairobi, Kenya</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03282405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Geneviève Calame-Griaule et la performance du conte »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire, transposer, composer. Passages des arts verbaux extra-occidentaux en langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Magali Bossi, Eléonore Devevey et Sébastien Heiniger, May 2020, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subjectivité du chercheur en anthropologie : se raconter, ou raconter l’enquête ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identités du chercheur et narrations en sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et relations parentales : approche pragmatique des noms de personnes chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence annuelle à l’Assemblée Générale de la Société des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des africanistes, Musée du Quai Branly, Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cœur et foie dans l’expression des émotions en bomu et dans quelques autres langues africaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Understanding &amp; Translating Hearts &amp; Parts/Composer et transposer les parties du corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, James Underhill, Mar 2019, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Raconter l’enquête ethnographique aujourd’hui »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raconter l’enquête : une forme pour les récits du XXIe siècle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christian Chelebourg et Dominique Meyer-Bolzinger, Jul 2019, Cerisy-la-Salle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02315815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours proverbial : une parole à deviner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Etrangetés linguistiques », Journée d’étude organisée par Catharine Mason, Universités de Caen et de Rouen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01870496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégoriser, signifier, communiquer : de la nomination de l’humain en anthropologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et pluridisciplinaire « Nommer l’Humain : Descriptions, catégorisations, enjeux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Université de Strasbourg/MISHA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01927926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination ordinaire et gestion des relations familiales (Afrique de l’Ouest)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’équipe Anthropologie linguistique du Laboratoire d’Anthropologie Sociale, Collègue de France, Paris, dirigée par Andrea-Luz Gutierrez-Choquevilca et Pierre Deléage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01870499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment interpréter une production orale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude des jeunes chercheurs en littérature orale « Littérature orale et genres »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Ouagadougou, Burkina Faso</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01927933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« A festival to make our sons gentlemen ». Women’s songs and revival of the Búkut, the major circumcision of young men, Diola (jóola) region of Bignona (Casamance, Senegal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th conference ISOLA (International Society for Oral Literature in Africa), « Oral Literatures and Festivals in Africa and the African Diaspora : Tradition and Globalization »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Ibadan, Nigeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01870491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d’études autour des travaux d'Elinor Ochs et d'Alessandro Duranti (UCLA) Indexicalités et jeux de langage. Perspectives anthropologiques : sociale et linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leblic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Masquelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indexicalités et jeux de langage. Perspectives anthropologiques : sociale et linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LEBLIC Isabelle; Leguy Cécile; Bornand Sandra, Apr 2018, Villejuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la production à l’interprétation en oralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’oralité : de la production à l’interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Hassan II de Casablanca, Faculté des Lettres et des Sciences Humaines Ben M’sik Casablanca, Laboratoire de Langues, Littératures et Communication, Groupe de Recherche en Linguistique, Communication et Médias, Nov 2017, Casablanca, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01673442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littératures et langues. Introduction à l’atelier “Quels regards scientifiques sur l’Afrique depuis les indépendances ?”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quels regards scientifiques sur l’Afrique depuis les indépendances ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marina Lafay; Françoise Le Guennec-Coppens; Elisée Coulibaly, Nov 2011, Paris (Musée du Quai Branly), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’enfant et ses proches dans les contes de tradition orale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Children and family dynamics in sub-saharian Africa/L’enfant et ses proches. Dynamiques familiales en Afrique subsaharienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National d’Etudes Démographiques, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nomination et mémoire familiale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Remembrance in Africa and the Diaspora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISOLA (International Society for Oral Literature in Africa) / Université de Floride (Gainesville, USA), May 2016, Gainesville, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nommer, appeler et dire. A propos de la nomination chez les Bwa du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Appellatifs : Actes de parole dans les relations de parenté », EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Natacha Collomb et Frédérique Vogel, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Naming and other veiled speaking among the Bwa People of Mali. Towards a Pragmatic Anthropology”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Language and Anthropology seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Anthropological Institute, Nov 2015, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les proverbes sont-ils des métaphores ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Métaphore(s). L'énonciation métaphorique en situation », Lacito</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabelle Leblic et Bertrand Masquelier, Apr 2015, Villejuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la représentation de la parole à la performativité des paroles : parcours dans l’ethnolinguistique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langages du Religieux : approche pluridisciplinaire et comparative de la parole efficace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse le Mirail, Jun 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01185900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De compétences en performances... Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De compétences en performances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Bornand; Cécile Leguy, Nov 2011, Paris, Université Paris Descartes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’expression de la parentalité à travers les contes de tradition orale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature orale et éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISOLA (International Society for Oral Literature in Africa) / Université de Cocody, Jun 2014, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposer le patrimoine immatériel dans un musée? L'expérience de &amp;quot;Paroles d'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISoLA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01044644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La relation mobilité/récit de soi en contexte subsaharien »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le récit de soi en questions : formes, espaces, temporalités, XVIe – XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Aix-en-Provence, France. pp.137-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposer le patrimoine immatériel dans un musée ? L’expérience “Paroles d’Afrique“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Conference of International Society for the Oral African Literatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISOLA, Jun 2014, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01185898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie pragmatique et énonciative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études, Université de Rouen (DYSOLA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01048557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnologie et langage au fil d’un parcours passionné. Geneviève Calame-Griaule (1924-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée générale de la Société des Africanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des Africanistes, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la littérature orale dans l'apprentissage des langues/cultures du monde ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paroles possibles. Pratiques des littératures en didactique des langues et des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, journée d’étude organisée par le groupe Littératures sans frontières : approches poétiques, anthropologiques et didactiques (LAPAD) du DILTEC - Université Sorbonne Nouvelle Paris 3, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nom secret et anonymat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Séminaire inter-laboratoires d’anthropologie sur « L’anonymat. Un objet qui ne dit pas son nom » </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université, Jan 2013, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie des pratiques langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’Atelier de Recherche en Anthropologie du Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, Apr 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauss, une conception pragmatique du langage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Marcel Mauss aujourd’hui. Anthropologie, sociologie, philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, Feb 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proverbe et basculement de rythme dans la parole ordinaire des Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Séminaire du Groupe de Recherche en EthnoPoétique (GREP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GREP, Université Paris Diderot, Apr 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About a “choreography” composed in tribute to the “52”, little maids from Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African dynamics in a multipolar world, ECAS 2013 (5th European Conference on African Studies)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECAS (European Conference on African Studies), Jun 2013, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une pratique langagière pleine de sens : le nom de personne chez les Bwa (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque annuel de la Société Suisse d’Ethnologie. Panel : Situations d’interlocution et rapports de pouvoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Suisse d’Ethnologie, Nov 2013, Sierre, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sociologie et anthropologie en croisement ». Participation à titre de discutant (présentation du volume et discussion)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat organisée à propos du numéro de L’Année sociologique, « Sociologie et anthropologie - Convergences, croisements et dissonances »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Descartes, Oct 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des paradoxes de la référence animalière dans le discours proverbial »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « L’animal cannibalisé »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée des Confluences/Université Lyon II, Oct 2009, Lyon, France. pp.177-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01487550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue, littérature, culture du point de vue de l’anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages, cultures, sociétés : interrogations didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque international du DILTEC-EA 2288, Université Sorbonne Nouvelle – Paris 3, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et fécondité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de l’ANR Dype</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INED, Feb 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Processus de nomination, performativité et construction de la personne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">No(s) Limit(es), 1er congrès de l’Association Française d’Ethnologie et d’Anthropologie (AFEA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entre discours et pratique : le choix de noms-messages en Afrique de l’Ouest »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux de mots et cultures de la parole rituelle en comparaison, Groupe de recherches « Antiquité au présent » (Paris 7 – EHESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claude Calame et Florence Dupont, May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Approche pragmatique des pratiques de nomination »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et débats : réinventer l’Afrique ?, Deuxième Congrès des études africaines en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bordeaux (CEAN – IEP de Bordeaux), Sep 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Noms chantés à la harpe fourchue chez les Bwa du Mali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude sur les langages de substitution en ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Susanne Fürniss, Nov 2009, Villejuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03023313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio locale et dynamique du conte en milieu rural africain : l’expérience d’une rencontre entre conteurs après dix ans d’interventions à Radio Parana (Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zufo Alexis Dembélé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossing Borders. Orality, Interculturality, Memory Archives and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The International Society for the Oral Literatures of Africa (ISOLA), Jun 2008, Lecce, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une revitalisation des textes oraux : les contes diffusés par Radio Parana (San, Mali)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The preservation and survival of african oral literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Oral Literature in Africa, Jul 2004, Banjul, Gambie. pp.136-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le patrimoine immatériel et la question de l’oralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impacts de la tradition orale dans les médias de proximité : contes et conteurs en radio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zufo Alexis Dembélé; Cécile Leguy, Jul 2005, San, Mali</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomination et organisation sociale, une approche comparative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Nomination et organisation sociale », Université Marc Bloch à Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01620732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Améliorons l’avenir de la maison de nos pères”. Analyse d’une cassette audio produite par le Projet Environnement Communautaire Tominian (SOS Sahel - Mali) pour promouvoir les actions de l’ONG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité africaine et création</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Oral Literature in Africa; Jean Derive; Anne-Marie Dauphin-Tinturier, Jul 2002, Chambéry, Université de Savoie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nomination entre synchronie et diachronie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chave-Dartoen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomination et Organisation Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colette Méchin; Denis Monnerie, May 2005, Strasbourg (University of Strasbourg), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place du proverbe chez les Bwa du Mali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. École des Hautes Études en Sciences Sociales - Paris, 1996. Français. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03207509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du discours proverbial à la communicabilité des implicites. Un parcours en anthropologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. Université Paris Descartes (Paris 5), 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01890678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: &amp;quot;Humans and non-humans in African verbal arts: Narrativity and environmental poetics at the dawn of the climate crisis&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Merolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermelind Le Doeuff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYDSKRIF VIR LETTERKUNDE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 62 (3), 2025, Mbuyu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05391214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralités de bonheur, oralités de malheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privat Jean-Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ménard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 93, 2023, </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127vf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralités contestataires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Andreesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathie Birat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elara Bertho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hors-Série, 2020, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éclats de parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Andreesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03282461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Belmont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 83, pp.194, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des vies extraordinaires : motifs héroïques et hagiographiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 80, pp.182, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01653543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des vies extraordinaires : les territoires du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Clerc-Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">79, pp.182, 2016, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles d'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Derive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4, pp.152, 2015, Cargo. Revue Internationale d’Anthropologie Culturelle &amp; Sociale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les pas de Geneviève Calame-Griaule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulette Roulon-Doko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pecquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzy Platiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Seydou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">85 (1-2), 2015, Journal des africanistes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parler pour dominer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degorce Alice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">73, pp.211, 2015, Autrepart. Revue de sciences sociales au Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adresse indirecte ou la parole détournée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larguèche Evelyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">70, 2011, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01409156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques d'enquêtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bornand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunhilde Biebuyck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">63/64, pp.475, 2008, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des noms et des personnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Lebarbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">59/60, pp.414, 2006, Cahiers de littérature orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01422102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Geneviève Calame-Griaule »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enzyklopädie des Märchens. Handwörterbuch zur historischen und vergleichenden Erzählforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1586-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Segalen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et naissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1033-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes de la littérature orale à travers le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.3267-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Deluz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire universel des créatrices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la section « L’ethno-philosophie des cultures traditionnelles : oraliture et ethno-textes », Chapitre Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Leguy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Philosophique Universelle, quatrième volume (Le discours philosophique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, pp.833-839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId324"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="65A13919"/>
+    <w:nsid w:val="8AE1A557"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5B88EEEB"/>
+    <w:nsid w:val="C507C5E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-leguy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2728-9855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/050751530" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/14935765" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000045566957" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clo.revues.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cargo.canthel.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://africaisola.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05194235v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leguy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Bonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lacito.cnrs.fr/fulgomde-ou-la-parole-chez-les-kurumba/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294942v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Laplantine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Vapnarsky" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tuz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04131952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diarra Pierre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zufo Alexis Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tanden Diarra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088361v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388345v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511346v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pecquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy Platiel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Roulon-Doko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Seydou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01037857v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bornand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00907865v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768529v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chave-Dartoen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Monnerie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422095v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clo.revues.org/381" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409197v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175428v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401231v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermelind Le Doeuff" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Merolla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/tl.v62i3.24567" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05195388v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wbe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859287v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.182.0201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04342879v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/tl.v60i3.14380" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862427v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127v5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859275v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859222v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;nard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Privat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127ur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03918165v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/Tol/2499-5975/2022/01/033" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03402359v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03204756v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.6954" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175850v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Andreesco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Belmont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathie Birat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6569" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02938023v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6896" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02983092v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.35888" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175336v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.4586" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408633v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.5528" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03618794v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Clerc-Renaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01485447v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01573499v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53228/njas.v25i3&amp;amp;4.110" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175644v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03618778v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01573504v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409068v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401135v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436688v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620209v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477962v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Degorce" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01485438v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Derive" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409052v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432682v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01395884v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.2033" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02983738v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432660v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432658v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01408996v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132750v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.1285" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409004v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175543v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Largu&#232;che Evelyne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175668v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132753v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.488" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00556970v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175652v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175520v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175680v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175539v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175537v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00702917v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175709v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01582098v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.97" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175518v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175461v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Glowczewski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175515v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175711v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175643v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175503v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Lebarbier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175509v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175715v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175500v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175716v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189072v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189073v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175484v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175713v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175477v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189074v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189075v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189076v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189077v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189079v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189078v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189081v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189080v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189082v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175474v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294947v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/shesl/728" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tu3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294815v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tul" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401213v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uplopen.com/books/e/10.1515/9783112218259" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05194186v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05194256v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04628363v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859436v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859442v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859432v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abednego Kamat&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04466136v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995792v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55517-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03547576v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302702v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02996634v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189084v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02616439v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Diarra" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01391626v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01391657v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01089495v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01436222v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01391737v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084824v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/recit-soi-presence-au-monde" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432672v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01395881v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Marcel_Mauss_Lanthropologie_de_lun_et_du_multiple" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01436235v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396708v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01419797v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396744v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175489v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/109277" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175635v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175637v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175632v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175636v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175640v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05195424v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elinor Ochs" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alvarez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144w0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859301v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008206" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859324v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008209" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859322v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008211" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859306v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008204" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859296v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008268" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859317v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008198" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859309v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008202" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859312v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008201" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859398v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008011" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859395v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008097" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859405v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0007970" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859330v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008099" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859327v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008101" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859408v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0007968" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859404v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0007991" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05377237v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135824v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04476295v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04628386v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859463v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859461v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158139v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158134v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620260v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648751v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03918211v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648749v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03918215v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648750v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03282405v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023236v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175550v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02315815v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175552v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175558v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870496v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927926v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870499v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927933v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870491v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977578v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leblic" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Masquelier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01673442v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859491v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487538v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487544v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487520v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487526v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487521v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185900v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859542v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487542v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487532v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01044644v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185898v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01048557v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432633v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432642v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432640v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432648v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432638v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432639v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432644v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432647v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432636v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487550v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432631v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432634v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023249v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023269v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023280v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023313v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859501v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859525v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859510v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01620732v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859534v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859516v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03207509v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01890678v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05391214v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859216v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Privat Jean-Marie" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127vf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-04299089v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brouillet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6264" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03282461v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175341v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01653543v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422051v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422094v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409111v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409234v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Degorce Alice" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409156v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422099v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunhilde Biebuyck" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422102v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432684v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432676v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432670v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432673v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432666v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175641v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-leguy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2728-9855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/050751530" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/14935765" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000045566957" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clo.revues.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cargo.canthel.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://africaisola.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05194235v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leguy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Bonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lacito.cnrs.fr/fulgomde-ou-la-parole-chez-les-kurumba/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294942v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Laplantine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Vapnarsky" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tuz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04131952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diarra Pierre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zufo Alexis Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tanden Diarra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088361v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02388345v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511346v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pecquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy Platiel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulette Roulon-Doko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Seydou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01037857v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bornand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00907865v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768529v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chave-Dartoen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Monnerie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422095v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clo.revues.org/381" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409197v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175428v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401231v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermelind Le Doeuff" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Merolla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/tl.v62i3.24567" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05195388v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wbe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859287v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.182.0201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04342879v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17159/tl.v60i3.14380" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862427v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127v5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859275v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859222v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;nard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Privat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127ur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03918165v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/Tol/2499-5975/2022/01/033" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03402359v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03204756v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.6954" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03175850v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Andreesco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Belmont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathie Birat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6569" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02938023v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6896" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02983092v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.35888" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175336v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.4586" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408633v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.5528" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01485447v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01573499v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53228/njas.v25i3&amp;amp;4.110" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175644v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03618794v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Clerc-Renaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03618778v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01573504v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409068v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401135v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436688v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620209v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477962v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Degorce" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01485438v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Derive" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409052v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432682v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01395884v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.2033" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02983738v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432658v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432686v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432660v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132750v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.1285" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175646v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409004v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01408996v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175543v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Largu&#232;che Evelyne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175668v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132753v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.488" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00556970v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175652v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175520v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175680v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175539v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175537v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175709v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00702917v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01582098v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.97" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175518v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175461v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Glowczewski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175515v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175711v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175503v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Lebarbier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175509v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175643v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175715v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175500v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175716v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189072v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189073v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175484v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175713v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175477v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189074v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189075v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189076v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189077v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189079v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189078v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189081v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189080v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02189082v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175474v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294815v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tul" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401213v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uplopen.com/books/e/10.1515/9783112218259" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294947v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/shesl/728" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tu3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05194186v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05194256v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04628363v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859436v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859442v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859432v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abednego Kamat&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04466136v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995792v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55517-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03547576v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302702v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02996634v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189084v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02616439v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Diarra" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01391626v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01391657v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01089495v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01436222v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01391737v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084824v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/recit-soi-presence-au-monde" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432672v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01395881v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Marcel_Mauss_Lanthropologie_de_lun_et_du_multiple" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01436235v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396708v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01419797v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396744v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175489v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/109277" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175635v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175637v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175632v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175636v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175640v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05195424v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elinor Ochs" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alvarez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144w0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859301v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008206" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859324v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008209" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859306v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008204" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859296v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008268" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859322v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008211" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859317v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008198" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859309v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008202" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859312v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008201" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859398v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008011" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859395v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008097" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859327v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008101" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859405v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0007970" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859330v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0008099" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859408v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0007968" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859404v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24397/pangloss-0007991" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05377237v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135824v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04628386v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04476295v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859463v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859461v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158139v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04158134v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03620260v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648751v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03918211v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648749v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03918215v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03648750v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03282405v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023236v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175550v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175552v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175558v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02315815v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870496v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927926v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870499v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927933v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01870491v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977578v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leblic" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Masquelier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01673442v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859491v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487538v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487544v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487520v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487526v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487521v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185900v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859542v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487542v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01044644v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487532v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185898v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01048557v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432633v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432642v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432638v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432640v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432648v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432639v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432644v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432647v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432636v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01487550v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432631v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432634v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023249v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023269v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023280v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023313v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859501v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859525v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859510v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01620732v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859534v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859516v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03207509v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01890678v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05391214v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859216v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Privat Jean-Marie" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127vf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-04299089v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brouillet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6264" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03282461v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175341v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01653543v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422051v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422094v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409111v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409234v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Degorce Alice" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01409156v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422099v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunhilde Biebuyck" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01422102v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432684v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432676v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432670v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432666v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01432673v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175641v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>