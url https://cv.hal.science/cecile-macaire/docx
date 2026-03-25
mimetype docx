--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -463,1731 +463,1731 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04623007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jargon: A Suite of Language Models and Evaluation Tasks for French Specialized Domains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Multimodal French Corpus of Aligned Speech, Text, and Pictogram Sequences for Speech-to-Pictogram Machine Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Macaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Segonne</w:t>
+                <w:t xml:space="preserve">Jordan Arrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aidan Mannion</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xingyu Liu</w:t>
+                <w:t xml:space="preserve">Claire Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Turin, Italy. pp.9463-9476</w:t>
+              <w:t xml:space="preserve">LREC-COLING 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535557v1</w:t>
+                <w:t xml:space="preserve">hal-04534234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multimodal French Corpus of Aligned Speech, Text, and Pictogram Sequences for Speech-to-Pictogram Machine Translation</w:t>
+                <w:t xml:space="preserve">Un corpus multimodal alignant parole, transcription et séquences de pictogrammes dédié à la traduction automatique de la parole vers des pictogrammes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Macaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Dion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Arrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC-COLING 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Turin, Italy</w:t>
+              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.20-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534234v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04623003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un corpus multimodal alignant parole, transcription et séquences de pictogrammes dédié à la traduction automatique de la parole vers des pictogrammes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chloé Dion</w:t>
+                <w:t xml:space="preserve">Jargon: A Suite of Language Models and Evaluation Tasks for French Specialized Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Segonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aidan Mannion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Arrigo</w:t>
+                <w:t xml:space="preserve">Laura Cristina Alonzo Canul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lemaire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
+                <w:t xml:space="preserve">Alexandre Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingyu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.20-21</w:t>
+              <w:t xml:space="preserve">LREC-COLING 2024 - Joint International Conference on Computational Linguistics, Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Turin, Italy. pp.9463-9476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04623003v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jargon : Une suite de modèles de langues et de référentiels d'évaluation pour les domaines spécialisés du français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aidan Mannion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alonzo-Canul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xingyu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t>
+              <w:t xml:space="preserve">TALN 2024 - 31e Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.9-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voice2Picto : un système de traduction automatique de la parole vers des pictogrammes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Macaire</w:t>
+                <w:t xml:space="preserve">PROPICTO : Développer des systèmes de traduction de la parole vers des séquences de pictogrammes pour améliorer l'accessibilité de la communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Gerlach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Paris, France. pp.10-13</w:t>
+              <w:t xml:space="preserve">, 2023, Paris, France. pp.32-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208583v1</w:t>
+                <w:t xml:space="preserve">hal-04208597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROPICTO : Développer des systèmes de traduction de la parole vers des séquences de pictogrammes pour améliorer l'accessibilité de la communication</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+                <w:t xml:space="preserve">Voice2Picto : un système de traduction automatique de la parole vers des pictogrammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Macaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Paris, France. pp.32-35</w:t>
+              <w:t xml:space="preserve">, 2023, Paris, France. pp.10-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208597v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROPICTO: Developing Speech‑to‑Pictograph Translation Systems to Enhance Communication Accessibility</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+                <w:t xml:space="preserve">Plateformes pour la création de données en pictogrammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Macaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Arrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Johanna Gerlach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Annual Conference of The European Association for Machine Translation (EAMT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Machine Translation; Tampere University; University of Eastern Finland, Jun 2023, Tampere, Finland. pp.515-516</w:t>
+              <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France. pp.6-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283267v1</w:t>
+                <w:t xml:space="preserve">hal-04208581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateformes pour la création de données en pictogrammes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claire Lemaire</w:t>
+                <w:t xml:space="preserve">PROPICTO: Developing Speech‑to‑Pictograph Translation Systems to Enhance Communication Accessibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Ormaechea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Gerlach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France. pp.6-9</w:t>
+              <w:t xml:space="preserve">24th Annual Conference of The European Association for Machine Translation (EAMT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Machine Translation; Tampere University; University of Eastern Finland, Jun 2023, Tampere, Finland. pp.515-516</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208581v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une chaîne de traitements pour la simplification automatique de la parole et sa traduction automatique vers des pictogrammes</w:t>
+                <w:t xml:space="preserve">Automatic Speech Recognition and Query By Example for Creole Languages Documentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Macaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucía Ormaechea</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Pupier</w:t>
+                <w:t xml:space="preserve">Emmanuel Schang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29e conférence sur le Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Avignon, France. pp.111-123</w:t>
+              <w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03701477v1</w:t>
+                <w:t xml:space="preserve">hal-03625303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Speech Recognition and Query By Example for Creole Languages Documentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine-tuning pre-trained models for Automatic Speech Recognition: experiments on a fieldwork corpus of Japhug (Trans-Himalayan family)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Macaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ComputEL-5 5th Workshop on Computational Methods for Endangered Languages (ComputEL-5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dublin, Ireland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2022.computel-1.21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03625303v1</w:t>
+                <w:t xml:space="preserve">halshs-03647315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-tuning pre-trained models for Automatic Speech Recognition: experiments on a fieldwork corpus of Japhug (Trans-Himalayan family)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les modèles pré-entraînés à l'épreuve des langues rares : expériences de reconnaissance de mots sur la langue japhug (sino-tibétain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Macaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Guillaume</w:t>
+                <w:t xml:space="preserve">Guillaume Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ComputEL-5 5th Workshop on Computational Methods for Endangered Languages (ComputEL-5)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Dublin, Ireland. </w:t>
+              <w:t xml:space="preserve">JEP 2022 - 34e Journées d’Études sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Noirmoutier, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18653/v1/2022.computel-1.21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/JEP.2022-52⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03647315v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03625580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les modèles pré-entraînés à l'épreuve des langues rares : expériences de reconnaissance de mots sur la langue japhug (sino-tibétain)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une chaîne de traitements pour la simplification automatique de la parole et sa traduction automatique vers des pictogrammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Macaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Ormaechea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pupier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP 2022 - 34e Journées d’Études sur la Parole</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">29e conférence sur le Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Avignon, France. pp.111-123</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03625580v1</w:t>
+                <w:t xml:space="preserve">hal-03701477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural Language Processing for language documentation: a progress report for Japhug and Na</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Spécialisation de modèles neuronaux pour la transcription phonémique : premiers pas vers la reconnaissance de mots pour les langues rares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Macaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Macaire</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Galliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicholas Lambourne</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth Workshop on Sino-Tibetan Languages of Southwest China 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kobe, Japan</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du Groupement de recherche "Linguistique informatique, formelle et de terrain" (GDR LIFT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03911938v1</w:t>
+                <w:t xml:space="preserve">halshs-03475443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spécialisation de modèles neuronaux pour la transcription phonémique : premiers pas vers la reconnaissance de mots pour les langues rares</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Natural Language Processing for language documentation: a progress report for Japhug and Na</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Macaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Galliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Jacques</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Lambourne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du Groupement de recherche "Linguistique informatique, formelle et de terrain" (GDR LIFT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Sixth Workshop on Sino-Tibetan Languages of Southwest China 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03475443v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03911938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alignement temporel entre transcriptions et audio de données de langue japhug</w:t>
               </w:r>
@@ -2612,51 +2612,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Ionescu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning M&#252;ller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan-Cristian Stanciu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra-Georgiana Andrei" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmedkhan Radzhabov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04354-2_17" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383666v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623007v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Esperan&#231;a-Rodier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535557v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segonne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cristina Alonzo Canul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Audibert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Liu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534234v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Arrigo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623003v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622997v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonzo-Canul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208583v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ormaechea-Grijalba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Bouillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Gerlach" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283267v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ormaechea" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701477v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625303v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03647315v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Guillaume" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacques" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.computel-1.21" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03625580v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-52" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911938v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Galliot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Adams" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Lambourne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475443v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047146v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05223298v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025GRALM005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429051v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Ionescu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning M&#252;ller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan-Cristian Stanciu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra-Georgiana Andrei" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmedkhan Radzhabov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04354-2_17" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383666v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623007v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Esperan&#231;a-Rodier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534234v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Arrigo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623003v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535557v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segonne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cristina Alonzo Canul" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Audibert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Liu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622997v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonzo-Canul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208597v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ormaechea-Grijalba" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Bouillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Gerlach" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208583v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208581v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283267v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ormaechea" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625303v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03647315v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Guillaume" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacques" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Michaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.computel-1.21" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03625580v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-52" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701477v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03475443v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Galliot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911938v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Adams" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Lambourne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047146v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05223298v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025GRALM005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429051v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>