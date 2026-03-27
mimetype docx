--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -230,265 +230,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 in Mass Media: Manufacturing Mass Perceptions of the Virus among Older Adults</w:t>
+                <w:t xml:space="preserve">Narratives of crisis: From affective structures to adaptive functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Boespflug</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Information Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/opis-2022-0143⟩</w:t>
+              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46, pp.e104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0140525X22002618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04035685v1</w:t>
+                <w:t xml:space="preserve">hal-04092358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narratives of crisis: From affective structures to adaptive functions</w:t>
+                <w:t xml:space="preserve">COVID-19 in Mass Media: Manufacturing Mass Perceptions of the Virus among Older Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubal Kanozia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritu Arya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 46, pp.e104. </w:t>
+              <w:t xml:space="preserve">Open Information Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0140525X22002618⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/opis-2022-0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04092358v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04035685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Storytelling of a Virus: A Focus on COVID-19 Narratives of Older Adults</w:t>
               </w:r>
@@ -1260,168 +1260,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04093746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optical visualization of free virions for revealing the first public enemy</w:t>
+                <w:t xml:space="preserve">Storytelling of the COVID-19 Virus: A Tale of Many Tails: Opening Conference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Boespflug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ferrandon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics Europe 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">ICIDR International Conference on “The Impact of COVID-19 on Society”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Jaipur (en ligne), India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03694359v1</w:t>
+                <w:t xml:space="preserve">hal-03560148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">#FakeNewsGoesViral: Comprendre et combattre l'infodémie sur la COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1463,238 +1463,238 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ne mordez pas à l’hameçon ! Sensibilisation à la fiabilité de l’information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SCD Université de Limoges, Mar 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03666907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storytelling of the COVID-19 Virus: A Tale of Many Tails: Opening Conference</w:t>
+                <w:t xml:space="preserve">An optical visualization of free virions for revealing the first public enemy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ferrandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Boepflug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camelia Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIDR International Conference on “The Impact of COVID-19 on Society”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Jaipur (en ligne), India</w:t>
+              <w:t xml:space="preserve">SPIE Photonics Europe 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560148v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 in Mass Media: Social Constructionist Perspective on Mass Perception of the Virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubal Kanozia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ritu Arya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1838,148 +1838,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19: From Biological Reality to the Social Construction of a Virus</w:t>
+                <w:t xml:space="preserve">The Invisible Enemy: The Impact of COVID-19 Threat on Society</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Boespflug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Valette</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Magali Boespflug</w:t>
+                <w:t xml:space="preserve">Sophie Alain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Innovative Studies of Contemporary Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">ICIDR International Conference on Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Center for Interdisciplinary Research, Aug 2021, Jaipur, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03147551v1</w:t>
+                <w:t xml:space="preserve">hal-03328290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivre ensemble au temps de la COVID-19 : Repenser l’intergénérationnel</w:t>
               </w:r>
@@ -2076,696 +2076,696 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03338626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Invisible Enemy: The Impact of COVID-19 Threat on Society</w:t>
+                <w:t xml:space="preserve">COVID-19: From Biological Reality to the Social Construction of a Virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Boespflug</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Alain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIDR International Conference on Social Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Center for Interdisciplinary Research, Aug 2021, Jaipur, India</w:t>
+              <w:t xml:space="preserve">International Conference on Innovative Studies of Contemporary Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03328290v1</w:t>
+                <w:t xml:space="preserve">hal-03147551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Invisible Enemy: Social Constructionist Pathways of COVID-19 Virus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiphoton Microscopy for Visualizing Free Virions and Revealing the Invisible Enemy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Ferrandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Boespflug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Alain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Paris Conference on Social Sciences - VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">PSB Symposium: Frontiers in Bioimaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283525v1</w:t>
+                <w:t xml:space="preserve">hal-03277295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphoton Microscopy for Visualizing Free Virions and Revealing the Invisible Enemy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Invisible Enemy: Social Constructionist Pathways of COVID-19 Virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Boespflug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ferrandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSB Symposium: Frontiers in Bioimaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">International Paris Conference on Social Sciences - VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03277295v1</w:t>
+                <w:t xml:space="preserve">hal-03283525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goûtons aux nudges : contre le gaspillage alimentaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution sémiotique à la recherche en marketing sur les territoires et les identités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mérigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Badulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Regany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nudges 2019 : de la manipulation à l'incitation - inflexion des comportements et des politiques publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Limoges, France</w:t>
+              <w:t xml:space="preserve">35ème congrès international de l'AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02535354v1</w:t>
+                <w:t xml:space="preserve">halshs-02300014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution sémiotique à la recherche en marketing sur les territoires et les identités</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maud Herbert</w:t>
+                <w:t xml:space="preserve">La Pomme du Limousin. un objet du terroir déclencheur de passions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35ème congrès international de l'AFM</w:t>
+              <w:t xml:space="preserve">Congrès Association française de Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02300014v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Pomme du Limousin. un objet du terroir déclencheur de passions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Goûtons aux nudges : contre le gaspillage alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Mclaughlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Krupicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bobrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Association française de Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Nudges 2019 : de la manipulation à l'incitation - inflexion des comportements et des politiques publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02134122v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02535354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Pomme du Limousin : mesure de la perception du fruit et de son label, évaluation du risque sanitaire</w:t>
               </w:r>
@@ -3711,51 +3711,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677005v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Boespflug" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Duteil-Mougel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mclaughlin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Pelletier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1112400ar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035685v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubal Kanozia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritu Arya" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opis-2022-0143" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092358v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X22002618" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560131v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372319v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/trahs.3849" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535341v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398824v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Pinto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01122174v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tsala-Effa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127354v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093746v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Ferrandon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Popescu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694359v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Boepflug" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Launay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666907v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560148v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148376v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613314v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147551v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338626v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328290v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283525v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277295v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535354v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Krupicka" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bobrie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300014v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;rigot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Badulescu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Regany" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Herbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134122v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134125v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134135v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936462v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936459v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00943414v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934503v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934605v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252146v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677005v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Boespflug" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Duteil-Mougel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefort" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mclaughlin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Pelletier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1112400ar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092358v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0140525X22002618" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035685v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rubal Kanozia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritu Arya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opis-2022-0143" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560131v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372319v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/trahs.3849" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535341v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398824v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Pinto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01122174v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tsala-Effa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127354v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093746v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Ferrandon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Popescu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560148v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666907v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694359v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Boepflug" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Launay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148376v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613314v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328290v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338626v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147551v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277295v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283525v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300014v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;rigot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Badulescu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Regany" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Herbert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134122v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535354v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Krupicka" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bobrie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134125v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134135v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936462v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936459v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00943414v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934503v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934605v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619143v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252146v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>