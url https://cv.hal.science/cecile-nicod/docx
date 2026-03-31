--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -795,165 +795,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02242063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'interprétation conventionnelle : de l'office du juge à l'intention des signataires ?</w:t>
+                <w:t xml:space="preserve">Les rapports entre accords collectifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nicod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 4, pp.282-283</w:t>
+              <w:t xml:space="preserve">, 2016, 12, pp.800-808</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02242062v1</w:t>
+                <w:t xml:space="preserve">halshs-02242127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rapports entre accords collectifs</w:t>
+                <w:t xml:space="preserve">L'interprétation conventionnelle : de l'office du juge à l'intention des signataires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nicod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 12, pp.800-808</w:t>
+              <w:t xml:space="preserve">, 2016, 4, pp.282-283</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02242127v1</w:t>
+                <w:t xml:space="preserve">halshs-02242062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El parto anónimo : une facultad mas que un derecho, intereses contrapuestos a conciliar</w:t>
               </w:r>
@@ -3605,51 +3605,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicod" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097460v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097457v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097534v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090538v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.860.0124" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451898v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242224v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01555638v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Laulom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mias" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guillaume" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Denis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.2623" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242063v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242062v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242127v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02125920v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241998v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200836v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241896v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241903v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00916793v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01229473v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.762.0056" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225155v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241463v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225164v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235766v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.746.0500a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01215639v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01215629v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.730.0219" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01204753v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241205v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02205605v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239033v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02205251v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03796597v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Berthier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fouvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Frossard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Percher" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03796681v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Giraudet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;roud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gilles" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Debord" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03549315v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Brockmann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Escande Varniol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel P&#233;rez del Prado" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383223v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dock&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Auzero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Baugard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bonnech&#232;re" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995944v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-dalloz.fr/proposition-de-code-du-travail.html#product_tabs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02384425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouilloux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311706v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032107v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mathieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicod" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097460v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097457v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04097534v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090538v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.860.0124" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451898v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242224v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01555638v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Laulom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mias" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guillaume" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Denis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.2623" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242063v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242127v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02242062v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02125920v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241998v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02200836v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241896v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241903v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00916793v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01229473v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.762.0056" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225155v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241463v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225164v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235766v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.746.0500a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01215639v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01215629v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drou.730.0219" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01204753v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02241205v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02205605v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239033v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02205251v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03796597v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Berthier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fouvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Frossard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Percher" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03796681v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Giraudet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;roud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gilles" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Debord" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03549315v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Brockmann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Escande Varniol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel P&#233;rez del Prado" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383223v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dock&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Auzero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Baugard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bonnech&#232;re" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01995944v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-dalloz.fr/proposition-de-code-du-travail.html#product_tabs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02384425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouilloux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01311706v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032107v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mathieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>