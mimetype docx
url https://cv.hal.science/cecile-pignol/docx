--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:132.41379310345px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cecile Pignol </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cecile-pignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4411-8898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">113360193</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">198855625</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000357407816</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/K-1348-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical principles and perspectives of hyperspectral imaging applied to sediment core analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Jacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Coquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (2), pp.28. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/quat5020028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the design and implementation of sediment fingerprinting studies: Summary and outcomes of the TRACING 2021 Scientific School</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Batista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaume Company</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Foucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.1648-1661. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-022-03203-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03650052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure-from-motion, multi-view stereo photogrammetry applied to line-scan sediment core images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Jacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rapuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Paleolimnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 66 (3), pp.249-260. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10933-021-00204-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeomagnetism for chronologies of recent alpine lake sediments: successes and limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Demory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thouveny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Paleolimnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 62 (3), pp.259-278. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10933-019-00087-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards better traceability of field sampling data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 129, pp.82-91. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cageo.2019.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PaCTS 1.0: A Crowdsourced Reporting Standard for Paleoclimate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Emile‐geay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.P. Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Garijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34, pp.1570-1596. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019PA003632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6-kyr record of flood frequency and intensity in the western Mediterranean Alps – Interplay of solar and temperature forcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gentile Francesco Ficetola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 170, pp. 121 - 135. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressive and regressive soil evolution phases in the Anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 150, pp.39 - 52. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2016.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01394967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local human pressures influence gene flow in a hybridizing Daphnia species complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Most</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Spaak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29 (4), pp.720-735. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.12820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A century of human-driven changes in the carbon dioxide concentration of lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen C. Maberly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Biogeochemical Cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30 (2), pp.93-104. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015GB005286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion under climate and human pressures: An alpine lake sediment perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Révillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 152, pp.1 - 18. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01375648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term dynamics in microbial eukaryotes communities: a palaeolimnological view based on sedimentary DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Capo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typhaine Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (23), pp.5925-5943. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.13893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution paleolimnology opens new management perspectives for lakes adaptation to climate warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.72. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2015.00072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01691615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical Profiles of PCB in Dated Sediment Cores Suggest Recent Lake Contamination through the “Halo Effect”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Nathalie Cottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 49 (3), pp.1303-1310. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es5043996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01113395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term relationships among pesticide applications, mobility, and soil erosion in a vineyard watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Reyss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (4), pp.15647-15652. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1411512111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01100817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trophic history of French sub-Alpine lakes over the last similar to 150 years: phosphorus reconstruction and assessment of taphonomic biases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Marchetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rimet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Dormia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Limnologie - International Journal of Limnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 72 (3), pp.417-429. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4081/jlimnol.2013.e34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sentinel lakes: a network for the study and management of mountain lakes in the French Alps and in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Birck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Epaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crassous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eco.mont - Journal on Protected Mountain Areas Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (1), pp.63-69. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1553/eco.mont-5-1s63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local forcings affect lake zooplankton vulnerability and response to climate warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 94 (12), pp. 2767-2780. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/12-1903.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00927739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeoflood activity and climate change over the last 1400 years recorded by lake sediments in the north-west European Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quaternary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (2), pp. 189-199. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jqs.2609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00799655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA from lake sediments reveals the long-term dynamics and diversity of Synechococcus assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (10), p. 3817-3838. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-10-3817-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00866805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatiotemporal investigation of varved sediments highlights the dynamics of hypolimnetic hypoxia in a large hard-water lake over the last 150 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Limnology and Oceanography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 58 (4), pp. 1395-1408. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4319/lo.2013.58.4.1395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00927752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau des Zones Ateliers : La place du chercheur dans le dépôt des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutroncy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sarramia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Rouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les rencontres annuelles du réseau SIST (SIST24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau SIST, Jun 2024, Aix-en- Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tribute to Bruno Wilhelm’s legacy in reading the geological record of lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-16653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04817317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyber-carothèque Nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des sédimentologue Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAIR serait bien, bien FAIR”e” serait mieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Rouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sarramia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LES PROSPECTIVES DE L'INSTITUT ECOLOGIE ET ENVIRONNEMENT DU CNRS (INEE) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03821379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoreBook et la Cyber-carothèque nationale : deux outils pour bancariser des métadonnées riches lors des opérations de carottage scientifique (continental, marin, glaciaires)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Crosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to turn kilos of mud into megabytes of data? 10 years of efforts in curating lake sediment cores and their associated results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Crosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienna, Austria. https://meetingorganizer.copernicus.org/EGU21/EGU21-15037.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion et valorisation des carottes sédimentaires à but scientifique en France : vers un système intégré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 AFEQ-CNF-INQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion d'échantillons pour la recherche scientifique avec Collec-Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.41-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion d’échantillons pour la recherche scientifique avec Collec-Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36. Inforsid 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing geomorphic patterns and forcing factors from Alpine Lake Sediment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Révillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timescale-dependent interplays of solar and temperature forcing to explain 6kyrs of flood frequency and intensity in the western Mediterranean Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Ficetola Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting of Sedimentology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timescale-dependent interplays of solar and temperature forcing to explain 6kyrs of flood frequency and intensity in the western Mediterranean Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Ficetola Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G F Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDYTEM, May 2017, Zaragosa, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of millennial agro-pastoralism activities on pedogenetic processes in two altitudinal contexts of the western Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES - GloSS Working Group- Database Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UCL, 2017, Louvain La neuve, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards better tracability of field sampling data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cipiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Long Term Ecological Research Network (ILTER) &amp; Zones Ateliers &amp; Critical Zone Observatory Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion under climate and human pressures : an alpine lake sediment perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Révillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressive and regressive soil evolution phases in the Anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Source to sink, from erosion to sedimentary archives, 18th Joint Geomorphological Meeting (JGM),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid to Late Holocene flood frequency and intensity in Northern French Alps (Lake Savine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Whilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Ficetola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES Cross-community workshop on past flood variability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et spatialisation des retombées en plomb atmosphérique dans les Alpes françaises au cours des derniers millénaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès biannuel de l’ASF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chambery, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of lake history using nondestructive methods. A first record of organic endmember in sediments using solid phase fluorescence (Lake Noir Inférieur, Aiguilles Rouges Massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Belle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire des activités agro-pastorale et des paysages de montagne révélée par l'ADN sédimentaire lacustre.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Pansu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00933763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion et valorisation des données issues de carottes sédimentaires terrestres en France: vers la professionnalisation et la mutualisation de moyens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e congrès français de sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00912690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gliding from limnology to paleolimnology to study the ecosystem-wide consequences of human pressures on lake food webs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International paleolimnology symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00931994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a quantitative reconstruction of hypoxia from varve records in the large perialpin Lake Bourget over the last 150 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union (EGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00931939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of hypoxia from varve records in three large perialpine Lakes - Bourget, Annecy and Geneva (France - Switzerland) - over the last 100 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International paleolimnology symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00932003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long term dynamics and diversity of freshwater picocyanobacteria: Coupling between molecular tool and paleolimniological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International paleolimnology symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00932018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">300 years of underflow record in Lake Bourget: an attempt of quantitative hydrological reconstruction based on spatio-temporal approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00937651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomical, size structure and genetic responses of cladoceran communities in subalpine lakes to 150 years of human perturbations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEFS7 Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Girona, Spain. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The analysis of preserved DNA to assess 17 changes in cyanobacteria and diatoms dynamics and diversity: coupling paleolimninogy and molecular tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Kirkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO 2011. Aquatic Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, San Juan, Puerto Rico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in the origins of carbon sustaining the pelagic food chain during a century of human perturbations on two deep sub-alpine lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Reyss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO 2011. Aquatic Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, San Juan, Puerto Rico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse préliminaire du signal magnétique enregistré par les sédiments postglaciaires du lac de La Thuile (Savoie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00937654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">300 years of underflow record in Lake Bourget: an attempt of quantitative hydrological reconstruction based on spatio-temporal approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Limnogeology Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Konstanz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00932169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes sediments by PCBs : influence of local sources and watershed characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Meeting on Environmental Chemistry,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00720050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of preserved DNA to assess historical diatom communities in peri alpine lake Bourget : a paleolimnological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Kirkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution spatio temporelle de l'oxygénation de l'hypolimnion sous contrôle du niveau trophique et des crues rhodaniennes dans le lac du Bourget depuis 150 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of real-time PCR (QPCR) for enumeration of Planktothrix population (cyanobacteria) in the lake sediments : a paleolimnological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Kirkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution spatio-temporelle de l'oxygenation de l'hypolimnion sous controle du niveau trophique et des crues rhodaniennes dans le lac du bourget depuis 150 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Thonon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00933554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cyber-carothèque nationale : la collection dédiée aux prélèvements stratigraphiques, sédimentaires (marin et continental), de roche et de glace, pour aller vers des écosytèmes de données ouvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Calvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penguen Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19è Congrès Français de Sédimentologie (ASF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France. , 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cyber-carothèque nationale : la collection dédiée aux prélévements stratigraphiques, sédimentaires : des métadonnées standardisées pour aller vers des écosytèmes de données ouvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Calvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque des collections en sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bancariser les données dans le Réseau des Zones Ateliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutroncy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Silvestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque du Réseau des Zones Ateliers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Sainte-Menehould, France. , </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.11962.91845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couple CoreBook / Cyber-Carothèque Nationale : un système de collecte et de gestion d’information dédié aux carottes sédimentaires marines et continentales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Calvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Beauvais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chronicle of metallic element contamination : sediment record in a mining-affected dam reservoir context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bordas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I S river</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01879657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French NATIONAL CYBER CORE REPOSITORY: a user-oriented approach to promote the referencing of scientific cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the field to the database: a user-oriented approach to promote cyber-curating of scientific continental drilling cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contamination records of sediments by heavy metals in a mining-impacted dam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bordas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting of Sedimentology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01879661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QR-CODE PROJECT : Towards better traceability of field sampling data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cipiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Long Term Ecological Research Network (ILTER) &amp; Zones Ateliers &amp; Critical Zone Observatory Networks (LTER-France) Joint conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nantes, France. , 1 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From core referencing to data re-use: two French national initiatives to reinforce paleodata stewardship (National Cyber Core Repository and LTER France Retro-Observatory)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French initiative for scientific cores virtual curating : a user-orientedintegrated approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French initiative for scientific cores virtual curating : a user-oriented integrated approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Paleoceanography (ICP12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Century of Human-Driven Changes in the Carbon Dioxide Concentration of Lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-E. Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sc. Maberly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes by PCBs : influence of local sources and watershed characteristics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Nathalie Cottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Meeting on Environmental Chemistry (EMEC 12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Clermont-Ferrand, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme GéMo : Monitoring, échantillonnage et caractérisation des Géomatériaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayçal Soufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp.153-162, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Bases de Données : Données géographiques acquises et données produites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, 7p., 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'objet emblématique Lacs de Montagne : L'étude des sédiments lacustres au laboratoire EDYTEM.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp. 107-118, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation &amp;quot;Du carnet de terrain pour la collecte de carottes sédimentaires scientifiques à la base de données Cyber-Carothèque nationale francaise (ANF Carottage Littoraux & continental)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Arcachon, France. 2022, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829093v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A trip to the “data management” wonderland&amp;quot; (Paleo-data)Fondamental in Data management - F.A.I.R. PrinciplesUsescases for Paleo-data, Core Samples & data registering strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Saint-Lambert-des-Bois, France. 2021, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d'une &amp;quot;Pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire. Rapport intermédiaire 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Le Turnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2213729, DRAC - SRA Auvergne Rhône Alpes. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03539914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d'une &amp;quot;pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire : rapport intermédiaire 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] DRAC/SRA Auvergne Rhône Alpes. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId245"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:132.41379310345px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cecile Pignol </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cecile-pignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4411-8898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">113360193</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">198855625</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000357407816</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/K-1348-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the design and implementation of sediment fingerprinting studies: Summary and outcomes of the TRACING 2021 Scientific School</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Batista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaume Company</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dabrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Foucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (6), pp.1648-1661. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-022-03203-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03650052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical principles and perspectives of hyperspectral imaging applied to sediment core analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Jacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Debret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Coquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (2), pp.28. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/quat5020028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure-from-motion, multi-view stereo photogrammetry applied to line-scan sediment core images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Jacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Rapuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Paleolimnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 66 (3), pp.249-260. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10933-021-00204-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards better traceability of field sampling data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 129, pp.82-91. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cageo.2019.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PaCTS 1.0: A Crowdsourced Reporting Standard for Paleoclimate Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Khider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Emile‐geay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N.P. Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Garijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34, pp.1570-1596. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019PA003632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeomagnetism for chronologies of recent alpine lake sediments: successes and limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Demory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thouveny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Paleolimnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 62 (3), pp.259-278. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10933-019-00087-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressive and regressive soil evolution phases in the Anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 150, pp.39 - 52. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2016.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01394967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6-kyr record of flood frequency and intensity in the western Mediterranean Alps – Interplay of solar and temperature forcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gentile Francesco Ficetola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 170, pp. 121 - 135. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.06.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local human pressures influence gene flow in a hybridizing Daphnia species complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Most</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Spaak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 29 (4), pp.720-735. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.12820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A century of human-driven changes in the carbon dioxide concentration of lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen C. Maberly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Biogeochemical Cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 30 (2), pp.93-104. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015GB005286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term dynamics in microbial eukaryotes communities: a palaeolimnological view based on sedimentary DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Capo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typhaine Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (23), pp.5925-5943. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.13893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion under climate and human pressures: An alpine lake sediment perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Révillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 152, pp.1 - 18. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01375648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical Profiles of PCB in Dated Sediment Cores Suggest Recent Lake Contamination through the “Halo Effect”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Nathalie Cottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 49 (3), pp.1303-1310. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es5043996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01113395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution paleolimnology opens new management perspectives for lakes adaptation to climate warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.72. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2015.00072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01691615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term relationships among pesticide applications, mobility, and soil erosion in a vineyard watershed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Reyss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (4), pp.15647-15652. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1411512111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01100817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeoflood activity and climate change over the last 1400 years recorded by lake sediments in the north-west European Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Magand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quaternary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (2), pp. 189-199. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jqs.2609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00799655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local forcings affect lake zooplankton vulnerability and response to climate warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 94 (12), pp. 2767-2780. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/12-1903.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00927739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sentinel lakes: a network for the study and management of mountain lakes in the French Alps and in Corsica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Birck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Epaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crassous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eco.mont - Journal on Protected Mountain Areas Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (1), pp.63-69. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1553/eco.mont-5-1s63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatiotemporal investigation of varved sediments highlights the dynamics of hypolimnetic hypoxia in a large hard-water lake over the last 150 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Limnology and Oceanography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 58 (4), pp. 1395-1408. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4319/lo.2013.58.4.1395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00927752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA from lake sediments reveals the long-term dynamics and diversity of Synechococcus assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (10), p. 3817-3838. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-10-3817-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00866805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trophic history of French sub-Alpine lakes over the last similar to 150 years: phosphorus reconstruction and assessment of taphonomic biases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Marchetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rimet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Dormia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Limnologie - International Journal of Limnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 72 (3), pp.417-429. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4081/jlimnol.2013.e34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau des Zones Ateliers : La place du chercheur dans le dépôt des données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutroncy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sarramia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Rouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les rencontres annuelles du réseau SIST (SIST24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau SIST, Jun 2024, Aix-en- Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tribute to Bruno Wilhelm’s legacy in reading the geological record of lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-16653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04817317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyber-carothèque Nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des sédimentologue Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FAIR serait bien, bien FAIR”e” serait mieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Heintz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Rouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sarramia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LES PROSPECTIVES DE L'INSTITUT ECOLOGIE ET ENVIRONNEMENT DU CNRS (INEE) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03821379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to turn kilos of mud into megabytes of data? 10 years of efforts in curating lake sediment cores and their associated results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Crosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienna, Austria. https://meetingorganizer.copernicus.org/EGU21/EGU21-15037.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoreBook et la Cyber-carothèque nationale : deux outils pour bancariser des métadonnées riches lors des opérations de carottage scientifique (continental, marin, glaciaires)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Crosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion d'échantillons pour la recherche scientifique avec Collec-Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.41-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion et valorisation des carottes sédimentaires à but scientifique en France : vers un système intégré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q11 AFEQ-CNF-INQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion d’échantillons pour la recherche scientifique avec Collec-Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ancelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36. Inforsid 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timescale-dependent interplays of solar and temperature forcing to explain 6kyrs of flood frequency and intensity in the western Mediterranean Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Ficetola Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G F Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDYTEM, May 2017, Zaragosa, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timescale-dependent interplays of solar and temperature forcing to explain 6kyrs of flood frequency and intensity in the western Mediterranean Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Ficetola Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting of Sedimentology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of millennial agro-pastoralism activities on pedogenetic processes in two altitudinal contexts of the western Alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES - GloSS Working Group- Database Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UCL, 2017, Louvain La neuve, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards better tracability of field sampling data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cipiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Long Term Ecological Research Network (ILTER) &amp; Zones Ateliers &amp; Critical Zone Observatory Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing geomorphic patterns and forcing factors from Alpine Lake Sediment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Révillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressive and regressive soil evolution phases in the Anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bajard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Source to sink, from erosion to sedimentary archives, 18th Joint Geomorphological Meeting (JGM),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erosion under climate and human pressures : an alpine lake sediment perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Révillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid to Late Holocene flood frequency and intensity in Northern French Alps (Lake Savine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Whilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Ficetola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Moiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES Cross-community workshop on past flood variability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et spatialisation des retombées en plomb atmosphérique dans les Alpes françaises au cours des derniers millénaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès biannuel de l’ASF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Chambery, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of lake history using nondestructive methods. A first record of organic endmember in sediments using solid phase fluorescence (Lake Noir Inférieur, Aiguilles Rouges Massif, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Quiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Perrette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Belle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire des activités agro-pastorale et des paysages de montagne révélée par l'ADN sédimentaire lacustre.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Pansu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00933763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion et valorisation des données issues de carottes sédimentaires terrestres en France: vers la professionnalisation et la mutualisation de moyens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e congrès français de sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00912690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of hypoxia from varve records in three large perialpine Lakes - Bourget, Annecy and Geneva (France - Switzerland) - over the last 100 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International paleolimnology symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00932003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long term dynamics and diversity of freshwater picocyanobacteria: Coupling between molecular tool and paleolimniological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International paleolimnology symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00932018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gliding from limnology to paleolimnology to study the ecosystem-wide consequences of human pressures on lake food webs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International paleolimnology symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00931994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a quantitative reconstruction of hypoxia from varve records in the large perialpin Lake Bourget over the last 150 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union (EGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00931939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The analysis of preserved DNA to assess 17 changes in cyanobacteria and diatoms dynamics and diversity: coupling paleolimninogy and molecular tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Kirkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO 2011. Aquatic Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, San Juan, Puerto Rico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomical, size structure and genetic responses of cladoceran communities in subalpine lakes to 150 years of human perturbations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEFS7 Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Girona, Spain. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">300 years of underflow record in Lake Bourget: an attempt of quantitative hydrological reconstruction based on spatio-temporal approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00937651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse préliminaire du signal magnétique enregistré par les sédiments postglaciaires du lac de La Thuile (Savoie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00937654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">300 years of underflow record in Lake Bourget: an attempt of quantitative hydrological reconstruction based on spatio-temporal approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Limnogeology Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Konstanz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00932169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in the origins of carbon sustaining the pelagic food chain during a century of human perturbations on two deep sub-alpine lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Reyss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO 2011. Aquatic Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, San Juan, Puerto Rico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes sediments by PCBs : influence of local sources and watershed characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Meeting on Environmental Chemistry,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00720050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution spatio temporelle de l'oxygénation de l'hypolimnion sous contrôle du niveau trophique et des crues rhodaniennes dans le lac du Bourget depuis 150 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of real-time PCR (QPCR) for enumeration of Planktothrix population (cyanobacteria) in the lake sediments : a paleolimnological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Kirkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution spatio-temporelle de l'oxygenation de l'hypolimnion sous controle du niveau trophique et des crues rhodaniennes dans le lac du bourget depuis 150 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marcel Dorioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Thonon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00933554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of preserved DNA to assess historical diatom communities in peri alpine lake Bourget : a paleolimnological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Kirkham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elodie Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Debroas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Savichtcheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bancariser les données dans le Réseau des Zones Ateliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dutroncy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Silvestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque du Réseau des Zones Ateliers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Sainte-Menehould, France. , </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.11962.91845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cyber-carothèque nationale : la collection dédiée aux prélévements stratigraphiques, sédimentaires : des métadonnées standardisées pour aller vers des écosytèmes de données ouvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Calvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque des collections en sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cyber-carothèque nationale : la collection dédiée aux prélèvements stratigraphiques, sédimentaires (marin et continental), de roche et de glace, pour aller vers des écosytèmes de données ouvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Calvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penguen Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19è Congrès Français de Sédimentologie (ASF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France. , 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couple CoreBook / Cyber-Carothèque Nationale : un système de collecte et de gestion d’information dédié aux carottes sédimentaires marines et continentales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Calvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Beauvais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chronicle of metallic element contamination : sediment record in a mining-affected dam reservoir context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bordas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I S river</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01879657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French NATIONAL CYBER CORE REPOSITORY: a user-oriented approach to promote the referencing of scientific cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contamination records of sediments by heavy metals in a mining-impacted dam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bordas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting of Sedimentology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01879661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the field to the database: a user-oriented approach to promote cyber-curating of scientific continental drilling cores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QR-CODE PROJECT : Towards better traceability of field sampling data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hector Linyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Cipiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Quinton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Long Term Ecological Research Network (ILTER) &amp; Zones Ateliers &amp; Critical Zone Observatory Networks (LTER-France) Joint conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nantes, France. , 1 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From core referencing to data re-use: two French national initiatives to reinforce paleodata stewardship (National Cyber Core Repository and LTER France Retro-Observatory)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French initiative for scientific cores virtual curating : a user-orientedintegrated approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French initiative for scientific cores virtual curating : a user-oriented integrated approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Godinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Caillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bernardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Paleoceanography (ICP12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Century of Human-Driven Changes in the Carbon Dioxide Concentration of Lakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-E. Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sc. Maberly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical contamination of three french peri-alpines lakes by PCBs : influence of local sources and watershed characteristics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Nathalie Cottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Perga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Meeting on Environmental Chemistry (EMEC 12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Clermont-Ferrand, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Bases de Données : Données géographiques acquises et données produites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, 7p., 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'objet emblématique Lacs de Montagne : L'étude des sédiments lacustres au laboratoire EDYTEM.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Giguet-Covex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Wilhelm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp. 107-118, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme GéMo : Monitoring, échantillonnage et caractérisation des Géomatériaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Develle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayçal Soufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnements, Dynamiques et Territoires de la montagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection EDYTEM, pp.153-162, 2014, Collection EDYTEM n°16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00982832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation &amp;quot;Du carnet de terrain pour la collecte de carottes sédimentaires scientifiques à la base de données Cyber-Carothèque nationale francaise (ANF Carottage Littoraux & continental)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Galabertier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Arcachon, France. 2022, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829093v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A trip to the “data management” wonderland&amp;quot; (Paleo-data)Fondamental in Data management - F.A.I.R. PrinciplesUsescases for Paleo-data, Core Samples & data registering strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pignol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Saint-Lambert-des-Bois, France. 2021, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d'une &amp;quot;Pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire. Rapport intermédiaire 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Le Turnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2213729, DRAC - SRA Auvergne Rhône Alpes. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03539914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d'une &amp;quot;pigmentothèque&amp;quot; : un outil pour comprendre l'approvisionnement en matériaux colorants durant la Préhistoire : rapport intermédiaire 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chalmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chanteraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] DRAC/SRA Auvergne Rhône Alpes. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId245"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="16F17A9D"/>
+    <w:nsid w:val="6C93886A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-pignol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4411-8898" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113360193" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198855625" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357407816" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-1348-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699918v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/quat5020028" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03650052v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Batista" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Company" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foucher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-022-03203-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03257581v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-021-00204-x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448290v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crouzet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wilhelm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabatier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouveny" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-019-00087-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125207v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quinton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Linyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ancelin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2019.04.009" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280889v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khider" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Emile&#8208;geay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Mckay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garijo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019PA003632" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01873741v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moiroux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.06.019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01394967v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2016.11.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Most" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Spaak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12820" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641187v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elodie Perga" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Maberly" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GB005286" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01375648v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie R&#233;villon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.09.018" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568922v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Capo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Guillemot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13893" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QV6HK3QD-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691615v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2015.00072" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113395v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nathalie Cottin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es5043996" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100817v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1411512111" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653092v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berthon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Marchetto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rimet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dormia" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/jlimnol.2013.e34" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720062v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Birck" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Epaillard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leccia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crassous" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/eco.mont-5-1s63" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00927739v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/12-1903.1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00799655v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.2609" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866805v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Savichtcheva" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Villar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-10-3817-2013" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00927752v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Dorioz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2013.58.4.1395" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733660v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dutroncy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarramia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heintz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04817317v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-16653" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829018v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821379v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587821v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Crosta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galabertier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217264v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887390v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augustin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bernardet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825250v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Linyer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ancelin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pignol" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738009v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891103v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891385v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola Gentile" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moiroux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898735v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G F Moiroux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01875283v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784918v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cipiere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898941v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877006v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand David" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049326v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Whilhelm" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882665v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02049266v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933763v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pansu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00912690v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Elodie Perga" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00931994v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00931939v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932003v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00937651v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804766v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Jenny" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805945v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Kirkham" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debroas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806716v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacob" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00937654v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932169v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720050v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cottin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757316v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758260v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marcel Dorioz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752760v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933554v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04820116v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Calvat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penguen Julien" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04819705v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Godinho" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724238v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11962.91845" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380329v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879657v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parker" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Courtin-Nomade" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616096v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Caillo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616086v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879661v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788457v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616109v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Develle" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616081v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616090v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01995528v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Perga" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sc. Maberly" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Jenny" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alric" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801176v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chalmin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perga" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982832v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Soufi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982837v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982816v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Jenny" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829093v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371297v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539914v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Le Turnier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161478v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Schmitt" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cecile-pignol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4411-8898" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113360193" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198855625" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357407816" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-1348-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03650052v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Batista" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Company" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foucher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-022-03203-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699918v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coquin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/quat5020028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03257581v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-021-00204-x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125207v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quinton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Linyer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ancelin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2019.04.009" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280889v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khider" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Emile&#8208;geay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.P. Mckay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garijo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019PA003632" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448290v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crouzet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wilhelm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabatier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouveny" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-019-00087-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01394967v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2016.11.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01873741v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moiroux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.06.019" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Most" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Spaak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.12820" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641187v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elodie Perga" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Maberly" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GB005286" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568922v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Capo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Guillemot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13893" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QV6HK3QD-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01375648v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie R&#233;villon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.09.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113395v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nathalie Cottin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es5043996" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691615v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2015.00072" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100817v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1411512111" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00799655v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.2609" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00927739v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berthon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/12-1903.1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720062v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Birck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Epaillard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leccia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crassous" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/eco.mont-5-1s63" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00927752v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Dorioz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2013.58.4.1395" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00866805v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Savichtcheva" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Villar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-10-3817-2013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653092v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Marchetto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rimet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dormia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/jlimnol.2013.e34" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733660v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dutroncy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarramia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heintz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04817317v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-16653" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829018v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821379v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217264v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galabertier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Crosta" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587821v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825250v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Linyer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ancelin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pignol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887390v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augustin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bernardet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738009v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898735v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola Gentile" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G F Moiroux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891385v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moiroux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01875283v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784918v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cipiere" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891103v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877006v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand David" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898941v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049326v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Whilhelm" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882665v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02049266v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Belle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933763v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pansu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00912690v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Elodie Perga" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932003v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932018v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00931994v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00931939v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805945v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Kirkham" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debroas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804766v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Jenny" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00937651v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00937654v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932169v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806716v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacob" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00720050v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cottin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758260v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marcel Dorioz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752760v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933554v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757316v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724238v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11962.91845" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04819705v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Godinho" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Calvat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04820116v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penguen Julien" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380329v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879657v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parker" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Courtin-Nomade" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Malet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616096v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Caillo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879661v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616086v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788457v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616109v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Develle" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616081v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616090v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01995528v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Perga" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sc. Maberly" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Jenny" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alric" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801176v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chalmin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perga" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982837v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982816v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Jenny" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00982832v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Soufi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829093v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371297v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539914v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Le Turnier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161478v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Schmitt" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>