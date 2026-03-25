--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -522,51 +522,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 25 (6), </w:t>
+              <w:t xml:space="preserve">, 2024, 25 (6), pp.e202300723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cbic.202300723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2514,295 +2514,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docosahexaenoic acid-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christiane Deval</w:t>
+                <w:t xml:space="preserve">UBE2D2 is not involved in MuRF1-dependent muscle wasting during hindlimb suspension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Capel</w:t>
+                <w:t xml:space="preserve">Nathalie Koulmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Laillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Polge</w:t>
+                <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Bechet</w:t>
+                <w:t xml:space="preserve">Bernard Serrurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (5), pp.587-603. </w:t>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 79, pp.488-493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcsm.12103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512083v1</w:t>
+                <w:t xml:space="preserve">hal-01512230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UBE2D2 is not involved in MuRF1-dependent muscle wasting during hindlimb suspension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Docosahexaenoic acid-supplementation prior to fasting prevents muscle atrophy in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Deval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Laillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Serrurier</w:t>
+                <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 79, pp.488-493. </w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (5), pp.587-603. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.06.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.12103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512230v1</w:t>
+                <w:t xml:space="preserve">hal-01512083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upregulation of MuRF1 and MAFbx participates to muscle wasting upon gentamicin-induced acute kidney injury</w:t>
               </w:r>
@@ -2840,51 +2840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Combaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 79, pp.505-516. </w:t>
@@ -2948,51 +2948,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roza Leulmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3196,269 +3196,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01297805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeletal muscle lipid content and oxidative activity in relation to muscle fiber type in aging and metabolic syndrome</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+                <w:t xml:space="preserve">Role of E2-Ub-conjugating enzymes during skeletal muscle atrophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Theron</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Attaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gerona/glu086⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, n.p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2015.00059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01812812v1</w:t>
+                <w:t xml:space="preserve">hal-02639857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of E2-Ub-conjugating enzymes during skeletal muscle atrophy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Polge</w:t>
+                <w:t xml:space="preserve">Skeletal muscle lipid content and oxidative activity in relation to muscle fiber type in aging and metabolic syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gueugneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Attaix</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christiane Barboiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6, n.p. </w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (5), pp.566-576. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2015.00059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glu086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02639857v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The delayed recovery of the remobilized rat tibialis anterior muscle reflects a defect in proliferative and terminal differentiation that impairs early regenerative processes</w:t>
               </w:r>
@@ -3974,307 +3974,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01543975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glutathione S-Transferases Interact with AMP-Activated Protein Kinase: Evidence for S-Glutathionylation and Activation In Vitro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the ubiquitin proteome: Limits and advantages of high throughput global affinity purification-mass spectrometry approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Klaus</w:t>
+                <w:t xml:space="preserve">Sandrine Uttenweiler-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roza Leulmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Zorman</w:t>
+                <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Berthier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sacnicte Ramirez</w:t>
+                <w:t xml:space="preserve">Odile Burlet-Schiltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (10), pp.2136-2146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocel.2013.05.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0062497⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01987684v1</w:t>
+                <w:t xml:space="preserve">hal-02502779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the ubiquitin proteome: Limits and advantages of high throughput global affinity purification-mass spectrometry approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glutathione S-Transferases Interact with AMP-Activated Protein Kinase: Evidence for S-Glutathionylation and Activation In Vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Klaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Zorman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Odile Burlet-Schiltz</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacnicte Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocel.2013.05.031⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (5), pp.e62497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0062497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502779v1</w:t>
+                <w:t xml:space="preserve">hal-01987684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The worsening of tibialis anterior muscle atrophy during recovery post-immobilization correlates with enhanced connective tissue area, proteolysis, and apoptosis</w:t>
               </w:r>
@@ -4394,77 +4394,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A two-dimensional screen for AMPK substrates identifies tumor suppressor fumarate hydratase as a preferential AMPKα2 substrate.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Klaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Zorman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolanda Auchli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4541,64 +4541,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle actin is polyubiquitinylated in vitro and in vivo and targeted for breakdown by the E3 ligase MuRF1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4714,51 +4714,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Attaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de Myologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 4, pp.10-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4809,51 +4809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Schlattner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malgorzata Tokarska-Schlattner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacnicte Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Brückner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4911,291 +4911,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00422473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homo-oligomerization and activation of AMP-activated protein kinase are mediated by the kinase domain alphaG-helix.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Yeast two-hybrid, a powerful tool for systems biology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Brückner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Scholz</w:t>
+                <w:t xml:space="preserve">Nicolas Lentze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Suter</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Auerbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Schlattner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M109.047670⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (6), pp.2763-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms10062763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00422467v1</w:t>
+                <w:t xml:space="preserve">inserm-00422470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yeast two-hybrid, a powerful tool for systems biology.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Brückner</w:t>
+                <w:t xml:space="preserve">Homo-oligomerization and activation of AMP-activated protein kinase are mediated by the kinase domain alphaG-helix.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Scholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Suter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théodore Weimann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Auerbach</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Petr V. Konarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 10 (6), pp.2763-88. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 284 (40), pp.27425-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms10062763⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M109.047670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00422470v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00422467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for the Existence in Arabidopsis thaliana of the Proteasome Proteolytic Pathway: ACTIVATION IN RESPONSE TO CADMIUM.</w:t>
               </w:r>
@@ -5309,346 +5309,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00483927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">β -Subunits of the SnRK1 Complexes Share a Common Ancestral Function Together with Expression and Function Specificities; Physical Interaction with Nitrate Reductase Specifically Occurs via AKIN β 1-Subunit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modifications in endopeptidase and 20S proteasome expression and activities in cadmium treated tomato (Solanum lycopersicum L.) plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahbi Djebali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gallusci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Gissot</w:t>
+                <w:t xml:space="preserve">Latifa Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Thomas</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 148 (3), pp.1570-1582. </w:t>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 227 (3), pp.625 - 639. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.108.123026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00425-007-0644-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03314679v1</w:t>
+                <w:t xml:space="preserve">hal-00188302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications in endopeptidase and 20S proteasome expression and activities in cadmium treated tomato (Solanum lycopersicum L.) plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wahbi Djebali</w:t>
+                <w:t xml:space="preserve">β -Subunits of the SnRK1 Complexes Share a Common Ancestral Function Together with Expression and Function Specificities; Physical Interaction with Nitrate Reductase Specifically Occurs via AKIN β 1-Subunit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gallusci</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Polge</w:t>
+                <w:t xml:space="preserve">Mathieu Jossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latifa Boulila</w:t>
+                <w:t xml:space="preserve">Pierre Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Galtier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lionel Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00425-007-0644-6⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 148 (3), pp.1570-1582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.108.123026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00188302v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SNF1/AMPK/SnRK1 kinases, global regulators at the heart of energy control?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 12 (1), pp.20-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5720,51 +5720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel L. Gissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5841,51 +5841,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AKINbeta3, a plant specific SnRK1 protein, is lacking domains present in yeast and mammals non-catalytic ?-subunits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6019,77 +6019,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'actine, principale protéine contractile du muscle squelettique, est ciblée et dégradée par le système protéolytique ubiquitine-protéasome dépendant, dans des cellules et chez l'Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Polge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-E Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ventadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6497,51 +6497,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fournet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Blot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Peris-Moreno" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Reboud-Ravaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2025.102974" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993910v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Claustre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Macheton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lefai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651502v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabantous" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taillandier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202300723" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04766081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mosoni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Germond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c08501&amp;amp;ref=pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178468v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cussonneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Chaouki" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010621" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776164v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03435380v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Armani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081974" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238377v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verney" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084205" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314541v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Loizon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081873" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182261v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26020407" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952557v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186663" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935975v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Calonne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bechet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21103691" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167448v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aniort" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Poyet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12376" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02520159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2019.0458" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192519v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.07.014" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730002v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hauvette" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12249" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7110214" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622197v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7120242" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512083v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bechet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12103" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512230v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Koulmann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Serrurier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.06.019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512019v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.04.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633728v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Leulmi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12060" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297805v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6PNHNZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812812v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu086" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639857v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Attaix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2015.00059" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901485v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Slimani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217877v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1165" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijuan Wang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.12169" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Gourbeyre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01987684v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Klaus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zorman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berthier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacnicte Ramirez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0062497" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02502779v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Heng" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Burlet-Schiltz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2013.05.031" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKXCBX5J-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651117v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Delcros" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00379.2012" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00696309v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Auchli" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Brunisholz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2012.03.040" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420104v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ventadour" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-180968" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318545v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00422473v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schlattner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Tokarska-Schlattner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Br&#252;ckner" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kay" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2009.04.018" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00422467v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Scholz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Suter" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Weimann" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr V. Konarev" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.047670" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00422470v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lentze" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Auerbach" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms10062763" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483927v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jaquinod" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Holzer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bourguignon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Walling" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.035394" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314679v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jossier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Crozet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gissot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Thomas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.108.123026" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188302v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahbi Djebali" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallusci" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Boulila" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galtier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-007-0644-6" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B930097CE99525EC6EA80BF2986EDDE635E744FD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154622v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2006.11.005" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBKWFR9R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668884v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Gissot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Girin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouly" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.106.087718" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314592v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lemaitre" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kreis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-004-5111-1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SVL8T167-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318523v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Heng" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04652877v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02807024v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Fournet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Blot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Peris-Moreno" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Reboud-Ravaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2025.102974" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993910v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Claustre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Malige" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Macheton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lefai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651502v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabantous" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taillandier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202300723" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04766081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mosoni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Germond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c08501&amp;amp;ref=pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178468v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cussonneau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Chaouki" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010621" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776164v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03435380v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Armani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081974" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238377v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verney" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084205" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314541v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Loizon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10081873" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182261v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26020407" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952557v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186663" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935975v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Calonne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bechet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21103691" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167448v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aniort" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Poyet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12376" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02520159v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2019.0458" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192519v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.07.014" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730002v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hauvette" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12249" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7110214" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622197v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7120242" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512230v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Koulmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Serrurier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.06.019" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512083v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Laillet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bechet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12103" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512019v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.04.006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633728v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Leulmi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12060" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297805v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6PNHNZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639857v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Attaix" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2015.00059" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812812v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu086" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901485v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Slimani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217877v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-1165" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijuan Wang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.12169" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543975v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Gourbeyre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02502779v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Heng" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Burlet-Schiltz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2013.05.031" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKXCBX5J-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01987684v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Klaus" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zorman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berthier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacnicte Ramirez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0062497" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651117v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Micol" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Delcros" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.00379.2012" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00696309v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Auchli" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Brunisholz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2012.03.040" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420104v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ventadour" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-180968" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318545v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00422473v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schlattner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Tokarska-Schlattner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Br&#252;ckner" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kay" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2009.04.018" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00422470v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lentze" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Auerbach" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms10062763" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00422467v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Scholz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Suter" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Weimann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr V. Konarev" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.047670" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483927v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jaquinod" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Holzer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bourguignon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Walling" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M109.035394" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188302v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahbi Djebali" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallusci" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Boulila" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galtier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-007-0644-6" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B930097CE99525EC6EA80BF2986EDDE635E744FD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314679v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jossier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Crozet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gissot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Thomas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.108.123026" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154622v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2006.11.005" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBKWFR9R-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668884v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Gissot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Girin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouly" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.106.087718" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03314592v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lemaitre" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kreis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-004-5111-1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SVL8T167-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318523v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Heng" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04652877v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02807024v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>