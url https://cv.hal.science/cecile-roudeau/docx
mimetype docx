--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1453,300 +1453,300 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05417002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intimate Frictions : History and Literature in the United States from the 19th to the 21st Century.</w:t>
+                <w:t xml:space="preserve">Puritains d'Amérique Prestige et déclin d'une théocratie - Textes choisis 1620-1750</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...14 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ejas.11406⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Derail Agnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Constantinesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Monfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Folliot Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'Ecole normale supérieure. , 2016, collection "Versions françaises", 978-2-7288-0558-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513026v1</w:t>
+                <w:t xml:space="preserve">hal-01513277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Fenimore Cooper ou la frontière mélancolique. The Last of the Mohicans et The Leatherstocking Tales</w:t>
+                <w:t xml:space="preserve">Intimate Frictions : History and Literature in the United States from the 19th to the 21st Century.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quanquin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejas.11406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01513003v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01513026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Puritains d'Amérique Prestige et déclin d'une théocratie - Textes choisis 1620-1750</w:t>
+                <w:t xml:space="preserve">James Fenimore Cooper ou la frontière mélancolique. The Last of the Mohicans et The Leatherstocking Tales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derail-Imbert Agnès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'Ecole normale supérieure. 16, 2016, Collection "Actes de la recherche à l'ENS", 978-2-7288-3596-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Monfort</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-01513277v1</w:t>
+                <w:t xml:space="preserve">hal-01513003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden in Plain Sight: Deep Time and American Literature</w:t>
               </w:r>
@@ -1906,226 +1906,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01422588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Nouvelle-Angleterre: Politique d'une Ecriture.</w:t>
+                <w:t xml:space="preserve">Les Histoires de Pat Hobby.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">PUPS, 2012, Collection "Mondes Anglophones", Marc Amfreville, Élisabeth Angel-Perez, Pierre Iselin, Marie-Madeleine Martinet, 978-2-84050-840-7</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derail-Imbert Agnès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ph. Jaworski. Gallimard, 2, 2012, Collection. La Pléiade. Œuvres Complètes de F. S. Fitzgerald. 9782070137695</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512991v1</w:t>
+                <w:t xml:space="preserve">hal-01513291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Nouvelle-Angleterre : politique d’une écriture</w:t>
+                <w:t xml:space="preserve">La Nouvelle-Angleterre: Politique d'une Ecriture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">PU Paris-Sorbonne, 2012</w:t>
+              <w:t xml:space="preserve">PUPS, 2012, Collection "Mondes Anglophones", Marc Amfreville, Élisabeth Angel-Perez, Pierre Iselin, Marie-Madeleine Martinet, 978-2-84050-840-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03324001v1</w:t>
+                <w:t xml:space="preserve">hal-01512991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Histoires de Pat Hobby.</w:t>
+                <w:t xml:space="preserve">La Nouvelle-Angleterre : politique d’une écriture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Ph. Jaworski. Gallimard, 2, 2012, Collection. La Pléiade. Œuvres Complètes de F. S. Fitzgerald. 9782070137695</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PU Paris-Sorbonne, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513291v1</w:t>
+                <w:t xml:space="preserve">hal-03324001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la peur en Amérique : l’écriture au défi du frisson</w:t>
               </w:r>
@@ -2313,64 +2313,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Monfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derail Agnès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Midan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2489,199 +2489,199 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">READING FREEMAN AGAIN, ANEW STEPHANIE PALMER, MYRTO DRIZOU, CÉCILE ROUDEAU</w:t>
+                <w:t xml:space="preserve">Untimely Freeman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Edited by Stephanie Palmer, Myrto Drizou, Cécile Roudeau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Perspectives on Mary E. Wilkins Freeman. Reading with and Against the Grain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edimburgh University Press</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 978-1-399-50449-2</w:t>
+                <w:t xml:space="preserve">Edinburgh University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Interventions in Nineteenth-Century American Literature, 978-1-399-50449-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04246003v1</w:t>
+                <w:t xml:space="preserve">hal-04246014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untimely Freeman</w:t>
+                <w:t xml:space="preserve">READING FREEMAN AGAIN, ANEW STEPHANIE PALMER, MYRTO DRIZOU, CÉCILE ROUDEAU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Edited by Stephanie Palmer, Myrto Drizou, Cécile Roudeau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Perspectives on Mary E. Wilkins Freeman. Reading with and Against the Grain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edinburgh University Press</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Interventions in Nineteenth-Century American Literature, 978-1-399-50449-2</w:t>
+                <w:t xml:space="preserve">Edimburgh University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 978-1-399-50449-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04246014v1</w:t>
+                <w:t xml:space="preserve">hal-04246003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà de la ligne ? Paradoxe de l'émancipation. Eros, Demos, et l'État Démocratique</w:t>
               </w:r>
@@ -3495,199 +3495,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01514185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographies of difference: the Politics of Dialect in Nineteenth-Century America.</w:t>
+                <w:t xml:space="preserve">The Angle(s) of Truth: Perspectives for an American Democratic Fiction in William Dean Howells’s Critical Writing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cécile Cottenet, Jean-Christophe Murat, Nathalie Vanfasse. </w:t>
+              <w:t xml:space="preserve">Guillaume Tanguy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultural Transformations in the English-Speaking World. </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">William Dean Howells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 21, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambridge Scholars Publishing</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.129-151, 2009, 9781443817899</w:t>
+                <w:t xml:space="preserve">Presses universitaires de la Méditerrannée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.75-105, 2009, collection "Profils américains", 978-2-84269-880-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01514204v1</w:t>
+                <w:t xml:space="preserve">hal-01514214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Angle(s) of Truth: Perspectives for an American Democratic Fiction in William Dean Howells’s Critical Writing.</w:t>
+                <w:t xml:space="preserve">Geographies of difference: the Politics of Dialect in Nineteenth-Century America.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Guillaume Tanguy. </w:t>
+              <w:t xml:space="preserve">Cécile Cottenet, Jean-Christophe Murat, Nathalie Vanfasse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">William Dean Howells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 21, </w:t>
+              <w:t xml:space="preserve">Cultural Transformations in the English-Speaking World. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de la Méditerrannée</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.75-105, 2009, collection "Profils américains", 978-2-84269-880-5</w:t>
+                <w:t xml:space="preserve">Cambridge Scholars Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.129-151, 2009, 9781443817899</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01514214v1</w:t>
+                <w:t xml:space="preserve">hal-01514204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hawthorne et ses sorties : lieu et écriture du lieu dans La Lettre écarlate et ‘Les Bureaux de la Douane.’</w:t>
               </w:r>
@@ -3963,51 +3963,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Constantinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Derail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Monfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4220,51 +4220,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roudeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/lvn.2022.0005" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Constantinesco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0950236X.2019.1665911" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247598v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.5512" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513730v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quanquin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejas.11407" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513336v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.138.0057" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513340v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esq.2014.0008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513468v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513482v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.118.0086" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513500v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.112.0032" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513535v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513550v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.101.0024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513567v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.84" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03325282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03325289v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417002v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hildebrandt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Marsoin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513026v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejas.11406" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513003v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail-Imbert Agn&#232;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513277v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail Agn&#232;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Monfort" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folliot Laurent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513044v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422588v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanone Catherine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Savinel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Rigaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gould" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512991v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03324001v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513291v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513054v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bauer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Salati" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441476v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513295v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Midan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513298v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246003v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-new-perspectives-on-mary-e-wilkins-freeman.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246014v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245843v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01854560v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.upne.com/unh.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513853v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513796v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513897v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.desfemmes.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513883v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514098v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ulm-editions@ens.fr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514185v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.ens.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514204v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514214v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514269v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514271v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514273v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419061v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Derail" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roudeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/lvn.2022.0005" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931109v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Constantinesco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0950236X.2019.1665911" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247598v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.5512" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513730v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quanquin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejas.11407" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513336v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.138.0057" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513340v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esq.2014.0008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513468v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513482v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.118.0086" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513500v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.112.0032" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513535v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513550v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.101.0024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513567v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.84" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03325282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03325289v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417002v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hildebrandt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Marsoin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513277v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail Agn&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Monfort" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folliot Laurent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513026v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejas.11406" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513003v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derail-Imbert Agn&#232;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513044v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422588v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanone Catherine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Savinel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Rigaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gould" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513291v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512991v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03324001v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513054v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bauer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Salati" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441476v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513295v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Midan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513298v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246014v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-new-perspectives-on-mary-e-wilkins-freeman.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246003v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245843v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01854560v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.upne.com/unh.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513853v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513796v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513897v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.desfemmes.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513883v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514098v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ulm-editions@ens.fr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514185v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.ens.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514214v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514204v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514269v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514271v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514273v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01419061v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Derail" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>