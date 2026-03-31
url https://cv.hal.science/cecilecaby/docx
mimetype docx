--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -426,1252 +426,1252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02919991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Attorno a un anonimo elogio di Arezzo (e dei suoi uomini illustri) della seconda metà del Quattrocento: una retorica umanistica di provincia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atti e Memorie dell’Accademia Petrarca di lettere arti e scienze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, LXXXI (n.s.), pp.75-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03195273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prédication en chapitre général et réforme pontificale de la vita religiosa au XIIIe siècle. À propos des sermons aux chapitres généraux des moines noirs d’Eudes de Châteauroux et Jacques de Furnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Charansonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Belaen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Mabillon, revue internationale d'histoire et de littérature religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30, pp.37-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Charansonnet</w:t>
+                <w:t xml:space="preserve">halshs-02501996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O trabalho manual dos monges (séculos XI-XII): eclesiologia e práticas sociais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizonte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, ORDENS RELIGIOSAS MEDIEVAIS: PODER E SOCIEDADE (MEDIEVAL RELIGIOUS ORDERS: POWER AND SOCIETY), 15 (48), pp.1129-1150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5752/P.2175-5841.2017v15n48p1129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01783976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoires de livres, histoires de vies : à propos des manuscrits de Piero Pacini de Pescia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medioevo e Rinascimento</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (n.s. 28), pp.193-212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01885408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une histoire des miscellanées humanistes dans les ordres religieux. À propos de la circulation de quelques œuvres de Girolamo Aliotti au XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l’École française de Rome – Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 128-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefrm.2900⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01293521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les discours de laudibus theologie de l’Augustin Ambrogio Massari pour le Studium de Pérouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali di Storia delle università italiane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18, pp.75-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01104851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Os monges nas cidades comunais da Itália medieval: algumas observações</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15/2, pp.91-103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01104848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propositum Vitae e lugares da vida monástica (Séculos XI e XII)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Teritòrios e Fronteiras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, As faces do Monaquismo occidental, 7/2, pp.32-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01114812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Don Gabriello moine de Santa Maria degli Angeli et scriptore di versi lyrici. Premiers jalons pour une étude du réseau des disciples d'Ambrogio Traversari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interpres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31, p. 7-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une histoire des usages monastiques de l'espace urbain entre la fin de l'Antiquité et le Moyen âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l’École française de Rome – Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 124 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefrm.94⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Tolomei ou les paradoxes de la fondation de Monteoliveto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Mabillon, revue internationale d'histoire et de littérature religieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n. s. 23 (tome 84), pp.67-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non obstante quod sunt monachi&amp;quot;. être moine et étudiant au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni di storia religiosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16. Studia, studenti, religione., pp.45-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Non obstante quod sunt monachi ». Être moine et étudiant au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caby Cecile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni di storia religiosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16 (Studia, studenti, religione), pp.45-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00566289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prime ipotesi a proposito del dialogo de optimo genere vite di Girolamo Aliotti (1439)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medioevo e Rinascimento</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 35 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00327656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Programme de recherche sur l'île Saint-Honorat de Lérins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Codou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 30, pp.37-89</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Butaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Maria Dessì</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lauwers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'association pour l'Antiquité tardive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16, pp.51-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, LXXXI (n.s.), pp.75-105</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00269079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fondation et naissance des ordres religieux : remarques pour une étude comparée des ordres religieux au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mittelalterrliche Orden und Klöster im Vergleich. Methodische Ansätze und Perspektiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, p. 115-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...935 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00277148v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">halshs-00269079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Erémitisme au XIIIe siècle, entre solitude du coeur et contraintes du droit</w:t>
               </w:r>
@@ -2598,454 +2598,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03031750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pratiques humanistes et ordres religieux dans l’Italie du Quattrocento : quelques jalons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’humanisme à l’épreuve de l’Europe (XVe-XVIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Sorbonne; Centre Roland Mousnier (UMR 8596); University of Chicago-Paris; LabEx EHNE, Jan 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01885409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La prédication en chapitre dans les ordres monastiques et canoniaux (fin XIIe-fin XVe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st Biennial Symposium of the International Medieval Sermon Studies Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Bristol, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01956828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Sorbonne; Centre Roland Mousnier (UMR 8596); University of Chicago-Paris; LabEx EHNE, Jan 2018, Paris, France</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction – Chapitres généraux, prédication et réforme de la vie régulière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prédication en chapitre, réforme de la vita religiosa et contrôle pontifical XIIIe-XIVe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Lyon, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01956824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Les « hommes illustres » entre mondes chrétiens et musulmans : le motif biographique dans l’écriture de l’Histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Montel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Les « hommes illustres », entre mondes chrétiens et musulmans"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aurélien Montel; Cécile Caby, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">, Aurélien Montel; Cécile Caby, Nov 2018, Lyon, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Évêques et communautés religieuses dans le royaume de France et ses marges (816-1563) Stratégies politiques, enjeux, confrontations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01956821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prêcher en chapitre dans les ordres religieux médiévaux : introduction à une enquête collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prêcher en chapitre dans les ordres religieux (XIIe-XVe siècle): premiers jalons d'une enquête collective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01956826v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01956821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de deux ouvrages récents sur les Thébaïde florentines du XVe siècle</w:t>
               </w:r>
@@ -3778,90 +3778,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vie d'Isarn, abbé de Saint-Victor de Marseille au XIe siècle. Édition, traduction, introduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lauwers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Maria Dessì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4807,4462 +4807,4462 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03786783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vita monastica e ‘vera felicità’ nella Toscana del Quattrocento. A proposito di uno scambio epistolare fra due monaci di San Miniato e un chierico aretino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. F. Gianni; A. Paravicini Bagliani. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">San Miniato e il segno del Millennio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SISMEL – Edizioni del Galluzzo, pp.349-368, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Santa Giustina of Padua in Santa Fiora of Arezzo: the Reformation between Literary Invention and Social Demand in a Fifteenth-Century Tuscan abbey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Miri Rubin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modus vivendi. Religious Reform and the Laity in Late Medieval Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Viella Historical Research (19), Viella, pp.107-119, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03031713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, SISMEL – Edizioni del Galluzzo, pp.349-368, 2020</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Ad pinguissimum montem olivarum devenistis » : predicare in capitolo generale a Monte Oliveto nel Quattrocento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Giancarlo Andenna; Mauro Tagliabue. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monte Oliveto 1319-2019. Convegno di studio per il VII centenario di fondazione dell’Abbazia, Abbazia di Monte Oliveto Maggiore, 9-10 mai 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro storico benedettino italiano, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...36 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02502004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discours académiques et renouvellements des formes de l’éloquence publique dans les ordres mendiants au XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clémence Revest. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le discours académique en Europe, de la scolastique à l'humanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Garnier, pp.179-226, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09696-2.p.0179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...45 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01885411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sources of Late Medieval Monasticism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alison I. Beach; Isabelle Cochelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Cambridge History of Medieval Monasticism in the Latin West</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Cambridge University Press, pp.941-957, 2020, The High and Late Middle Ages, 9781107042100</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, 2, Cambridge University Press, pp.941-957, 2020, The High and Late Middle Ages, 9781107042100</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02501998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influenze e insediamenti vallombrosani in Francia? Nuove risposte per una domanda superata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francesco Salvestrini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vallisumbrosae memoriae custos. Miscellanea di storia vallombrosana in memoria di padre Spotorno</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Leo S. Olschki Editore, pp.23-43, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Leo S. Olschki Editore, pp.23-43, 2019</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01885406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques humanistes et ordres religieux dans l’Italie du Quattrocento : quelques jalons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Crouzet; Elisabeth Crouzet-Pavan; Philippe Desan; Clémence Revest. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’humanisme à l’épreuve de l’Europe, XVe-XVIe siècle. Histoire d'une transmutation culturelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champ Vallon, pp.197-217, 2019, 979-10-267-0810-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Champ Vallon, pp.197-217, 2019, 979-10-267-0810-0</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02174841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orationes in convivio. Le banquet humaniste entre rhétorique et pratique sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Laurioux, Agostino Paravicini Bagliani et Eva Pibiri. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Banquet : Manger, boire et parler ensemble (XIIe-XVIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 91, SISMEL – Edzioni del Galluzzo, pp.139-184, 2018, Micrologus Library</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01783977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie intellectuelle [à l'époque moderne]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Butaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cultures et environnements, préhistoire, Antiquité, Moyen-âge (Nice); Archives départementales des Alpes-Maritimes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre ciel, mer et terres, L'Ile monastique de Lerins (Ve-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Snoeck, pp.82-87, 2018, 9789461614322</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02262323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médecine et astrologie dans deux anthologies rhétoriques mendiantes de la fin du XVe siècle. L’Oratio de laudibus medicinae et le Principium in legendam astrologiam d’Ambrogio Massari de Cori († 1485)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joël Chandelier, Aurélien Robert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Savoirs mendiants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01783979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les traditions liturgiques de la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre ciel, mer et terres : l’île monastique de lérins (Ve-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Snoeck, pp.220, 2017, 978-94-6161-433-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01815029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réformes, culture humaniste et érudition monastique. La vie intellectuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Butaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre ciel, mer et terres : l’île monastique de lérins (Ve-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Snoeck, pp.82-87, 2017, 978-94-6161-433-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01815032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La congrégation lérinienne à la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Butaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Bottaro et al. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre ciel, mer et terres : l’île monastique de lérins (Ve-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Snoeck, pp.58-61, 2017, 978-94-6161-433-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01815025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réécritures hagiographiques de la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre ciel, mer et terres : l’île monastique de lérins (Ve-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Snoeck, pp.216-217, 2017, 978-94-6161-433-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01815026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réformes, culture humaniste et érudition monastique. L’âge des congrégations réformées, de Sainte-Justine de Padoue à Cluny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre ciel, mer et terres : l’île monastique de lérins (Ve-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Snoeck, pp.77-81, 2017, 978-94-6161-433-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01815034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Triompher à Rome ou servir à Arezzo : Girolamo Aliotti et Giovanni Tortelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Manfredi; C. Marsico; M. Regoliosi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Giovanni Tortelli primo bibliotecario della Vaticana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Biblioteca Apostolica Vaticana, pp.369-408, 2016, Studi e Testi 499</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01379457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettere e raccolte epistolari di Girolamo Aliotti († 1480) : pratiche discorsive e strategie sociali di un monaco umanista</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Filippo Bognini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I nuovi territori della lettera tra XV e XVI sec. (latino greco, volgare), atti del seminario internazionale di studi FIRB 2012, a cura di Filippo Bognini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni Ca' Foscari, pp.105-138, 2016, Filologie medievali e moderne 11, 978-88-6969-090-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01456147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettere e raccolte epistolari di Girolamo Aliotti († 1480). Pratiche discorsive e strategie sociali di un monaco umanista</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Filippo Bognini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuovi territori della lettera tra XV e XVI secolo, Atti del Convegno internazionale FIRB 2012 (Venezia, 11-12 novembre 2014) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni Ca' Foscari, 2016, 978-88-6969-089-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01379444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au risque de la métaphore. Regards sur l’hérésie de l’an mil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Boucheron; J. Dalarun. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georges Duby, portrait de l’historien en ses archives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gallimard, pp.365-388, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01184577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoratus of Lérins Between Manuscript and Print</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alison K. Frazier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Saint Between Manuscript and Print : Italy, 1400-1600</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 37, Centre for Reformation and Renaissance Studies, pp.255-297, 2015, Essays and Studies</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01184574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comme un poisson dans l’eau… Propositum vitae et lieux de vie monastique (XIe-XIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Lauwers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monastères et espace social dans l’Occident médiéval. Genèse et transformation d'un système de lieux dans l'Occident médiéval. Études réunies par M. Lauvers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15, Brepols, pp.323-358, 2015, Collection d’études médiévales de Nice, 978-2-503-53581-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1484/M.CEM-EB.5.102886⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01122416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Camaldules et leurs bibliothèques des origines à l’enquête de la congrégation de l’Index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Libri e biblioteche degli ordini religiosi in Italia alla fine del XVI secolo, 2. Congregazione Camaldolese dell’ordine di San Benedetto</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 487, Bibioteca Apostolica Vaticana, pp.7-58, 2014, Studi e Testi, 978-88-210-0927-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01114843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermits for Communes. The Camaldolese in the service of the Communes of central and northern Italy in the thirteenth to fifteenth centuries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Churchmen and Urban Government in Late Medieval Italy, c.1200\textendashc.1450. Cases and Contexts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.268-284, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Per una storia camaldolese di Badia Elmi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Badia Elmi. Storia e arte di un monastero valdesano tra Medioevo ed Età moderna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.111-121, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réseaux sociaux, pratiques culturelles et genres discursifs : à propos du dialogue De optimo vitæ genere de Girolamo Aliotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les humanistes, clercs et laïcs dans l'Italie du XIIIe au début du XVIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.405-482, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pessima et periculosa lingua de l'Augustin Adam de Montaldo : étude d'un recueil de prédictions dans l'Italie de la fin du XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Expériences religieuses et chemins de perfection dans l'Occident médiéval. études offertes à Andrez Vauchez par ses élèves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des Inscriptions et Belles Lettres, pp.233-254, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonti testuali, fonti iconografiche e topografia monastica : l'eremo di Camaldoli e il monastero di Fontebuono nel Medioevo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Architettura eremitica. Sistemi progettuali e paesaggi culturali. Atti del terzo convegno internazionale di studi (Camaldoli, 21-23 sett. 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence, pp.39-47, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les moines et la dîme (XIe-XIIIe siècle). Construction, enjeux et évolutions d'un débat polymorphe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", dans La dîme dans l'Occident médiéval. Prélèvement seigneurial, église et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.361-401, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nostalgie des origines, autonomie juridique, otium lettré : érémitisme et vie solitaire à la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caby Cecile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Viallet; F. Meyer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le silence du cloître, l'exemple des saints. Identités franciscaines à l'âge des réformes II (actes du colloque de Clermont-Ferrand, 7-8 avril 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Clermont Ferrand, Clermont-Ferrand, 2011, p. 19-38, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00641855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constructions et sacralisation des espaces conventuels dans l'ordre des frères Prêcheurs (XIIIe-début XIVe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lieux sacrés et espace ecclésial (IXe-XVe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Privat, pp.131-171, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrire la Vie d'Honorat à Lérins au début du xve siècle. Autour de la Vita Honorati du manuscrit Stresa, Biblioteca Rosminiana 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Lauwers, Y. Codou. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lérins une île sainte de l'Antiquité tardive au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, Turnhout, pp.641-701, 2010, Collection d'études médiévales de Nice 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00482105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coluccio Salutati, Santa Maria degli Angeli e il De seculo et religione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salutati e l'invenzione dell'Umanesimo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.329-356, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03315260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cisterciens et les îles : variations sur deux affaires provençales de la fin du XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Lauwers, Y. Codou. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lérins, une île sainte de l'Antiquité tardive au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, Turnhout, pp.315-330, 2010, Collection d'études médiévales de Nice 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00482103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conflits d'identités dans un ordre religieux au XIVe siècle : l'abbé de San Giusto de Volterra et le chapitre général camaldule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institution und Charisma. Festschrift für Gert Melville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIT Verlag, pp.111-126, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00482102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al di là dell'“Umanesimo religioso”. Umanisti e Chiesa nel Quattrocento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Messa, A. E. Scandella, M. Sensi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultura e desiderio di Dio. L'Umanesimo ele Clarisse dell'Osservanza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni Porziuncola, pp.15-34, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00349029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couvents et espaces religieux chez Géraud de Frachet et Bernard Gui. Une topographie légendaire des origines dominicaines ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Moines et religieux dans la ville (XIIe-XVe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Privat, pp.357-388, 2009, Cahiers de Fanjeaux, 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00349046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al di là dell'\textquotedblleftUmanesimo religioso\textquotedblright. Umanisti e Chiesa nel Quattrocento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultura e desiderio di Dio. L'Umanesimo e le Clarisse dell'Osservanza Atti della II giornata di studio sull'Osservanza Francescvana al femminile (10 nov. 2007, Monastero Clarisse S. Lucia, Foligno)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni Porziuncola, pp.15-33, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À propos du &amp;quot; De seculo et religione&amp;quot; . Coluccio Salutati et Santa Maria degli Angeli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vie active et vie contemplative au Moyen Âge et au seuil de la Renaissance actes des rencontres internationales tenues à Rome, les 17 et 18 juin 2005, et à Tours, les 26-28 octobre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole française de Rome, pp.483-529, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nostalgie des origines, autonomie juridique, otium lettré : érémitisme et vie solitaire à la fin du Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Silence du cloître, l'exemple des saints. Identités franciscaines à l'âge des réformes II, actes du colloque de Clermon-Ferrand, 7-8 avril 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Viallet, L et Meyer, F., 22 p., 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honorat rendu à Lérins : la vita Honorati (Stresa, Biblioteca Rosminiana, ms. 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Y. Codou et M. Lauwers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lérins, une île sainte de l'Antiquité tardive au Moyen Age, actes du colloque de Nice, 21-24 juin 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, 36 p., 2008, Collection du Centre d'études médiévales de Nice</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00327650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cisterciens et les îles : autour de la tentative manquée d'annexion de Lérins à l'ordre cistercien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Y. Codou et M. Lauwers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lérins, une île sainte de l'Antiquité tardive au Moyen Âge, actes du colloque de Nice, 21-24 juin 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, 17 p., 2008, Collection du Centre d'études médiévales de Nice</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abstinence, jeûnes et &amp;quot;pitances&amp;quot; dans le monachisme médiéval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques et discours alimentaires en Méditerranée de l'Antiquité à la Renaissance (actes du XVIIIe colloque de la Villa grecque Kérylos, Beaulieu-sur-Mer, 4-5-6 octobre 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris: Académie des Inscriptions et Belles Lettres, p. 171-292, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religion urbaine et religion civique en Italie au Moyen Age. Lieux, acteurs, pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religion urbaine et religion civique en Italie au Moyen Age. Lieux, acteurs, pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E. Crouzet Pavan, p. 115-130, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ile Saint-Honorat, Lérins (Cannes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Butaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Codou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germain Butaud</w:t>
+                <w:t xml:space="preserve">Rosa Maria Dessì</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Snoeck, pp.82-87, 2018, 9789461614322</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lauwers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Partenariat pour la connaissance du patrimoine culturel des Alpes-Maritimes entre le conseil général des Alpes Maritimes et le centre d'études Préhistoire, Antiquité, Moyen Âge : rapport scientifique 2000-2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, s.n. (S.l.), pp.57-64, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 91, SISMEL – Edzioni del Galluzzo, pp.139-184, 2018, Micrologus Library</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambrogio Massari da Cora, percorso biografico e prassi culturale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Frova, R. Michetti, D. Palombi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La carriera di un uomo di curia nella Roma del Quattrocento. Ambrogio Massari da Cori, agostiniano. Cultura umanistica e committenza artistica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Viella (Roma), pp.23-67, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, École française de Rome, A paraître</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00349030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coluccio Salutati e Santa Maria degli Angeli : nuovi documenti, nuovi approcci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Bianca. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Novita su Coluccio Salutati. Seminario a 600 anni della morte=Medioevo e Rinascimento, n.s., 19 (2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence: Dipartimento di Studi sul Medioevo e il Rinascimento, pp.87-104, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Snoeck, pp.216-217, 2017, 978-94-6161-433-9</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00277759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Règle, coutumes et statuts dans l'ordre camaldule (XIe-XIVe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regulae-Consuetudines-Statuta. Studi sulle fonti normative degli ordini religiosi nei secoli centrali del Medioevo Atti del I e II Seminario internazionale del Centro italo-tedesco di storia comparata degli ordini religiosi/ Italienisch-deutsches Zentrum für vergleichende Ordensforschung " Secundum regulam vivere "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIT Verlag, pp.195-221, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Snoeck, pp.82-87, 2017, 978-94-6161-433-9</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il costo dell'inurbamento. Monaci e frati a confronto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'economia dei conventi dei frati Minori e Predicatori fino alla metà del Trecento Assise, 9-11 octobre 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SISMEL, p. 295-338, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Snoeck, pp.220, 2017, 978-94-6161-433-9</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La papauté d'Avignon et le monachisme italien. Camaldules et Olivétains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il Monachesimo italiano nel secolo della grande crisi Atti del 5° Convegno di studi storici sull'Italia benedettina (Abbazia di Monte Oliveto Maggiore, 2-5 sett. 1998), Césène, Badia di SantaMaria del Monte, (Italia Benedettina, 21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 23-41, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Snoeck, pp.58-61, 2017, 978-94-6161-433-9</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attorno all'eremo del Vivo. I Camaldolesi in Toscana, fra eremo e città</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'eremo del Vivo fra dinamiche religiose e territoriali</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.35-52, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Snoeck, pp.77-81, 2017, 978-94-6161-433-9</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L''humanisme au service de l''Observance : quelques pistes de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme et église en Italie et en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 115-148, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Biblioteca Apostolica Vaticana, pp.369-408, 2016, Studi e Testi 499</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03309062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vies parallèles : ermites d'Italie et de la France de l'Ouest (Xe-XIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Robert d'Arbrissel ou la vie religieuse dans l'Ouest de la France Actes du colloque de Fontevraud (13-16 décembre 2001), (Disciplina monastica, 1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, p. 11-24, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Edizioni Ca' Foscari, pp.105-138, 2016, Filologie medievali e moderne 11, 978-88-6969-090-7</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03309061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autorité du passé, identités du présent dans l'ordre olivétain aux XIVe et XVe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'autorité du passé dans les sociétés médiévales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 203-219, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Edizioni Ca' Foscari, 2016, 978-88-6969-089-1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finis eremitarum ? Les formes régulières et communautaires de l'érémitisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'érémitisme en France et en Italie (XIe-XIVe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 47-80, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Gallimard, pp.365-388, 2015</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nostre religionis verum etiam hujus civitatis decus et ornamentum : les chantiers religieux en Italie à la fin du Moyen ge (à propos de la reconstruction de San Michele di Murano)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs et édilité. Les grands chantiers dans l'Italie communale et seigneuriale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 159-193, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 37, Centre for Reformation and Renaissance Studies, pp.255-297, 2015, Essays and Studies</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'ermitage à l'ordre érémitique ? Camaldules et chartreux, XIe-XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bruno et sa postérité spirituelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 83-96, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire du monde un ermitage : Pietro Orseolo, doge et ermite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guerriers et moines. Conversion et sainteté aristocratiques dans l'Occident médiéval (IXe-XIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études médiévales, p. 349-368, 2002</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 487, Bibioteca Apostolica Vaticana, pp.7-58, 2014, Studi e Testi, 978-88-210-0927-3</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camaldulensis heremi sive cenobii religio : nascita e sviluppo dell'ordine camaldolese (sec. XI-XIV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">San Romualdo. Storia, agiografia e spiritualità Atti del XXIII convegno del Centro di studi avellaniti (Fonte Avellana, 23-26 agosto 2000)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Il Segno dei Gabrieli editori, p. 221-241, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, pp.268-284, 2013</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre observance et humanisme. Définitions et pratiques d'une orthodoxie culturelle dans l'ordre camaldule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orthodoxie, Christianisme, Histoire. Orthodoxy, Christianity, History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 3-22, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, pp.111-121, 2013</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Padri nell'osservanza camaldolese : uso, riuso, abuso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tradizioni patristiche nell'Umanesimo Atti del convegno Istituto nazionale degli studi sul Rinascimento, Biblioteca Medicea Laurenziana (Firenze, 6-8 febbraio 1997)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SISMEL, Edizioni del Galluzzo, p. 175-191, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, pp.405-482, 2012</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cisterciens dans l'espace médiéval italien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unanimité et diversité cisterciennes, Filiations \textendash réseaux \textendash relectures du XIIe au XVIe siècle Actes du quatrième colloque international du CERCOR (Dijon, 23-25 sept. 1998)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'université de Saint-Etienne, p. 567-594, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...2502 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03307641v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03307632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les voies de l'érémitisme en Italie, Xe-XIe s.</w:t>
               </w:r>
@@ -9555,51 +9555,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844781v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caby" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Revest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13rxd" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705826v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03269030v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919991v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.4670" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501996v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Charansonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Belaen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195273v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5752/P.2175-5841.2017v15n48p1129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885408v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01293521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.2900" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104851v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104848v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114812v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315270v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315268v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.94" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-8BQNDXD1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315269v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312362v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566289v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caby Cecile" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327656v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277148v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00269079v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Codou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Butaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Dess&#236;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lauwers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277116v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309065v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291810v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291815v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.1997.3551" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291817v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.1996.3486" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291814v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291818v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291816v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880956v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881004v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880990v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031750v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956828v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885409v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956824v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Montel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956826v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956821v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956832v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184576v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844766v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13rxl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919986v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.4643" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705817v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uqq" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03786772v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.fupress.com/catalogue/un-loge-de-camaldoli-pour-pierre-le-goutteux/7114" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/978-88-5518-453-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815018v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiaeletteratura.it/catalogo/autoportrait-dun-moine-en-humaniste/5155" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114836v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Megli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184575v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00535835v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cottier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Weiss" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309063v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Vauchez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309064v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705830v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100972v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04186506v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54195/XFRB6134_CH02" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881021v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880934v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03786764v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881660v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201380v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03388441v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ros&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03786783v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031713v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436500v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02502004v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09696-2.p.0179" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885406v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02174841v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262323v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Caby" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783977v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783979v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815026v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815032v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815029v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815025v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815034v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jolly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379457v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01456147v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379444v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184577v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184574v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122416v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.CEM-EB.5.102886" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114843v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315267v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315266v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315262v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315265v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315261v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315264v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641855v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315263v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482103v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482105v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315260v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311788v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310266v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00349046v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482102v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00349029v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277774v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277149v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327650v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277765v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277154v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311617v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00349030v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277759v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310072v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309062v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308928v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308940v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310070v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309061v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308941v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308927v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308196v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308194v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308195v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308193v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307631v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307641v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307632v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291809v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291811v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844781v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caby" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Revest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13rxd" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705826v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03269030v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919991v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.4670" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195273v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501996v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Charansonnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Belaen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783976v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5752/P.2175-5841.2017v15n48p1129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885408v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01293521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.2900" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104851v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104848v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114812v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315270v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315268v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.94" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-8BQNDXD1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315269v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312362v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566289v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caby Cecile" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327656v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00269079v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Codou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Butaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Dess&#236;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lauwers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277148v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277116v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309065v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291810v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291815v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.1997.3551" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291817v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.1996.3486" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291814v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291818v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291816v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880956v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881004v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880990v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031750v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885409v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956828v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956824v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Montel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956821v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956826v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956832v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184576v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844766v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13rxl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919986v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.4643" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705817v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uqq" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03786772v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.fupress.com/catalogue/un-loge-de-camaldoli-pour-pierre-le-goutteux/7114" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/978-88-5518-453-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815018v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiaeletteratura.it/catalogo/autoportrait-dun-moine-en-humaniste/5155" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114836v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Megli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184575v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00535835v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cottier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Weiss" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309063v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Vauchez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309064v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705830v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100972v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04186506v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54195/XFRB6134_CH02" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881021v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880934v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03786764v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03881660v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201380v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03388441v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ros&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03786783v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436500v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031713v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02502004v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885411v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09696-2.p.0179" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02501998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885406v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02174841v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783977v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262323v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Caby" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783979v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815029v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815032v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815025v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815026v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01815034v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jolly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379457v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01456147v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01379444v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184577v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184574v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122416v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.CEM-EB.5.102886" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114843v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315267v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315266v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315262v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315265v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315261v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315264v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641855v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315263v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482105v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315260v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482103v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482102v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00349029v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00349046v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311788v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310266v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277774v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00327650v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277765v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277154v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277149v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311617v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00349030v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277759v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310072v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308940v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308928v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310070v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309062v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309061v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308941v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308196v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308194v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308927v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308195v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308193v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307631v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307632v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307641v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291809v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291811v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>