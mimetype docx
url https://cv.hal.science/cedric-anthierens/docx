--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -269,330 +269,330 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated Deployment of an Underwater Tether Equipped with a Compliant Buoy–Ballast System for Remotely Operated Vehicle Intervention</w:t>
+                <w:t xml:space="preserve">Management of a fleet of autonomous underwater gliders for area coverage: From simulation to real-life experimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ornella Tortorici</w:t>
+                <w:t xml:space="preserve">Aurélien Merci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Peraud</w:t>
+                <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Anthierens</w:t>
+                <w:t xml:space="preserve">Nadège Thirion-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hugel</w:t>
+                <w:t xml:space="preserve">Yann Le Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (2), pp.279. </w:t>
+              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 183, pp.104825. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jmse12020279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.robot.2024.104825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451182v1</w:t>
+                <w:t xml:space="preserve">hal-04943841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of a fleet of autonomous underwater gliders for area coverage: From simulation to real-life experimentation</w:t>
+                <w:t xml:space="preserve">Automated Deployment of an Underwater Tether Equipped with a Compliant Buoy–Ballast System for Remotely Operated Vehicle Intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Merci</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Ornella Tortorici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Le Page</w:t>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 183, pp.104825. </w:t>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (2), pp.279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.robot.2024.104825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jmse12020279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04943841v1</w:t>
+                <w:t xml:space="preserve">hal-04451182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simulator of underwater glider missions for path planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Merci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Anthierens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Anthierens</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadège Thirion-Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 269, pp.113514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
@@ -626,77 +626,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards active self-management of umbilical linking ROV and USV for safer submarine missions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornella Tortorici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -743,77 +743,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide sensoriel de navigation pour kayakistes non voyants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Groux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5953 (1001), pp.S1-S48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -847,77 +847,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory navigation guide for visually impaired sea kayakers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Groux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Field Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 35 (5), pp.732--747. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -977,51 +977,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1080,51 +1080,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Smart Sensor to Evaluate Visual Comfort of Daylight into Buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1210,51 +1210,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of tolerancing by functional group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Linares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Sprauel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1346,77 +1346,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travaux Pratiques de commande de robots sous-marins basée modèle et capteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Creuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Seillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1448,303 +1448,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-05134851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cable Lobe Detection in a ROV/USV Tethered System Using IMUs and Compliant Buoy-Ballast Equipment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IMU-based Monitoring of Buoy-Ballast System through Cable Dynamics Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Filliung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Peraud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th workshop on RObotic MAnipulation of Deformable Objects : beyond traditional approaches (ROMADO)</w:t>
+              <w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768235v1</w:t>
+                <w:t xml:space="preserve">hal-04756297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMU-based Monitoring of Buoy-Ballast System through Cable Dynamics Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cable Lobe Detection in a ROV/USV Tethered System Using IMUs and Compliant Buoy-Ballast Equipment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Peraud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2024)</w:t>
+              <w:t xml:space="preserve">4th workshop on RObotic MAnipulation of Deformable Objects : beyond traditional approaches (ROMADO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756297v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new flex-sensor-based umbilical-length management system for underwater robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornella Tortorici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Mobile Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1782,51 +1782,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Naveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pauly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1877,51 +1877,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius: A sailboat for sea sailing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Pauly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1998,51 +1998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Der Arslanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2093,51 +2093,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consideration of glare from daylight in the control of the luminous atmosphere in buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2184,51 +2184,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d’une chaise orientable pour l’immersion virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Antonioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2318,51 +2318,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of optic comfort in an experimental room</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2426,51 +2426,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Visual Comfort Sensor for Daylighting Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2543,51 +2543,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a sensorial and driving locomotion interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Impagliazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2677,51 +2677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Impagliazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5 th EUROSIM congress on modelling and simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Unknown, Unknown Region. pp.54--56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2772,51 +2772,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyudmyla Yushchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Impagliazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mecatronics’03</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.38--43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2873,90 +2873,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Smart Tether Winch for an Autonomous ROV/USV System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Eskoundos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Peraud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2974,90 +2974,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Cooperative Control Strategies and Relative Localization Methods for a Smart ROV/USV Tethered System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Eskoundos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Peraud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3107,51 +3107,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception de systèmes mécatroniques pour l'interaction humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Université de Toulon, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3259,51 +3259,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E7338829"/>
+    <w:nsid w:val="1AA78C9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3407,51 +3407,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0FB89B5D"/>
+    <w:nsid w:val="60A55B57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3641,51 +3641,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-anthierens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4561-3049" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451182v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Tortorici" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Peraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Anthierens" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse12020279" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943841v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Merci" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Thirion-Moreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Page" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2024.104825" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.113514" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428777v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Barthelemy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.12.318" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856518v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Groux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.058" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701795v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.21775" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Leclercq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Arnal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bideaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2011.02.006" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLKBH3C1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368284v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Flambard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15599610802438672" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01408879v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Linares" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sprauel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0278-6125(02)80166-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05134851v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Creuze" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Seillier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768235v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756297v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Filliung" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boizot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723811v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naveau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pauly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Courmontagne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723815v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jeay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Der Arslanian" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742575v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2011.6027070" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391293v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Antonioli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Falaschini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Khattout" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lain&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375896v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375838v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.1025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282777v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dupuis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Impagliazzo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyudmyla Yushchenko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282779v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Toussaint" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282781v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248903v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eskoundos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248977v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02999696v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-anthierens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4561-3049" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943841v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Merci" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Anthierens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Thirion-Moreau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Page" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2024.104825" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451182v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Tortorici" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Peraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse12020279" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.113514" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428777v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Barthelemy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.12.318" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856518v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Groux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.058" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701795v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.21775" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Leclercq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Arnal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bideaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2011.02.006" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLKBH3C1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368284v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Flambard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15599610802438672" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01408879v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Linares" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sprauel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0278-6125(02)80166-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05134851v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Creuze" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Seillier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756297v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Filliung" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boizot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768235v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206906v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723811v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Naveau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pauly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Courmontagne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723815v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jeay" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Der Arslanian" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742575v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2011.6027070" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391293v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Antonioli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Falaschini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Khattout" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lain&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375896v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375838v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.1025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282777v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dupuis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Impagliazzo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyudmyla Yushchenko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282779v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Toussaint" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282781v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248903v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eskoundos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248977v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02999696v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>