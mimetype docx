--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -485,563 +485,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05378526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assimilation of multiple datasets results in large differences in regional- to global-scale NEE and GPP budgets simulated by a terrestrial biosphere model</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Warming and Drought Weaken the Carbon Sink Capacity of an Endangered Paleoendemic Temperate Rainforest in South America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Chevallier</w:t>
+                <w:t xml:space="preserve">Jorge F. Perez-Quezada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Léonard</w:t>
+                <w:t xml:space="preserve">Jonathan Barichivich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernest N Koffi</w:t>
+                <w:t xml:space="preserve">Rocío Urrutia‐jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Carrasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguilera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-20-1089-2023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (4), pp.e2022JG007258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022jg007258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04086994v1</w:t>
+                <w:t xml:space="preserve">hal-04086911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Warming and Drought Weaken the Carbon Sink Capacity of an Endangered Paleoendemic Temperate Rainforest in South America</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Barichivich</w:t>
+                <w:t xml:space="preserve">Assimilation of multiple datasets results in large differences in regional- to global-scale NEE and GPP budgets simulated by a terrestrial biosphere model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Macbean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rocío Urrutia‐jalabert</w:t>
+                <w:t xml:space="preserve">Frédéric Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrique Carrasco</w:t>
+                <w:t xml:space="preserve">Sébastien Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Aguilera</w:t>
+                <w:t xml:space="preserve">Ernest N Koffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 128 (4), pp.e2022JG007258. </w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (6), pp.1089-1111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2022jg007258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-20-1089-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04086911v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resolving temperature limitation on spring productivity in an evergreen conifer forest using a model–data fusion framework</w:t>
+                <w:t xml:space="preserve">Quantifying and reducing uncertainty in global carbon cycle predictions: lessons and perspectives from 15 years of data assimilation studies with the ORCHIDEE Terrestrial Biosphere Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie G Stettz</w:t>
+                <w:t xml:space="preserve">N. Macbean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas C Parazoo</w:t>
+                <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Anthony Anthony Bloom</w:t>
+                <w:t xml:space="preserve">N. Raoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter D Blanken</w:t>
+                <w:t xml:space="preserve">V. Bastrikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David R Bowling</w:t>
+                <w:t xml:space="preserve">E. Koffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (2), pp.541 - 558. </w:t>
+              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (7), pp.e2021GB007177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-19-541-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2021GB007177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03566914v1</w:t>
+                <w:t xml:space="preserve">hal-03693760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying and reducing uncertainty in global carbon cycle predictions: lessons and perspectives from 15 years of data assimilation studies with the ORCHIDEE Terrestrial Biosphere Model</w:t>
+                <w:t xml:space="preserve">Resolving temperature limitation on spring productivity in an evergreen conifer forest using a model–data fusion framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Macbean</w:t>
+                <w:t xml:space="preserve">Stephanie G Stettz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bacour</w:t>
+                <w:t xml:space="preserve">Nicholas C Parazoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Raoult</w:t>
+                <w:t xml:space="preserve">A. Anthony Anthony Bloom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Bastrikov</w:t>
+                <w:t xml:space="preserve">Peter D Blanken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Koffi</w:t>
+                <w:t xml:space="preserve">David R Bowling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 36 (7), pp.e2021GB007177. </w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.541 - 558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021GB007177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-19-541-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03693760v1</w:t>
+                <w:t xml:space="preserve">hal-03566914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant gross primary production, plant respiration and carbonyl sulfide emissions over the globe inferred by atmospheric inverse modelling</w:t>
               </w:r>
@@ -1827,77 +1827,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving estimates of gross primary productivity by assimilating solar‐induced fluorescence satellite retrievals in a terrestrial biosphere model using a process‐based SIF model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Macbean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Porcar‐castell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1955,295 +1955,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution to sandy site characterization: spectro-directional signature, grain size distribution and mineralogy extracted from sand samples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Viallefont-Robinet</w:t>
+                <w:t xml:space="preserve">Co-variations between plant functional traits emerge from constraining parameterization of a terrestrial biosphere model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Peaucelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Malika Kheireddine</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mustapha Ouhssain</w:t>
+                <w:t xml:space="preserve">Nicolas Vuichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs11202446⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (9), pp.1351-1365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.12937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350761v3</w:t>
+                <w:t xml:space="preserve">hal-02371849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-variations between plant functional traits emerge from constraining parameterization of a terrestrial biosphere model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Peaucelle</w:t>
+                <w:t xml:space="preserve">Contribution to sandy site characterization: spectro-directional signature, grain size distribution and mineralogy extracted from sand samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Viallefont-Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ciais</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vuichard</w:t>
+                <w:t xml:space="preserve">Malika Kheireddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Kuppel</w:t>
+                <w:t xml:space="preserve">Mustapha Ouhssain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27 (9), pp.1351-1365. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (20), pp.2446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/geb.12937⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs11202446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371849v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350761v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences Between OCO‐2 and GOME‐2 SIF Products From a Model‐Data Fusion Perspective</w:t>
               </w:r>
@@ -2817,51 +2817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Santaren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (12), pp.4739-4754. </w:t>
@@ -2893,295 +2893,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the uncertainty of parameters controlling seasonal carbon and water fluxes in Chinese forests and its implication for simulated climate sensitivities</w:t>
+                <w:t xml:space="preserve">The potential benefit of using forest biomass data in addition to carbon and water flux measurements to constrain ecosystem model parameters: Case studies at two temperate forest sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yue Li</w:t>
+                <w:t xml:space="preserve">T. Thum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Macbean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hui Yang</w:t>
+                <w:t xml:space="preserve">P. Peylin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cedric Bacour</w:t>
+                <w:t xml:space="preserve">D. Santaren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 31 (8), pp.1344-1366. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 234-235, pp.48 - 65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2017GB005714⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2016.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02904466v1</w:t>
+                <w:t xml:space="preserve">hal-01584260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The potential benefit of using forest biomass data in addition to carbon and water flux measurements to constrain ecosystem model parameters: Case studies at two temperate forest sites</w:t>
+                <w:t xml:space="preserve">Reducing the uncertainty of parameters controlling seasonal carbon and water fluxes in Chinese forests and its implication for simulated climate sensitivities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Thum</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Macbean</w:t>
+                <w:t xml:space="preserve">Yue Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Peylin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Bacour</w:t>
+                <w:t xml:space="preserve">Hui Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Santaren</w:t>
+                <w:t xml:space="preserve">Tao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Macbean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 234-235, pp.48 - 65. </w:t>
+              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (8), pp.1344-1366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2016.12.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2017GB005714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01584260v1</w:t>
+                <w:t xml:space="preserve">hal-02904466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new stepwise carbon cycle data assimilation system using multiple data streams to constrain the simulated land surface carbon cycle</w:t>
               </w:r>
@@ -3301,90 +3301,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using satellite data to improve the leaf phenology of a global terrestrial biosphere model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Macbean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Peylin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Marie Breon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3435,77 +3435,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint assimilation of eddy covariance flux measurements and FAPAR products over temperate forests within a process-oriented biosphere model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Peylin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Macbean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rayner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3858,77 +3858,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraining a global ecosystem model with multi-site eddy-covariance data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Peylin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4018,51 +4018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Randerson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Abramowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blyth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4419,51 +4419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Marie Breon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Demarty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4561,51 +4561,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Béal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xing Fa Gu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4910,51 +4910,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Paruelos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Becerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4986,360 +4986,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02674340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of the estimation of vegetation characteristics by inversion of three canopy reflectance models on airborne POLDER data</w:t>
+                <w:t xml:space="preserve">Design and analysis of numerical experiments to compare four canopy reflectance models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jacquemoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Leroy</w:t>
+                <w:t xml:space="preserve">Yves Tourbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Hautecœur</w:t>
+                <w:t xml:space="preserve">Monique Dechambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Weiss</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Pierre Frangi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 22 (6), pp.555-565. </w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 79 (1), pp.72-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/AGRO:2002039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0034-4257(01)00240-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03038962v1</w:t>
+                <w:t xml:space="preserve">hal-03949567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and analysis of numerical experiments to compare four canopy reflectance models</w:t>
+                <w:t xml:space="preserve">Reliability of the estimation of vegetation characteristics by inversion of three canopy reflectance models on airborne POLDER data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jacquemoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Tourbier</w:t>
+                <w:t xml:space="preserve">Marc Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Dechambre</w:t>
+                <w:t xml:space="preserve">Olivier Hautecœur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Frangi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 79 (1), pp.72-83. </w:t>
+              <w:t xml:space="preserve">Agronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 22 (6), pp.555-565. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0034-4257(01)00240-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/AGRO:2002039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03949567v1</w:t>
+                <w:t xml:space="preserve">hal-03038962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of neural net techniques to estimate canopy biophysical variables from remote sensing data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hautecœur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5429,51 +5429,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Poilvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Frangi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 74 (3), pp.471-481. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5539,51 +5539,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative evaluation of different data assimilation approaches to optimize the parameters of the ORCHIDEE land surface model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Peylin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Raoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5664,51 +5664,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CYCLOPES algorithmic development for estimating biophysical products from large swath sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5772,51 +5772,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CYTTARES: a global database for the training and inter-comparison of biophysical products derived from medium resolution sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Derive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5936,51 +5936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. EGS/ European Geophysical Union general assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2002, Nice, France. 1 p</w:t>
@@ -6614,51 +6614,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-05527259v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garrigues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia de Rosnay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Weston" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph R&#252;diger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.70111" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231901v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abadie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maignan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Peylin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gb008362" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378526v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Raoult" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Douglas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Macbean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kolassa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Quaife" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024MS004733" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086994v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevallier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#233;onard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest N Koffi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-1089-2023" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086911v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge F. Perez-Quezada" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barichivich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Urrutia&#8208;jalabert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Carrasco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguilera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jg007258" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566914v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie G Stettz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas C Parazoo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anthony Anthony Bloom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter D Blanken" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R Bowling" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-541-2022" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693760v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Macbean" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bacour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Raoult" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bastrikov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Koffi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GB007177" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607356v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Remaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chevallier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Belviso" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Berchet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-2525-2022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456278v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Guanter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schneider" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Aben" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van Kempen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-5423-2021" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277337v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuzhi Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bastos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GB006893" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903357v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Parazoo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Troy Magney" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Norton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Raczka" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-3733-2020" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02844108v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Marie Breon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gonzalez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Price" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Peter Muller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12101679" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bacour" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Viallefont-Robinet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouvet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11101166" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398280v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maignan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Porcar&#8208;castell" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Flexas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JG005040" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350761v3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kheireddine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ouhssain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11202446" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371849v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peaucelle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuichard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12937" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973936v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Bastrikov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JG004938" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398300v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Lewis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20024-w" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28697-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287414v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bousquet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pierangelo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Marshall" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JD028907" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398291v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Santaren" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-4739-2018" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904466v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Li" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Yang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GB005714" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584260v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thum" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Peylin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Santaren" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2016.12.004" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587425v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leonard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rayner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-9-3321-2016" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805153v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-7185-2015" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805695v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rayner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delage" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JG002966" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268909v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Longdoz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-7137-2014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929966v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shushi Peng" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilong Piao" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehao Shen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhong Sun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2013.02.002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRV7DBHV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651967v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kuppel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevallier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-3757-2012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206151v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Luo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Randerson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abramowitz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blyth" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-3857-2012" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929097v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Verbeeck" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Steppe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010jg001544" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667906v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacquemoud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout Verhoef" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo J. Zarco-Tejada" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2008.01.026" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JB3TB8R1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863531v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Demarty" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poirson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2007.05.011" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDVC7FQ0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660962v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;al" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Fa Gu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160600821085" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121189v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2006.03.006" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPCJSD0K-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121121v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.06.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6QR7V7V-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674340v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Di Bella" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Paruelos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Becerra" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038962v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leroy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hautec&#339;ur" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/AGRO:2002039" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949567v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tourbier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dechambre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frangi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(01)00240-1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038999v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/AGRO:2002036" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949670v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Poilv&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(00)00139-5" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264707v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carenso Maxime" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762281v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derive" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763913v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832602v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Combal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moulin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762576v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Demarty" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacob" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819176v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Thum" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Granier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ibrom" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon van Der Linden" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-05527259v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garrigues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia de Rosnay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Weston" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph R&#252;diger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.70111" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231901v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abadie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maignan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Peylin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gb008362" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378526v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Raoult" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Douglas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Macbean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kolassa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Quaife" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024MS004733" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086911v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge F. Perez-Quezada" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barichivich" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Urrutia&#8208;jalabert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Carrasco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguilera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jg007258" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086994v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevallier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#233;onard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest N Koffi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-1089-2023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693760v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Macbean" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bacour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Raoult" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bastrikov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Koffi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GB007177" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566914v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie G Stettz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas C Parazoo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anthony Anthony Bloom" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter D Blanken" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R Bowling" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-541-2022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607356v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Remaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chevallier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Belviso" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Berchet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-2525-2022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456278v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Guanter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schneider" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Aben" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van Kempen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-5423-2021" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277337v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuzhi Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bastos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GB006893" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903357v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Parazoo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Troy Magney" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Norton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Raczka" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-3733-2020" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02844108v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Marie Breon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gonzalez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Price" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Peter Muller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12101679" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bacour" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Viallefont-Robinet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouvet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11101166" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398280v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maignan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Porcar&#8208;castell" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Flexas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JG005040" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371849v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Peaucelle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuichard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12937" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350761v3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kheireddine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ouhssain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11202446" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973936v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Bastrikov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JG004938" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398300v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Lewis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20024-w" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28697-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287414v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bousquet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pierangelo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Marshall" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JD028907" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398291v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Santaren" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-4739-2018" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584260v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thum" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Peylin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Santaren" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2016.12.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904466v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Li" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Yang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GB005714" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587425v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leonard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rayner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-9-3321-2016" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805153v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-7185-2015" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805695v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rayner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delage" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JG002966" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268909v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Longdoz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-7137-2014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929966v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shushi Peng" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilong Piao" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehao Shen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhong Sun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2013.02.002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRV7DBHV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651967v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kuppel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevallier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-3757-2012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206151v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Luo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Randerson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abramowitz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blyth" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-3857-2012" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929097v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Verbeeck" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Steppe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010jg001544" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667906v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacquemoud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout Verhoef" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo J. Zarco-Tejada" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2008.01.026" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JB3TB8R1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863531v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Demarty" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poirson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2007.05.011" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDVC7FQ0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660962v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;al" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Fa Gu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160600821085" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121189v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2006.03.006" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPCJSD0K-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121121v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.06.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6QR7V7V-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674340v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Di Bella" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Paruelos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Becerra" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949567v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tourbier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dechambre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frangi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(01)00240-1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038962v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leroy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hautec&#339;ur" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/AGRO:2002039" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038999v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/AGRO:2002036" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949670v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Poilv&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(00)00139-5" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264707v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carenso Maxime" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762281v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derive" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763913v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832602v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Combal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moulin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762576v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Demarty" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacob" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819176v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Thum" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Granier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ibrom" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon van Der Linden" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>