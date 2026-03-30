--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -242,243 +242,243 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de references sensorielles dans des collections de documents multimodaux issus de fonds patrimoniaux</w:t>
+                <w:t xml:space="preserve">SENSE-LM : une synergie entre modèles de langage et représentations sensorimotrices pour la recherche de références olfactives et auditives dans des documents écrits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christine Largeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Véronique Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+                <w:t xml:space="preserve">Elöd Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIFED 2025 : Symposium International Francophone sur l'Écrit et le Document</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157663v1</w:t>
+                <w:t xml:space="preserve">hal-04813535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SENSE-LM : une synergie entre modèles de langage et représentations sensorimotrices pour la recherche de références olfactives et auditives dans des documents écrits</w:t>
+                <w:t xml:space="preserve">Recherche de references sensorielles dans des collections de documents multimodaux issus de fonds patrimoniaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Véronique Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christine Largeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elöd Egyed-Zsigmond</w:t>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">SIFED 2025 : Symposium International Francophone sur l'Écrit et le Document</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813535v1</w:t>
+                <w:t xml:space="preserve">hal-05157663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Low-Resource Text Classification with LLM-Generated Corpora : A Case Study on Olfactory Reference Extraction</w:t>
               </w:r>
@@ -490,77 +490,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shannon Bruderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Largeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Largeron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Véronique Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elöd Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IJCNLP-AACL 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Mumbai, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -598,77 +598,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SENSE-LM : A Synergy between a Language Model and Sensorimotor Representations for Auditory and Olfactory Information Extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Largeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Largeron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Véronique Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elöd Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Findings of the Association for Computational Linguistics: EACL 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, San Ġiljan, Malta. pp.1695-1711</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -823,51 +823,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CATI : une approche interactive de découverte et de classification de grands corpus de documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Calabretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -944,51 +944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Lasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORIA 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual conference (Grenoble), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1058,77 +1058,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction de données sensorielles dans des documents hétérogènes texte-image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Boscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Eglin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christine Largeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium International Francophone sur l'Ecrit et le Document (SIFED 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1322,51 +1322,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-04394133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Elhattab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bouchenak" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boscher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3633808" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-05157663v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eglin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largeron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813535v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#246;d Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-05481452v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Bruderer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509138v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770214v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Benarba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652892.3700785" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020420v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020423v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrone" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Lasri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-05157653v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-04394133v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Elhattab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bouchenak" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boscher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3633808" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813535v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largeron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eglin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#246;d Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-05157663v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-05481452v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Bruderer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509138v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770214v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Benarba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652892.3700785" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020420v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020423v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrone" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Lasri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-05157653v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>