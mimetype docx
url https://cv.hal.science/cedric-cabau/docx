--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -598,295 +598,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04453257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the specific status of eastern Mediterranean Dendrophyllia corals (Cnidaria, Anthozoa): Genetic characterization and speciation scenarios</w:t>
+                <w:t xml:space="preserve">Symbiosis, hybridization and speciation in Mediterranean octocorals (Octocorallia, Eunicellidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Haguenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Blaise</w:t>
+                <w:t xml:space="preserve">Marc Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauric Reynes</w:t>
+                <w:t xml:space="preserve">Frédéric Zuberer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Arnaud-Haond</w:t>
+                <w:t xml:space="preserve">Dorian Guillemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoologica Scripta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 53 (2), pp.235-247. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 143 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/zsc.12643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blae116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04354995v1</w:t>
+                <w:t xml:space="preserve">hal-04859569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbiosis, hybridization and speciation in Mediterranean octocorals (Octocorallia, Eunicellidae)</w:t>
+                <w:t xml:space="preserve">On the specific status of eastern Mediterranean Dendrophyllia corals (Cnidaria, Anthozoa): Genetic characterization and speciation scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Haguenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bally</w:t>
+                <w:t xml:space="preserve">Chloé Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Zuberer</w:t>
+                <w:t xml:space="preserve">Lauric Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorian Guillemain</w:t>
+                <w:t xml:space="preserve">Sophie Arnaud-Haond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 143 (4), </w:t>
+              <w:t xml:space="preserve">Zoologica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53 (2), pp.235-247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blae116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/zsc.12643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859569v1</w:t>
+                <w:t xml:space="preserve">hal-04354995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-genome comparisons reveal gain-and-loss evolution of anti-Mullerian hormone receptor type 2 as a candidate master sex-determining gene in Percidae</w:t>
               </w:r>
@@ -1134,295 +1134,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03765882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabbit targeted genomic sequences after heterologous hybridization using human exome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation of a chromosome‐level genome assembly for Pacific halibut ( Hippoglossus stenolepis ) and characterization of its sex‐determining genomic region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Sarry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Aymard</w:t>
+                <w:t xml:space="preserve">Andrew J. Jasonowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Helies</w:t>
+                <w:t xml:space="preserve">Anna Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Zahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 15 (1), 3 p. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (7), pp.2685-2700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13104-022-06162-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03770192v1</w:t>
+                <w:t xml:space="preserve">hal-03737450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a chromosome‐level genome assembly for Pacific halibut ( Hippoglossus stenolepis ) and characterization of its sex‐determining genomic region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rabbit targeted genomic sequences after heterologous hybridization using human exome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew J. Jasonowicz</w:t>
+                <w:t xml:space="preserve">Julien Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Aymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Simeon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (7), pp.2685-2700. </w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (1), 3 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13641⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13104-022-06162-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03737450v1</w:t>
+                <w:t xml:space="preserve">hal-03770192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ancient truncated duplication of the anti‐Müllerian hormone receptor type 2 gene is a potential conserved master sex determinant in the Pangasiidae catfish family</w:t>
               </w:r>
@@ -1670,429 +1670,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome Profiling of the Pacific Oyster Crassostrea gigas Visceral Ganglia over a Reproduction Cycle Identifies Novel Regulatory Peptides</w:t>
+                <w:t xml:space="preserve">Contrasting gene decay in subterranean vertebrates: insights from cavefishes and fossorial mammals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Réalis-Doyelle</w:t>
+                <w:t xml:space="preserve">Maxime Policarpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Schwartz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Cabau</w:t>
+                <w:t xml:space="preserve">Julien Fumey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorane Le Franc</w:t>
+                <w:t xml:space="preserve">Philippe Lafargeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Bernay</w:t>
+                <w:t xml:space="preserve">Delphine Naquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Thermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md19080452⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (2), pp.589-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msaa249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03330324v1</w:t>
+                <w:t xml:space="preserve">hal-02968373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A duplicated copy of id2b is an unusual sex-determining candidate gene on the Y chromosome of arapaima (Arapaima gigas)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptome Profiling of the Pacific Oyster Crassostrea gigas Visceral Ganglia over a Reproduction Cycle Identifies Novel Regulatory Peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Kneitz</w:t>
+                <w:t xml:space="preserve">Emilie Réalis-Doyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Margot Zahm</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorane Le Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-01066-z⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (8), pp.452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md19080452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03521507v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03330324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting gene decay in subterranean vertebrates: insights from cavefishes and fossorial mammals</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A duplicated copy of id2b is an unusual sex-determining candidate gene on the Y chromosome of arapaima (Arapaima gigas)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Naquin</w:t>
+                <w:t xml:space="preserve">Mateus Adolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kang Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Thermes</w:t>
+                <w:t xml:space="preserve">Susanne Kneitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Zahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 38 (2), pp.589-605. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.21544. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msaa249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-01066-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968373v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome sequence of the euryhaline Javafish Medaka, Oryzias javanicus: A small aquarium fish model for studies on adaptation to salinity</w:t>
               </w:r>
@@ -2206,701 +2206,701 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex chromosome and sex locus characterization in goldfish, Carassius auratus (Linnaeus, 1758)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Qiaowei Pan</w:t>
+                <w:t xml:space="preserve">Synteny-Guided Resolution of Gene Trees Clarifies the Functional Impact of Whole-Genome Duplications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Parey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Guguin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Jouanno</w:t>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Roest Crollius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-020-06959-3⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (11), pp.3324 - 3337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msaa149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02937875v1</w:t>
+                <w:t xml:space="preserve">hal-03457579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-tissue Siberian sturgeon RNA sequencing data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The sterlet sturgeon genome sequence and the mechanisms of segmental rediploidization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kang Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Stöck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Kneitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonzalo Greif</w:t>
+                <w:t xml:space="preserve">Joost Woltering</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31, </w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (6), pp.841-852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105820⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41559-020-1166-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03157670v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a Y‐specific duplication/insertion of the anti‐Mullerian hormone type II receptor gene based on a chromosome‐scale genome assembly of yellow perch, Perca flavescens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sex chromosome and sex locus characterization in goldfish, Carassius auratus (Linnaeus, 1758)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Céline Roques</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiaowei Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Guguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13133⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-020-06959-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623895v1</w:t>
+                <w:t xml:space="preserve">hal-02937875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sterlet sturgeon genome sequence and the mechanisms of segmental rediploidization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Susanne Kneitz</w:t>
+                <w:t xml:space="preserve">Characterization of a Y‐specific duplication/insertion of the anti‐Mullerian hormone type II receptor gene based on a chromosome‐scale genome assembly of yellow perch, Perca flavescens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Zahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joost Woltering</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-020-1166-x⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (2), pp.531-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640938v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synteny-Guided Resolution of Gene Trees Clarifies the Functional Impact of Whole-Genome Duplications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Louis</w:t>
+                <w:t xml:space="preserve">Multi-tissue Siberian sturgeon RNA sequencing data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Lasalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Guiguen</w:t>
+                <w:t xml:space="preserve">Santiago Di Landro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Roest Crollius</w:t>
+                <w:t xml:space="preserve">Gonzalo Greif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 37 (11), pp.3324 - 3337. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msaa149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03457579v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siberian sturgeon multi-tissue reference transcriptome database</w:t>
               </w:r>
@@ -2912,77 +2912,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonzalo Greif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lasalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Di Landro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 2020, pp.1-8. </w:t>
@@ -3286,295 +3286,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compacting and correcting Trinity and Oases RNA-Seq de novo assemblies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of gene expression after whole-genome duplication: New insights from the spotted gar genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Braasch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Batzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Bobe</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 5, pp.e2988. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 328 (7), pp.709 - 721. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.2988⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.22770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01506620v1</w:t>
+                <w:t xml:space="preserve">hal-01788671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of gene expression after whole-genome duplication: New insights from the spotted gar genome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compacting and correcting Trinity and Oases RNA-Seq de novo assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Pasquier</w:t>
+                <w:t xml:space="preserve">Frédéric Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingo Braasch</w:t>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Batzel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Montfort</w:t>
+                <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 328 (7), pp.709 - 721. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5, pp.e2988. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jez.b.22770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.2988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788671v1</w:t>
+                <w:t xml:space="preserve">hal-01506620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction : Design and Characterization of a 52K SNP Chip for Goats</w:t>
               </w:r>
@@ -3694,51 +3694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene evolution and gene expression after whole genome duplication in fish: the PhyloFish database.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4090,1099 +4090,1099 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput sequencing analyses of XX genital ridges lacking [i]FOXL2[/i] reveal [i]DMRT1[/i] up-regulation before [i]SOX9[/i] expression during the sex-reversal process in goats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">Design and characterization of a 52K SNP chip for goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.114.122796⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9, online (1), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194038v1</w:t>
+                <w:t xml:space="preserve">hal-01019568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and characterization of a 52K SNP chip for goats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+                <w:t xml:space="preserve">RNAbrowse: RNA-Seq de novo assembly results browser.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Noirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibouniyamine Nabihoudine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard Crooijmans</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hoede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 9, online (1), Non paginé. </w:t>
+              <w:t xml:space="preserve">, 2014, 9 (5), 7 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0096821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019568v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNAbrowse: RNA-Seq de novo assembly results browser.</w:t>
+                <w:t xml:space="preserve">High-throughput sequencing analyses of XX genital ridges lacking [i]FOXL2[/i] reveal [i]DMRT1[/i] up-regulation before [i]SOX9[/i] expression during the sex-reversal process in goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
+                <w:t xml:space="preserve">Maeva El Zaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Noirot</w:t>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibouniyamine Nabihoudine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bardou</w:t>
+                <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Hoede</w:t>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (5), 7 p. </w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 91 (6), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0096821⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.114.122796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636622v1</w:t>
+                <w:t xml:space="preserve">hal-01194038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of gene expression dynamics during early ovarian folliculogenesis: specificity of follicular compartments and bi-directional dialog</w:t>
+                <w:t xml:space="preserve">Induced pluripotent stem cells derived from rabbits exhibit some characteristics of naïve pluripotency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Bonnet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julien Sarry</w:t>
+                <w:t xml:space="preserve">Pierre P. Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marsaud</w:t>
+                <w:t xml:space="preserve">Yann Y. Tapponnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzy S. Markossian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara B. Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-904⟩</w:t>
+              <w:t xml:space="preserve">Biology Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (6), pp.613-628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/bio.20134242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019557v1</w:t>
+                <w:t xml:space="preserve">hal-01000957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induced pluripotent stem cells derived from rabbits exhibit some characteristics of naïve pluripotency</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An overview of gene expression dynamics during early ovarian folliculogenesis: specificity of follicular compartments and bi-directional dialog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Godet</w:t>
+                <w:t xml:space="preserve">Agnès Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara B. Panneau</w:t>
+                <w:t xml:space="preserve">Nathalie Marsaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 2 (6), pp.613-628. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (december), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/bio.20134242⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000957v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic profiling of proteases and antiproteases in the liver of sexually mature hens in relation to vitellogenesis</w:t>
+                <w:t xml:space="preserve">An immune-related gene evolved into the master sex-determining gene in Rainbow-trout, Oncorhynchus mykiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Bourin</w:t>
+                <w:t xml:space="preserve">Ayaka Yano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Gautron</w:t>
+                <w:t xml:space="preserve">René R. Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Berges</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cédric Cabau</w:t>
+                <w:t xml:space="preserve">Barbara B. Nicol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Jouanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-457⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22 (15), pp.1423-1428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2012.05.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02644010v1</w:t>
+                <w:t xml:space="preserve">hal-01000319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine mapping of complex traits in non-model species: using next generation sequencing and advanced intercross lines in Japanese quail</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptomic profiling of proteases and antiproteases in the liver of sexually mature hens in relation to vitellogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Leroux</w:t>
+                <w:t xml:space="preserve">Marie-Christine Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Dehais</w:t>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+                <w:t xml:space="preserve">Magali Berges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 13, online (october), Non paginé. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-551⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 13, 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129669v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An immune-related gene evolved into the master sex-determining gene in Rainbow-trout, Oncorhynchus mykiss</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine mapping of complex traits in non-model species: using next generation sequencing and advanced intercross lines in Japanese quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayaka Yano</w:t>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René R. Guyomard</w:t>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara B. Nicol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Jouanno</w:t>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Quillet</w:t>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 22 (15), pp.1423-1428. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, online (october), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2012.05.045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000319v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insulin immuno-neutralization in fed chickens: effects on liver and mucle transcriptome</w:t>
               </w:r>
@@ -5315,90 +5315,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and characterisation of an expressed sequence tags (EST)-derived single nucleotide polymorphisms (SNPs) resource in rainbow trout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René R. Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane D. Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 13, online (june), Non paginé. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6654,51 +6654,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Clouscard-Martinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Benne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8516,277 +8516,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse précoce de l'hôte à l'infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
+                <w:t xml:space="preserve">The PhyloFish project: an RNA-Seq approach coupled to high throughput phylogenomic analyses to study whole genome duplication impact on teleosts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Berthon</w:t>
+                <w:t xml:space="preserve">P. Gouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Journot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Cap d'Agde, France. 2013, Santé animale et santé publique</w:t>
+              <w:t xml:space="preserve">17. Evolutionary Biology Meeting at Marseilles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Marseille, France. 2013, 17th Evolutionary Biology Meeting at Marseilles</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748207v1</w:t>
+                <w:t xml:space="preserve">hal-02745585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PhyloFish project: an RNA-Seq approach coupled to high throughput phylogenomic analyses to study whole genome duplication impact on teleosts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Pasquier</w:t>
+                <w:t xml:space="preserve">Réponse précoce de l'hôte à l'infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bussière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Gouret</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Journot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">Patricia Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Evolutionary Biology Meeting at Marseilles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Marseille, France. 2013, 17th Evolutionary Biology Meeting at Marseilles</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Cap d'Agde, France. 2013, Santé animale et santé publique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745585v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early response of epithelial cells to Eimeria tenella infection</w:t>
               </w:r>
@@ -8906,64 +8906,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a conserved master sex-determining gene in salmonids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guiguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayaka Yano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9177,51 +9177,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chicken and pig normalised multi-tissue cDNA libraries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9735,51 +9735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Iannuccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10084,51 +10084,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal expression of hen uterine transcripts at key steps of shell mineralization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10203,307 +10203,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Expression of Hen Uterine transcripts at key step of shell mineralization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+                <w:t xml:space="preserve">Identification de gènes impliqués dans le contrôle des fonctions digestives chez le poulet de chair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Juanchich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Symposium on Biomineralization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Tsukuba, Japan</w:t>
+              <w:t xml:space="preserve">12. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tours, France. 1124 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733493v1</w:t>
+                <w:t xml:space="preserve">hal-01605115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de gènes impliqués dans le contrôle des fonctions digestives chez le poulet de chair</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Juanchich</w:t>
+                <w:t xml:space="preserve">Temporal Expression of Hen Uterine transcripts at key step of shell mineralization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Brionne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Jacques M.J. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Tours, France. 1124 p</w:t>
+              <w:t xml:space="preserve">14th International Symposium on Biomineralization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Tsukuba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605115v1</w:t>
+                <w:t xml:space="preserve">hal-02733493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of gene expression in fish: The PhyloFish database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10709,103 +10709,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMRT1 turns on testicular differentiation during XX sex-reversal in the goat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva El Zaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. European Testis Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Elsinore, Denmark. 1 p</w:t>
@@ -10834,90 +10834,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of European eel transcriptome into the PHYLOFISH project, a high throughput phylogenomic analysis designed to study teleost gene evolution after whole genome duplication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10959,51 +10959,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New advances on egg proteins and their potential for food and non food uses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11248,51 +11248,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11334,51 +11334,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An immune-related gene evolved into a conserved master sex-determining gene in the salmonid fish family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayaka Yano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11386,51 +11386,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences Jacques Monod: “Avancées récentes sur l'évolution du sexe et des systèmes génétiques"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Roscoff, France</w:t>
@@ -11453,902 +11453,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvment of [i]DMRT1[/i] in XX sex-reversed polled goats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+                <w:t xml:space="preserve">New insights into sex differentiation and determination for a better sex control in salmonids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayaka Yano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara B. Nicol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René R. Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Jouanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium on the Biology of Vertebrate Sex Determination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vertebrate-biosex. USA., Apr 2012, Kona, Hawai, United States. 1 p</w:t>
+              <w:t xml:space="preserve">Aqua 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Sep 2012, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019618v1</w:t>
+                <w:t xml:space="preserve">hal-02744513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into sex differentiation and determination for a better sex control in salmonids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Edwige Quillet</w:t>
+                <w:t xml:space="preserve">GENIDOV: Gene network involved in ovarian development in goat and mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikrame Naciri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aqua 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Aquaculture Society (EAS). BEL., Sep 2012, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">9. Colloque Agenae / ANR, Colloque Génomique Animale et Microbienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). FRA., Mar 2012, La Rochelle, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744513v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENIDOV: Gene network involved in ovarian development in goat and mouse</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Involvment of [i]DMRT1[/i] in XX sex-reversed polled goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Elzaiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ikrame Naciri</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Colloque Agenae / ANR, Colloque Génomique Animale et Microbienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). FRA., Mar 2012, La Rochelle, France. 1 p</w:t>
+              <w:t xml:space="preserve">6. International Symposium on the Biology of Vertebrate Sex Determination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vertebrate-biosex. USA., Apr 2012, Kona, Hawai, United States. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193796v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goat genome assembly, availability of an international 50K SNP chip and RH panel: an update of the international goat genome consortium projects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Henri Heuven</w:t>
+                <w:t xml:space="preserve">Activités biologiques du jaune d'oeuf : exemple du système protéases/antiprotéases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Bourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Berges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Conference of the Plant &amp; Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Plant &amp; Animal Genome (PAG). USA., Jan 2012, San Diego, United States. 28 diapositives</w:t>
+              <w:t xml:space="preserve">Journée Technique Avicole 2012 du SYSAAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syndicat des Sélectionneurs Avicoles et Aquacoles Français (SYSAAF). FRA., Mar 2012, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019243v1</w:t>
+                <w:t xml:space="preserve">hal-02809620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités biologiques du jaune d'oeuf : exemple du système protéases/antiprotéases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+                <w:t xml:space="preserve">Goat genome assembly, availability of an international 50K SNP chip and RH panel: an update of the international goat genome consortium projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Eggen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Heuven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Technique Avicole 2012 du SYSAAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Syndicat des Sélectionneurs Avicoles et Aquacoles Français (SYSAAF). FRA., Mar 2012, Tours, France</w:t>
+              <w:t xml:space="preserve">20. Conference of the Plant &amp; Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plant &amp; Animal Genome (PAG). USA., Jan 2012, San Diego, United States. 28 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02809620v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation d'un gène déterminant majeur du sexe conservé chez les salmonidés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">New insights on sex determination in salmonids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayaka Yano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">René R. Guyomard</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klopp</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Quillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées de la Recherche Filière Piscicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Paris, France. pp.109</w:t>
+              <w:t xml:space="preserve">6. International Symposium on The Biology of Vertebrate Sex Determination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Kona (Hawaii), United States. pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000327v1</w:t>
+                <w:t xml:space="preserve">hal-01019433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights on sex determination in salmonids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">Caractérisation d'un gène déterminant majeur du sexe conservé chez les salmonidés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayaka Yano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">René Guyomard</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René R. Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Edwige Quillet</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara B. Nicol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium on The Biology of Vertebrate Sex Determination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Kona (Hawaii), United States. pp.45</w:t>
+              <w:t xml:space="preserve">3. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Paris, France. pp.109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019433v1</w:t>
+                <w:t xml:space="preserve">hal-01000327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a high density SNP International Goat Chip</w:t>
               </w:r>
@@ -12386,51 +12386,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2011, San Diégo, United States</w:t>
@@ -12459,77 +12459,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights in egg proteins applying cDNA microarrays to hen oviduct and liver and extensive proteomic data mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Bourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12584,51 +12584,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights in egg white proteins using cDNA microarrays and extensive proteomic data mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Brionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12953,307 +12953,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification par une approche transcriptomique d'un ensemble de protéines potentiellement impliquées dans la formation de la coquille de l'oeuf de poule</w:t>
+                <w:t xml:space="preserve">Identification de nouveaux genes de la coquille potentiellement impliqués dans les défenses naturelles de l'oeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jonchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vonick Sibut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées Françaises de Biologie des Tissus Minéralisés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Nice, France</w:t>
+              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756159v1</w:t>
+                <w:t xml:space="preserve">hal-02751014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de nouveaux genes de la coquille potentiellement impliqués dans les défenses naturelles de l'oeuf</w:t>
+                <w:t xml:space="preserve">Identification par une approche transcriptomique d'un ensemble de protéines potentiellement impliquées dans la formation de la coquille de l'oeuf de poule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jonchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christelle Hennequet</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Y. Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cogburn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Hennequet-Antier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vonick Sibut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées de la Recherche Avicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">11. Journées Françaises de Biologie des Tissus Minéralisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751014v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of high-throughput methods to identify novel egg components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jonchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13347,51 +13347,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'obtention d'une carte physique chez la truite Arc-en-ciel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13567,51 +13567,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pig normalised multi-tissue cDNA library</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13856,51 +13856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Clouscard-Martinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Benne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14086,271 +14086,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synteny-guided resolution of gene trees clarifies the functional impact of whole genome duplications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hugues Roest-Crollius</w:t>
+                <w:t xml:space="preserve">Sex chromosome and sex locus characterization in the goldfish, Carassius auratus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiaowei Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Guguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Jouanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020</w:t>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791038v1</w:t>
+                <w:t xml:space="preserve">hal-02790844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex chromosome and sex locus characterization in the goldfish, Carassius auratus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Qiaowei Pan</w:t>
+                <w:t xml:space="preserve">Synteny-guided resolution of gene trees clarifies the functional impact of whole genome duplications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Parey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Guguin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Jouanno</w:t>
+                <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Roest-Crollius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2019</w:t>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790844v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome sequence of the euryhaline Javafish medaka, Oryzias javanicus: a small aquarium fish model for studies on adaptation to salinity</w:t>
               </w:r>
@@ -14702,77 +14702,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of gene expression after whole-genome duplication: new insights from the spotted gar genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingo Braasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Batzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14816,51 +14816,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Logiciel (2)</w:t>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -14882,396 +14882,278 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Escudié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guiguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789567v1</w:t>
-              </w:r>
-[...116 lines deleted...]
-                <w:t xml:space="preserve">hal-02795847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecules involved in chemical defence of the chicken egg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Herve-Grepinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Improving the safety and quality of eggs and egg products. Vol.1 Egg chemistry, production and consumption</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 213, Woodhead Publishing Ltd, 2011, Woodhead Publishing Series in Food Science, Technology and Nutrition, 978-1-84569-754-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId405"/>
+      <w:footerReference w:type="default" r:id="rId404"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15339,51 +15221,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="711024C9"/>
+    <w:nsid w:val="7604D493"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15570,51 +15452,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-cabau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8560-4003" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236613405" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528807v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Malonga" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Alberge" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aymard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2025.101628" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05197483v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sall&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Courtot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.571" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04453257v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Jacomet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-52114-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04354995v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Reynes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zsc.12643" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859569v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zuberer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Guillemain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blae116" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638789v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Kuhl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Euclide" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zahm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01935-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765882v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Parey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Louis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roques" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.04.07.487469" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770192v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-022-06162-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737450v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Jasonowicz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Simeon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13641" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03652234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Wen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaowei Pan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouanno" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13620" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337251v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudjema Imarazene" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Du" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beille" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.08.030" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330324v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie R&#233;alis-Doyelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schwartz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorane Le Franc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19080452" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521507v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Adolfi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Kneitz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-01066-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968373v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Policarpo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fumey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lafargeas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Thermes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa249" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624885v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Takehana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.119.400725" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937875v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Guguin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06959-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157670v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lasalle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Di Landro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Greif" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105820" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623895v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13133" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640938v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias St&#246;ck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Woltering" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-020-1166-x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457579v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Roest Crollius" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa149" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157672v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaa082" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437599v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Munyard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-019-0726-5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623299v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juanchich" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-5344-z" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506620v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2988" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788671v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pasquier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Braasch" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Batzel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22770" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602260v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Crooijmans" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0152632" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487023v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2709-z" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146849v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Smedley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Haider" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Durinck" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pandini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Provero" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv350" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193812v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berthelot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Chalopin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms4657" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194038v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva El Zaiat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.122796" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019568v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086227" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636622v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Noirot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibouniyamine Nabihoudine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096821" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019557v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-904" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000957v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Osteil" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Y. Tapponnier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy S. Markossian" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Panneau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.20134242" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644010v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bourin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Berges" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-457" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129669v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fresard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-551" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000319v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaka Yano" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; R. Guyomard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Nicol" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2012.05.045" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129580v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Godet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00057.2011" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000332v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane D. Esquerre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-238" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129418v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Salhab" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tosca" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.07.014" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H939BK0M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129520v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Busset" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr243" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00601542v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Genini" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouabid Badaoui" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Sclep" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bishop" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Waddington" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-225" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662318v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jonch&#232;re" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonick Sibut" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-57" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658579v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L&#233;andri" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Chi Bui" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Liu" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.90310.2008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658492v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Baillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Poumerol" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-436" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440263v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2005.09.043" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673114v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gellin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686305v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hawken" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687687v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clouscard-Martinato" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Benne" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668372v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perret" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827627v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198129v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827525v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martins" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Zakaroff-Girard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Riant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198079v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054303v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099355v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788677v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Duval" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784857v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mestre" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali Quelen" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603033v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Villa-Vialaneix" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621915v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Muret" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608449v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606214v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739154v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bussi&#232;re" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748207v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Berthon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745585v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouret" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416827v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise I. Bussi&#232;re" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brossier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.apicowplexa.net/wp-content/uploads/2016/10/apicowplexa2012_abstractbook.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267802v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nicol" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guyomard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751476v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2008.01234.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R49HLK12-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649319v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Metzinger-Le Meuth" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benne" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835659v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Taouis" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527178v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099166v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404641v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614963v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735696v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733489v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733493v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605115v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607208v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dupin-De-Beyssat" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740352v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Angulo" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193822v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743789v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808179v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyot" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194090v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198231v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194065v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019618v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744513v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193796v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikrame Naciri" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019243v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Eggen" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Heuven" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809620v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000327v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019433v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194170v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Johari Jiken" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802514v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747495v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819495v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751521v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cogburn" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756159v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751014v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751763v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752590v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Palti" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823822v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vignal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832597v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Villeger" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769097v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766107v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Clouscard-Martinato" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099373v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791038v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Roest-Crollius" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790844v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790965v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790966v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791029v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791027v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789567v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795847v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805911v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Herve-Grepinet" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-cabau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8560-4003" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236613405" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528807v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Malonga" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Alberge" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aymard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2025.101628" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05197483v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sall&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Courtot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.571" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04453257v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Iannuccelli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Jacomet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-52114-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zuberer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Guillemain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blae116" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04354995v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Blaise" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Reynes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zsc.12643" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638789v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Kuhl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Euclide" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zahm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01935-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765882v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Parey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Louis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roques" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.04.07.487469" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737450v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Jasonowicz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Simeon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13641" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770192v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-022-06162-5" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03652234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Wen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaowei Pan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouanno" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13620" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337251v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudjema Imarazene" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Du" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beille" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.08.030" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968373v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Policarpo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fumey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lafargeas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Thermes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa249" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330324v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie R&#233;alis-Doyelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schwartz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorane Le Franc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19080452" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521507v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Adolfi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Kneitz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-01066-z" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624885v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Takehana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.119.400725" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457579v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Roest Crollius" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa149" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640938v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias St&#246;ck" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Woltering" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-020-1166-x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02937875v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Guguin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06959-3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623895v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13133" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157670v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lasalle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Di Landro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Greif" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105820" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157672v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaa082" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437599v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Munyard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-019-0726-5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623299v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juanchich" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet-Antier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jacques M.J. Duclos" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-5344-z" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788671v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pasquier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Braasch" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Batzel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22770" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506620v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2988" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602260v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Crooijmans" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0152632" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487023v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2709-z" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146849v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Smedley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Haider" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Durinck" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pandini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Provero" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv350" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193812v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berthelot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Chalopin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms4657" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019568v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086227" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636622v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Noirot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibouniyamine Nabihoudine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096821" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194038v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva El Zaiat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.122796" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000957v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Osteil" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Y. Tapponnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy S. Markossian" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Panneau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.20134242" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019557v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marsaud" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-904" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000319v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaka Yano" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; R. Guyomard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara B. Nicol" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Quillet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2012.05.045" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644010v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bourin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Berges" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-457" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129669v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fresard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-551" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129580v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Godet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00057.2011" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000332v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane D. Esquerre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-238" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129418v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Salhab" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tosca" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.07.014" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H939BK0M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129520v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Busset" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr243" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00601542v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Genini" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouabid Badaoui" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Sclep" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bishop" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave Waddington" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-225" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662318v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jonch&#232;re" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonick Sibut" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-57" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658579v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L&#233;andri" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Chi Bui" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Liu" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.90310.2008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658492v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Baillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Poumerol" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-436" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440263v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2005.09.043" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673114v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Genet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gellin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686305v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hawken" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687687v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clouscard-Martinato" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Benne" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668372v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perret" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827627v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198129v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04827525v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martins" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Zakaroff-Girard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Riant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198079v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054303v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099355v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788677v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Duval" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784857v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mestre" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali Quelen" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603033v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Villa-Vialaneix" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621915v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Muret" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608449v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606214v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739154v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bussi&#232;re" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hennequet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745585v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouret" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748207v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Berthon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416827v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise I. Bussi&#232;re" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brossier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.apicowplexa.net/wp-content/uploads/2016/10/apicowplexa2012_abstractbook.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267802v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nicol" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Guyomard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751476v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2008.01234.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R49HLK12-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649319v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Metzinger-Le Meuth" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benne" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835659v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Taouis" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527178v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099166v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404641v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614963v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735696v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733489v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brionne" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605115v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733493v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607208v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dupin-De-Beyssat" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740352v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Angulo" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193822v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743789v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808179v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyot" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194090v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198231v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194065v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744513v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193796v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikrame Naciri" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019618v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809620v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019243v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Eggen" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Heuven" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019433v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000327v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194170v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Johari Jiken" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802514v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747495v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819495v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751521v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cogburn" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751014v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756159v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Nys" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751763v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752590v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Palti" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823822v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vignal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832597v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Villeger" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769097v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lahbib Mansais" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766107v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Clouscard-Martinato" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099373v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790844v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791038v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Roest-Crollius" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790965v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790966v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791029v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791027v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789567v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805911v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Herve-Grepinet" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>