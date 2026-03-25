--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cédric Calvignac </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Sociologue, maître de conférences à l'INUC, membre du CERTOP (UMR 5044)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cedric-calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4472-2032</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152784683</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cédric Calvignac est maître de conférences en sociologie à l’INUC et membre du CERTOP-CNRS (UMR 5044). Ses recherches s’inscrivent à la croisée de la sociologie des techniques, de la sociologie de l’innovation et de la sociologie économique. Elles portent sur la façon dont différentes techniques viennent équiper nos pratiques, infléchir le cours de nos actions et en modifier le sens. Cette ambition de recherche se décline selon quatre principaux axes de travail : le premier porte sur le pouvoir émancipateur de la maîtrise technicienne (innovation faite par et pour les usagers, do it yourself) ; le deuxième interroge l’influence des dispositifs d’automesure de soi sur les pratiques et représentations des individus (quantified self) ; le troisième s’intéresse à la convocation en mobilité de dispositifs techniques d’aide à l’orientation (panneaux d’information, cartes, applications mobiles) et au degré d’attention qu’on leur porte ; le quatrième et dernier axe rend compte de la capacité des équipements les plus ordinaires — souvent pensés comme accessoires — à peser sur la définition et le déroulement de l’action.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The scrutiny of comitted backers. Exploring crowdfunding in French agriculture.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Congress of the Society for the Advancement of Socio-Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SASE, Jul 2025, Montreal (Canada), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agriculteurs face au capitalisme de plateforme. Une analyse de la résistance aux plateformes numérique par les usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chapus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labarthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brailly Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès de l'AFS - 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Farmers Face Platform Power: Latent Resistance Versus Permissive Consensus? Empirical Evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labarthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chapus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Schnebelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36. Annual EAEPE Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mètre-étalon du soi quantifié. À qui les self-trackers peuvent-ils bien se mesurer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude « Sport, numérique et marchandisation : des données dans tous leurs états », Université Paris Nanterre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nanterre (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultiver ses compétences en ligne. Plateformes et espaces numériques comme instances de professionnalisation agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections, circulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10e Congrès de l'Association française de sociologie, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exchange studies as the future of market studies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Market Studies Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The University of Edinburgh, May 2023, Edimbourg, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le surgissement et l’installation des masques dans la relation de soin : frictions, empêchements, adaptations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’études Le masque sanitaire à l’époque du Covid-19, Lilliad Learning Center Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levée de fonds ou levée de l'anonymat ? Les plateformes de financement participatif comme nouvelles estrades dans les mondes agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financement des filières agricoles et alimentaires. Quelles évolutions et quels impacts pour les acteurs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française d'économie rurale, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04459004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des médecins du sommeil aux prises avec les technologies d'automesure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Congrès du Sommeil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grand Palais, Nov 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de masques faits maison au début de la pandémie de Covid-19 : leçons d’une “flash practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du LabEx SMS "Régulations et incertitudes", Maison de la Recherche, UT2J</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'appel à témoignages. Une méthode pour les sciences humaines et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du département de sociologie, Université Toulouse Jean Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Care and protect (including oneself): caregivers coping with the shortage of masks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ESIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Côte d'Azur, Mar 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une défiance à géométrie variable : les réactions de soignants et de « non-soignants » aux déclarations gouvernementales sur l’inutilité du port de masque en population générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Le port du masque en période de Covid-19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantified Sleep. Analyse sociotechnique des inventions portant sur la mesure et la maîtrise du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Usages, Techniques et Marchés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de la Recherche, Université Toulouse Jean Jaurès, Feb 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour de l’adoption de plateformes de vente en ligne. La réception différenciée d’un dispositif de captation marchande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Usages, Techniques et Marchés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de la Recherche, Université Jean Jaurès, Jan 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une plateforme électronique de vente locale - Tentative d’intervention publique sur le développement économique d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « Plateformes et territoires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire « Villes et numérique » de Sciences Po Paris, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire réaliser des vidéos par les étudiants de Licence Sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Numérique et Pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National Universitaire Champollion, Jun 2017, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Ville intelligente : une intelligence urbaine à géographie variable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café Philo toulousain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude(s) sur les médiations socioéconomiques des itinéraires touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du LabEx Structuration des mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Apr 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en application d'une découverte équipée du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème séminaire Marsouin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Douarnenez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en application d'une découverte équipée du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilités et (r)évolutions numériques, 15° colloque du groupe "Mobilités Spatiales, Fluidité sociale"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Champs sur marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on parler de Smart Cities pour les Villes petites et moyennes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit européenne des Chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion, au Grand Théâtre d'Albi, Sep 2016, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #7 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’intelligence économique, un exemple de mise en œuvre dans l’entreprise. Présentation par Florence Piton (Sylob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Nov 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ville intelligente : utopie ou réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café Géo albigeois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion, Feb 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #4 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’innovation, une dynamique portée par tous. Présentation par Jean-Charles Guillet (Groupe TOTAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #5 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La résistance aux technologies de l’information et de la communication. Présentations par Francis Jauréguiberry (Professeur de Sociologie à l'Université de Pau et des Pays de l’Adour) et Annabelle Boutet-Dièye (Enseignant-Chercheur en Sociologie à Telecom Bretagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Oct 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #6 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des réseaux, des territoires et des innovations. Présentations par Olivier Coutard (Socio-économiste, Directeur de recherches à l'École des Ponts - Paris Tech / Université de Paris Est - Marne-la-Vallée) et Yann-Philippe Tastevin (Anthropologue, Chargé de recherches CNRS à l'UMR LISST de l'Université de Toulouse 2 - Jean Jaurès )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Nov 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #3 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la domotique à la ville intelligente. Présentations par Eric CAMPO (Professeur des Universités, Chercheur au LAAS), Adrien VAN DEN BOSSCHE (Maître de conférences, chercheur à l’IRIT, IUT de Blagnac) et Emmanuel EVENO (Géographe à l'Université Toulouse 2 Jean Jaurès) et Alain RALLET (Économiste, Professeur émérite à l’Université Paris-Sud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Dec 2014, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #2 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Open Data comme levier d’innovation ? Présentations par Eric LE BRIS-REDE (Délégué aux relations territoriales en Haute-Garonne pour le groupe La Poste), Sandrine MATHON (Chef du service Administration, Direction des Systèmes d’Information Mairie de Toulouse | Toulouse Métropole) et Matthieu NOUCHER (Géographe, Chargé de recherches au CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Nov 2014, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #1 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incitations économiques à l’innovation. Présentations de Rémi FERRIER (Chef du service Développement Industriel Technologique et International à la DIRECCTE Midi-Pyrénées), Michel GROSSETTI (Sociologue à l'Université Toulouse 2 Jean Jaurès), et Fabien NAZARET (Co-fondateur de la société Aurock)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Oct 2014, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être d'un commerce agréable. Réflexions autour de la notion d'ambassade touristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">82ème Congrès de l'ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Funny bikes’: A comparative/quantitative video analysis of biker logistics (Göteborg and Toulouse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ducourant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Hagberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobility Futures, Global Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lancaster University, Sep 2013, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une question de représentations : les illusions perceptives des albigeois sur l'identité des touristes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Séminaire de la Chaire Unesco, "Culture, Tourisme, Développement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The urban “consumotion” of contemporary “clustomers”: On hidden facts and details that may frame (or resist) the sustainable city</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRESC Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculteur ou jardinier ? Petite sociologie d’un renversement de stigmate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2025021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05058481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mètre-étalon du soi quantifié. À qui les self-trackers peuvent-ils bien se mesurer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques &amp; Culture </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Varia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05254747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growing on digital soil: French farmers’ everyday acquisition of new skills online</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture and Human Values</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10460-025-10758-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The call for testimonials: Exploring the self-production of sanitary masks during the COVID-19 pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 163 (1), pp.88-107. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/07591063241258088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire campagne pour sa ferme. Sur l’adoption des plateformes de crowdfunding dans les mondes agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (1), </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.032.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin (Olivier), Chiffre, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 65 (1-2), pp.261-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design des dispositifs d’automesure du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (1-2 | 2ème), pp.37-67. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.6214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner et (se) protéger malgré la pénurie de masques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40 (1), pp.173-195. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tt.040.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mask self-production during the early stages of the COVID-19 pandemic: lessons from a flash practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability : Science, Practice and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (1), pp.616-629. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15487733.2022.2107295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique d’un « mensonge ». Déclarations gouvernementales sur l’« inutilité » du port du masque en « population générale » et réactions indignées du public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 88, pp.194-212. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1090987ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don de masques au secours de l’État et du marché ? Une redistribution solidaire aux effets ambivalents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (57), pp.273-291. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm1.057.0273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03518478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traductions sociotechniques des principes axiologiques du quantified self : analyse d’un corpus de brevets US dédiés à la mesure et à la gestion du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 228 (4), pp.131-169. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.228.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03518479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour de l’adoption de plateformes de vente en ligne : la réception d’un nouveau dispositif marchand par les entrepreneurs albigeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (1-2), pp.303-342. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.5271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolonger l’ « espérance de vie » du masque. L’épreuve singulière de soignants en mal d’équipement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et Avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que change le port du masque dans la relation soignant-soigné ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can the use of a mobile application change the course of a sightseeing tour? A question of pace, gaze and information processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourist Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (1), pp.49-74. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1468797619885955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flichy, P., 2017, Les nouvelles frontières du travail à l’ère numérique, Paris, Seuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (3), </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rac.1782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des parcours touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Via Tourism Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Représentations du tourisme au cinéma, 14, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/viatourism.3301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boullier, D., 2016, Sociologie du numérique, Paris, Armand Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le retour des commerces en centre-ville comme stratégie d’aménagement local.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168-169, pp.109-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de l’usage d’une application mobile sur l’exploration touristique du centre historique d’Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31-3/4, pp.519-548. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/netcom.2805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le retour des commerces en centre-ville comme stratégie d’aménagement local Le cas d’Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168-169 (1), pp.109. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/esp.168.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bicycles, cyclists and loads: a comparative analysis of cycling practices in Gothenburg and Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Hagberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Normark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ducourant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrika Holmberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mobilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (1), pp.1-25. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23800127.2017.1347026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer le monde avec application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11,4 (4), pp.677. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rac.037.0677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescrire un itinéraire touristique par la médiation d’un écrit d’écran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 34/2, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.7317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher dans la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “market agencements” to “vehicular agencies”: insights from the quantitative observation of consumer logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consumption, Markets and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (1), pp.133-147. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10253866.2015.1067617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner matière à penser l’équipement piéton. Quand le design éclaire l’analyse sociologique des mobilités urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bruyère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.106-133. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sds.4159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pontille, D., 2016, Signer ensemble. Contribution et évaluation en sciences, Paris, Economica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 57 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “market agencements” to “vehicular agencies”: insights from the quantitative observation of consumer logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consumption, Markets and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (1), pp.133-147. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10253866.2015.1067617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En marge des offres numériques marchandes‪. La création d’un réseau wifi citoyen pour un public senior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À leur sac défendant, ou l’équipement des passant∙e∙s comme révélateur des rapports sociaux de sexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 59 (2), pp.173. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdge.059.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourmentraux, J.-P., 2015, Identités numériques. Expressions et traçabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures, Les comptes rendus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être d’un commerce agréable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.19-31. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’équipée touristique ou le rôle des équipements portables dans l’exploration d’un lieu méconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load Story : la logistique piétonne à Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être d'un commerce agréable&amp;quot;. Réflexions autour de la notion d’embassade touristique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.19-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouët, J., Rieffel, R., 2013, S'informer à l'ère numérique, Presses Universitaires de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures, Les comptes rendus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belastningshistoria. Den vindlande vägen mot en hållbar fotgängarlogistik (Toulouse 1900–2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kulturella Perspektiv</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3-4, pp.7-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mort de l'acteur, vie des clusters ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, n° 182 (6), pp.89. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.182.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sacre de l’amateur : sociologie des passions ordinaires à l’ère numérique, P. Flichy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 54 (2), pp.277-279. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.5731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« agent économique dormant » : enquête sur la capitalisation professionnelle de signalements communautaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 54 (2), pp.217-232. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.5235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis, J. & Pontille, D., 2010, Petite sociologie de la signalétique. Les coulisses des panneaux du métro, Presses des Mines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dubuisson-Quellier, S., 2009, La consommation engagée, Paris, Sciences Po (Contester).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail du consommateur, De McDo à eBay : comment nous coproduisons ce que nous achetons, M.‑A. Dujarier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (3), pp.414-416. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.14991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ne pas tomber dans le panneau. Réflexions sur le contre-affichage anti-publicitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 80, pp.162-173. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sds.761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-économie d'une innovation par l'usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 148-149 (2), pp.299. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.148.0299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une montée en charge(s) des piétons et cyclistes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u9mf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dilemme du touriste équipé (Mondes Sociaux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load story : la logistique piétonne à Toulouse (Mondes Sociaux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u93i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoproduction de masques au début de la pandémie : leçons d'une &amp;quot;flash practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Cochoy; Gérarld Gaglio; Anaïs Daniau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le masque sanitaire sous toutes ses coutures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.67-90, 2022, Sociologia, 978-2-200-63402-5. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.cocho.2022.01.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation par privation - Confectionner des masques alternatifs en temps de crise sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Dumez; Benjamin Loveluck; Alexandre Mallard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innover en temps de crise : réactions et adaptations face à la crise Covid-19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mines ParisTech; PSL, pp.101-111, 2022, Collection Sciences sociales, 978-2-35671-833-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le surgissement des masques dans la relation de soin : frictions, empêchements, adaptations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le masque sous toutes ses coutures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.185-205, 2022, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.cocho.2022.01.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load story: A Century of Pedestrian Logistics in Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Emanuel; Frank Schipper; Ruth Oldenziel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A U-Turn to the Future. Sustainable Urban Mobility since 1850</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Berghahn Books, pp.147-171, 2020, Explorations in Mobility, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9781789205602-008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des détails qui comptent : Pour une archéologie statistique de l’action ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Datchary C., Petit précis de méthodologie. Le sens du détail dans les sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fibre communautaire du lien marchand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Cochoy, F., Du lien marchand : comment le marché fait société, Toulouse, Presses Universitaires du Mirail.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'appel à témoignages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 120 p., 2022, Didact Sociologie, 978-2-7535-8660-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le masque sanitaire sous toutes ses coutures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Daniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Akrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 260 p., 2022, Sociologia, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.cocho.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordinaire des mobilités douces : un siècle de logistiques piétonne et cycliste à Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Midi, 191 p., 2021, Socio-logiques, 978-2-8107-0724-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Marketplace dans l'Albigeois - Perspectives de développement du commerce local par le numérique. Enquête-Ecole du Master 2 TICS de l'INU Champollion pour le compte de l'agglomération du Grand Albigeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] INU-Champollion; Agglomération du Grand Albigeois. 2017, pp.87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02085919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conso-motion et design durables, Livret de recherche, ISBN 978-2-35699-040-2, dépôt légal mars 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut supérieur des arts et du design de Toulouse. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher dans la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher dans la Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescriptions, usages et détournements d'une application mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête/Faites la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'encadrement des itinéraires touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cité épiscopale d'Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction de l’article de Kjellberg, H., 2012, « Moi, ma Thunderbird et les autres. Une affaire de collection », in Cochoy, F., Du lien marchand : comment le marché fait société. Essai(s) de sociologie économique relationniste, Toulouse, Presses Universitaires du Mirail.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’offre la demande ? Socio-économie d’une innovation par l’usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Toulouse 2 - Le Mirail, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04855916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId177"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cédric Calvignac </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Sociologue, maître de conférences à l'INUC, membre du CERTOP (UMR 5044)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cedric-calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4472-2032</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152784683</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cédric Calvignac est maître de conférences en sociologie à l’INUC et membre du CERTOP-CNRS (UMR 5044). Ses recherches s’inscrivent à la croisée de la sociologie des techniques, de la sociologie de l’innovation et de la sociologie économique. Elles portent sur la façon dont différentes techniques viennent équiper nos pratiques, infléchir le cours de nos actions et en modifier le sens. Cette ambition de recherche se décline selon quatre principaux axes de travail : le premier porte sur le pouvoir émancipateur de la maîtrise technicienne (innovation faite par et pour les usagers, do it yourself) ; le deuxième interroge l’influence des dispositifs d’automesure de soi sur les pratiques et représentations des individus (quantified self) ; le troisième s’intéresse à la convocation en mobilité de dispositifs techniques d’aide à l’orientation (panneaux d’information, cartes, applications mobiles) et au degré d’attention qu’on leur porte ; le quatrième et dernier axe rend compte de la capacité des équipements les plus ordinaires — souvent pensés comme accessoires — à peser sur la définition et le déroulement de l’action.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growing on digital soil: French farmers’ everyday acquisition of new skills online</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture and Human Values</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10460-025-10758-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mètre-étalon du soi quantifié. À qui les self-trackers peuvent-ils bien se mesurer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques &amp; Culture </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Varia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05254747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculteur ou jardinier ? Petite sociologie d’un renversement de stigmate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2025021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05058481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The call for testimonials: Exploring the self-production of sanitary masks during the COVID-19 pandemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 163 (1), pp.88-107. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/07591063241258088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire campagne pour sa ferme. Sur l’adoption des plateformes de crowdfunding dans les mondes agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (1), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.032.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin (Olivier), Chiffre, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 65 (1-2), pp.261-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique d’un « mensonge ». Déclarations gouvernementales sur l’« inutilité » du port du masque en « population générale » et réactions indignées du public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 88, pp.194-212. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1090987ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le design des dispositifs d’automesure du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (1-2 | 2ème), pp.37-67. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.6214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mask self-production during the early stages of the COVID-19 pandemic: lessons from a flash practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability : Science, Practice and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (1), pp.616-629. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15487733.2022.2107295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soigner et (se) protéger malgré la pénurie de masques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40 (1), pp.173-195. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tt.040.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don de masques au secours de l’État et du marché ? Une redistribution solidaire aux effets ambivalents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du MAUSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (57), pp.273-291. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdm1.057.0273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03518478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traductions sociotechniques des principes axiologiques du quantified self : analyse d’un corpus de brevets US dédiés à la mesure et à la gestion du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 228 (4), pp.131-169. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.228.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03518479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can the use of a mobile application change the course of a sightseeing tour? A question of pace, gaze and information processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tourist Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (1), pp.49-74. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1468797619885955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que change le port du masque dans la relation soignant-soigné ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolonger l’ « espérance de vie » du masque. L’épreuve singulière de soignants en mal d’équipement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et Avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour de l’adoption de plateformes de vente en ligne : la réception d’un nouveau dispositif marchand par les entrepreneurs albigeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (1-2), pp.303-342. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.5271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flichy, P., 2017, Les nouvelles frontières du travail à l’ère numérique, Paris, Seuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (3), </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rac.1782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des parcours touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Via Tourism Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Représentations du tourisme au cinéma, 14, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/viatourism.3301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boullier, D., 2016, Sociologie du numérique, Paris, Armand Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bicycles, cyclists and loads: a comparative analysis of cycling practices in Gothenburg and Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Hagberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Normark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ducourant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrika Holmberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Mobilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (1), pp.1-25. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23800127.2017.1347026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le retour des commerces en centre-ville comme stratégie d’aménagement local Le cas d’Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168-169 (1), pp.109. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/esp.168.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de l’usage d’une application mobile sur l’exploration touristique du centre historique d’Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31-3/4, pp.519-548. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/netcom.2805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le retour des commerces en centre-ville comme stratégie d’aménagement local.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168-169, pp.109-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer le monde avec application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11,4 (4), pp.677. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rac.037.0677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescrire un itinéraire touristique par la médiation d’un écrit d’écran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 34/2, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.7317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher dans la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “market agencements” to “vehicular agencies”: insights from the quantitative observation of consumer logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consumption, Markets and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19 (1), pp.133-147. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10253866.2015.1067617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donner matière à penser l’équipement piéton. Quand le design éclaire l’analyse sociologique des mobilités urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bruyère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.106-133. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sds.4159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pontille, D., 2016, Signer ensemble. Contribution et évaluation en sciences, Paris, Economica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 57 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “market agencements” to “vehicular agencies”: insights from the quantitative observation of consumer logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consumption, Markets and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 19 (1), pp.133-147. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10253866.2015.1067617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À leur sac défendant, ou l’équipement des passant∙e∙s comme révélateur des rapports sociaux de sexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 59 (2), pp.173. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cdge.059.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En marge des offres numériques marchandes‪. La création d’un réseau wifi citoyen pour un public senior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourmentraux, J.-P., 2015, Identités numériques. Expressions et traçabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures, Les comptes rendus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouët, J., Rieffel, R., 2013, S'informer à l'ère numérique, Presses Universitaires de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures, Les comptes rendus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load Story : la logistique piétonne à Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être d’un commerce agréable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.19-31. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’équipée touristique ou le rôle des équipements portables dans l’exploration d’un lieu méconnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être d'un commerce agréable&amp;quot;. Réflexions autour de la notion d’embassade touristique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.19-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belastningshistoria. Den vindlande vägen mot en hållbar fotgängarlogistik (Toulouse 1900–2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kulturella Perspektiv</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3-4, pp.7-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mort de l'acteur, vie des clusters ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, n° 182 (6), pp.89. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.182.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sacre de l’amateur : sociologie des passions ordinaires à l’ère numérique, P. Flichy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 54 (2), pp.277-279. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.5731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« agent économique dormant » : enquête sur la capitalisation professionnelle de signalements communautaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 54 (2), pp.217-232. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.5235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis, J. & Pontille, D., 2010, Petite sociologie de la signalétique. Les coulisses des panneaux du métro, Presses des Mines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dubuisson-Quellier, S., 2009, La consommation engagée, Paris, Sciences Po (Contester).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ne pas tomber dans le panneau. Réflexions sur le contre-affichage anti-publicitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 80, pp.162-173. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sds.761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail du consommateur, De McDo à eBay : comment nous coproduisons ce que nous achetons, M.‑A. Dujarier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (3), pp.414-416. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.14991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-économie d'une innovation par l'usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 148-149 (2), pp.299. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.148.0299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The scrutiny of comitted backers. Exploring crowdfunding in French agriculture.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Congress of the Society for the Advancement of Socio-Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SASE, Jul 2025, Montreal (Canada), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agriculteurs face au capitalisme de plateforme. Une analyse de la résistance aux plateformes numérique par les usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chapus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labarthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brailly Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès de l'AFS - 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Farmers Face Platform Power: Latent Resistance Versus Permissive Consensus? Empirical Evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labarthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Chapus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Schnebelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36. Annual EAEPE Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mètre-étalon du soi quantifié. À qui les self-trackers peuvent-ils bien se mesurer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude « Sport, numérique et marchandisation : des données dans tous leurs états », Université Paris Nanterre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nanterre (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exchange studies as the future of market studies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Market Studies Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The University of Edinburgh, May 2023, Edimbourg, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultiver ses compétences en ligne. Plateformes et espaces numériques comme instances de professionnalisation agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections, circulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10e Congrès de l'Association française de sociologie, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le surgissement et l’installation des masques dans la relation de soin : frictions, empêchements, adaptations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’études Le masque sanitaire à l’époque du Covid-19, Lilliad Learning Center Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des médecins du sommeil aux prises avec les technologies d'automesure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Congrès du Sommeil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grand Palais, Nov 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Levée de fonds ou levée de l'anonymat ? Les plateformes de financement participatif comme nouvelles estrades dans les mondes agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Brailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financement des filières agricoles et alimentaires. Quelles évolutions et quels impacts pour les acteurs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française d'économie rurale, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04459004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'appel à témoignages. Une méthode pour les sciences humaines et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du département de sociologie, Université Toulouse Jean Jaurès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrication de masques faits maison au début de la pandémie de Covid-19 : leçons d’une “flash practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du LabEx SMS "Régulations et incertitudes", Maison de la Recherche, UT2J</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une défiance à géométrie variable : les réactions de soignants et de « non-soignants » aux déclarations gouvernementales sur l’inutilité du port de masque en population générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Le port du masque en période de Covid-19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Care and protect (including oneself): caregivers coping with the shortage of masks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ESIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Côte d'Azur, Mar 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantified Sleep. Analyse sociotechnique des inventions portant sur la mesure et la maîtrise du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Usages, Techniques et Marchés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de la Recherche, Université Toulouse Jean Jaurès, Feb 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour de l’adoption de plateformes de vente en ligne. La réception différenciée d’un dispositif de captation marchande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Usages, Techniques et Marchés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de la Recherche, Université Jean Jaurès, Jan 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une plateforme électronique de vente locale - Tentative d’intervention publique sur le développement économique d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude « Plateformes et territoires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire « Villes et numérique » de Sciences Po Paris, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire réaliser des vidéos par les étudiants de Licence Sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Numérique et Pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National Universitaire Champollion, Jun 2017, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on parler de Smart Cities pour les Villes petites et moyennes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit européenne des Chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion, au Grand Théâtre d'Albi, Sep 2016, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Ville intelligente : une intelligence urbaine à géographie variable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café Philo toulousain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude(s) sur les médiations socioéconomiques des itinéraires touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du LabEx Structuration des mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Apr 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en application d'une découverte équipée du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème séminaire Marsouin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Douarnenez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en application d'une découverte équipée du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilités et (r)évolutions numériques, 15° colloque du groupe "Mobilités Spatiales, Fluidité sociale"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Champs sur marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #4 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’innovation, une dynamique portée par tous. Présentation par Jean-Charles Guillet (Groupe TOTAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #5 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La résistance aux technologies de l’information et de la communication. Présentations par Francis Jauréguiberry (Professeur de Sociologie à l'Université de Pau et des Pays de l’Adour) et Annabelle Boutet-Dièye (Enseignant-Chercheur en Sociologie à Telecom Bretagne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Oct 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #7 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’intelligence économique, un exemple de mise en œuvre dans l’entreprise. Présentation par Florence Piton (Sylob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Nov 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ville intelligente : utopie ou réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café Géo albigeois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion, Feb 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #6 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des réseaux, des territoires et des innovations. Présentations par Olivier Coutard (Socio-économiste, Directeur de recherches à l'École des Ponts - Paris Tech / Université de Paris Est - Marne-la-Vallée) et Yann-Philippe Tastevin (Anthropologue, Chargé de recherches CNRS à l'UMR LISST de l'Université de Toulouse 2 - Jean Jaurès )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Nov 2015, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #2 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Open Data comme levier d’innovation ? Présentations par Eric LE BRIS-REDE (Délégué aux relations territoriales en Haute-Garonne pour le groupe La Poste), Sandrine MATHON (Chef du service Administration, Direction des Systèmes d’Information Mairie de Toulouse | Toulouse Métropole) et Matthieu NOUCHER (Géographe, Chargé de recherches au CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Nov 2014, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #1 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incitations économiques à l’innovation. Présentations de Rémi FERRIER (Chef du service Développement Industriel Technologique et International à la DIRECCTE Midi-Pyrénées), Michel GROSSETTI (Sociologue à l'Université Toulouse 2 Jean Jaurès), et Fabien NAZARET (Co-fondateur de la société Aurock)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Oct 2014, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Innovations plurielles&amp;quot; #3 (Organisation et Animation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Grano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la domotique à la ville intelligente. Présentations par Eric CAMPO (Professeur des Universités, Chercheur au LAAS), Adrien VAN DEN BOSSCHE (Maître de conférences, chercheur à l’IRIT, IUT de Blagnac) et Emmanuel EVENO (Géographe à l'Université Toulouse 2 Jean Jaurès) et Alain RALLET (Économiste, Professeur émérite à l’Université Paris-Sud)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INU Champollion et Mines Albi, Dec 2014, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être d'un commerce agréable. Réflexions autour de la notion d'ambassade touristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">82ème Congrès de l'ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une question de représentations : les illusions perceptives des albigeois sur l'identité des touristes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Séminaire de la Chaire Unesco, "Culture, Tourisme, Développement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Funny bikes’: A comparative/quantitative video analysis of biker logistics (Göteborg and Toulouse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Ducourant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Hagberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobility Futures, Global Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lancaster University, Sep 2013, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The urban “consumotion” of contemporary “clustomers”: On hidden facts and details that may frame (or resist) the sustainable city</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRESC Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une montée en charge(s) des piétons et cyclistes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u9mf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load story : la logistique piétonne à Toulouse (Mondes Sociaux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u93i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dilemme du touriste équipé (Mondes Sociaux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le masque sanitaire sous toutes ses coutures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Daniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Akrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 260 p., 2022, Sociologia, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.cocho.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'appel à témoignages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 120 p., 2022, Didact Sociologie, 978-2-7535-8660-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordinaire des mobilités douces : un siècle de logistiques piétonne et cycliste à Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Midi, 191 p., 2021, Socio-logiques, 978-2-8107-0724-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le surgissement des masques dans la relation de soin : frictions, empêchements, adaptations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le masque sous toutes ses coutures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.185-205, 2022, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.cocho.2022.01.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autoproduction de masques au début de la pandémie : leçons d'une &amp;quot;flash practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Cochoy; Gérarld Gaglio; Anaïs Daniau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le masque sanitaire sous toutes ses coutures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.67-90, 2022, Sociologia, 978-2-200-63402-5. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.cocho.2022.01.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation par privation - Confectionner des masques alternatifs en temps de crise sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Dumez; Benjamin Loveluck; Alexandre Mallard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innover en temps de crise : réactions et adaptations face à la crise Covid-19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mines ParisTech; PSL, pp.101-111, 2022, Collection Sciences sociales, 978-2-35671-833-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Load story: A Century of Pedestrian Logistics in Toulouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Emanuel; Frank Schipper; Ruth Oldenziel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A U-Turn to the Future. Sustainable Urban Mobility since 1850</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Berghahn Books, pp.147-171, 2020, Explorations in Mobility, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9781789205602-008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des détails qui comptent : Pour une archéologie statistique de l’action ordinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Canu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Datchary C., Petit précis de méthodologie. Le sens du détail dans les sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fibre communautaire du lien marchand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Cochoy, F., Du lien marchand : comment le marché fait société, Toulouse, Presses Universitaires du Mirail.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02904455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Marketplace dans l'Albigeois - Perspectives de développement du commerce local par le numérique. Enquête-Ecole du Master 2 TICS de l'INU Champollion pour le compte de l'agglomération du Grand Albigeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Vidal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] INU-Champollion; Agglomération du Grand Albigeois. 2017, pp.87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02085919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conso-motion et design durables, Livret de recherche, ISBN 978-2-35699-040-2, dépôt légal mars 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut supérieur des arts et du design de Toulouse. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher dans la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcher dans la Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Cochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescriptions, usages et détournements d'une application mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Smolinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête/Faites la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04857880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'encadrement des itinéraires touristiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cité épiscopale d'Albi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ygal Fijalkow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jalaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction de l’article de Kjellberg, H., 2012, « Moi, ma Thunderbird et les autres. Une affaire de collection », in Cochoy, F., Du lien marchand : comment le marché fait société. Essai(s) de sociologie économique relationniste, Toulouse, Presses Universitaires du Mirail.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04855888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’offre la demande ? Socio-économie d’une innovation par l’usager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Calvignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Toulouse 2 - Le Mirail, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04855916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId177"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="31389A04"/>
+    <w:nsid w:val="A11B096A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-calvignac" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4472-2032" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152784683" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158826v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Potier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Calvignac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158848v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chapus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labarthe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brailly Julien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857867v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Calvignac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Schnebelin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855885v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458968v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brailly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142972v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cochoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855887v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaglio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459004v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142974v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857188v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Meyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857185v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857872v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857197v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857875v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857876v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855415v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857877v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04854671v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857882v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857201v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smolinski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857199v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855078v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855709v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Tallec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855698v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855703v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855707v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855691v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855688v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855684v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857203v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187450v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Canu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Hagberg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857205v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Martin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187509v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058481v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025021" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05254747v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117605v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10460-025-10758-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241258088" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541395v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.032.0173" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955685v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806146v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.6214" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806129v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.040.0173" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806140v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15487733.2022.2107295" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806195v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090987ar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03518478v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0273" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03518479v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.228.0131" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806154v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.5271" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904436v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904432v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904405v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1468797619885955" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855898v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.1782" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096389v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jalaudin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.3301" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855897v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983707v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygal Fijalkow" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096387v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.2805" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096366v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.168.0109" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096357v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Normark" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrika Holmberg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23800127.2017.1347026" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096363v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.037.0677" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096384v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7317" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904411v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089457v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2015.1067617" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096391v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bruy&#232;re" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.4159" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855896v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819330v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904442v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096372v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.059.0173" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855899v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096404v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.129" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904419v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177370v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983702v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855911v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173793v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904423v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.182.0089" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855894v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.5731" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096406v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.5235" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855892v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855893v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855890v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.14991" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096397v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.761" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096379v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.148.0299" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176123v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9mf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04818799v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u930" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819082v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u93i" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03860216v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.cocho.2022.01.0067" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03609649v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857175v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.cocho.2022.01.0185" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428953v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781789205602-008" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904453v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904455v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806177v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938711v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Daniau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Akrich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.cocho.2022.01" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428955v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085919v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855913v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177242v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cochoy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187658v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857880v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886803v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalanne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886615v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855888v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04855916v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-calvignac" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4472-2032" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152784683" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117605v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Calvignac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Potier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labarthe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10460-025-10758-5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05254747v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058481v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025021" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cochoy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaglio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07591063241258088" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541395v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Calvignac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brailly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.032.0173" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955685v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806195v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1090987ar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806146v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.6214" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806140v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Meyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15487733.2022.2107295" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806129v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.040.0173" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03518478v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0273" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03518479v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.228.0131" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904405v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Smolinski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1468797619885955" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904432v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904436v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806154v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vidal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.5271" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855898v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.1782" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096389v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Canu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jalaudin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.3301" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855897v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096357v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Hagberg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Normark" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrika Holmberg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23800127.2017.1347026" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096366v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygal Fijalkow" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Martin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.168.0109" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096387v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.2805" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983707v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096363v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.037.0677" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096384v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7317" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904411v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089457v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2015.1067617" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096391v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bruy&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.4159" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855896v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819330v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096372v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.059.0173" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904442v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855899v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855911v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177370v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096404v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.129" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904419v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983702v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173793v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904423v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.182.0089" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855894v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.5731" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096406v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.5235" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855892v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855893v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096397v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.761" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855890v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.14991" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096379v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.148.0299" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158826v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158848v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chapus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brailly Julien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857867v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Schnebelin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855885v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142972v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458968v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855887v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142974v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459004v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857185v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857188v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857197v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857872v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857875v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857876v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855415v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857877v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855078v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04854671v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857882v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857201v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857199v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855698v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grano" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Tallec" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855703v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855709v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04855385v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855707v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855688v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855684v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855691v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857203v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857205v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187509v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176123v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9mf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819082v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u93i" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04818799v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u930" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938711v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Daniau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Akrich" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.cocho.2022.01" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806177v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428955v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857175v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.cocho.2022.01.0185" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03860216v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.cocho.2022.01.0067" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03609649v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428953v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781789205602-008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904453v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904455v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085919v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855913v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177242v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cochoy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187658v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857880v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886803v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Lalanne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886615v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855888v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04855916v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>