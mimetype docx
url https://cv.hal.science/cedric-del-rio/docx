--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -801,308 +801,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fruits of Anacardiaceae from the Paleogene of the Paris Basin, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fossil endocarps of Menispermaceae from the late Paleocene of Paris Basin, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliise Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario De Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plant Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/723841⟩</w:t>
+              <w:t xml:space="preserve">Journal of Systematics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jse.13033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04053121v1</w:t>
+                <w:t xml:space="preserve">hal-04311144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil endocarps of Menispermaceae from the late Paleocene of Paris Basin, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Fruits of Anacardiaceae from the Paleogene of the Paris Basin, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aixa Tosal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliise Kara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Manchester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Bardin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabiany Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">International Journal of Plant Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 184 (3), pp.164-176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jse.13033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1086/723841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311144v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant palaeoecology of the latest Eocene flora from the Saint-Chaptes and Alès basins of Gard, southern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aixa Tosal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Tanrattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1800,472 +1800,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03711562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Eocene fossil fruits and leaves of Menispermaceae from the central Tibetan Plateau and their biogeographic implications</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leaf fossils of Sabalites (Arecaceae) from the Oligocene of northern Vietnam and their paleoclimatic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ping Liu</w:t>
+                <w:t xml:space="preserve">Ai Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei‐yu‐dong Deng</w:t>
+                <w:t xml:space="preserve">Shui-Qing Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa E.V. Spicer</w:t>
+                <w:t xml:space="preserve">Truong van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hung Ba Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jse.12701⟩</w:t>
+              <w:t xml:space="preserve">Plant Diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pld.2021.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03499306v1</w:t>
+                <w:t xml:space="preserve">mnhn-03499395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leaf fossils of Sabalites (Arecaceae) from the Oligocene of northern Vietnam and their paleoclimatic implications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ai Song</w:t>
+                <w:t xml:space="preserve">Fossil fruits and pollen grains of Trapa from the Upper Pliocene of the Sanying Formation (Yunnan, China)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aye Thida Aung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teng-Xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jia Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hung Ba Nguyen</w:t>
+                <w:t xml:space="preserve">Teresa E.V. Spicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Diversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 293, pp.104498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pld.2021.08.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2021.104498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03499395v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03499318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil fruits and pollen grains of Trapa from the Upper Pliocene of the Sanying Formation (Yunnan, China)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Eocene fossil fruits and leaves of Menispermaceae from the central Tibetan Plateau and their biogeographic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aye Thida Aung</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric del Rio</w:t>
+                <w:t xml:space="preserve">Ping Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teng-Xiang Wang</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Wei‐yu‐dong Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa E.V. Spicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 293, pp.104498. </w:t>
+              <w:t xml:space="preserve">Journal of Systematics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (6), pp.1287-1306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2021.104498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jse.12701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03499318v1</w:t>
+                <w:t xml:space="preserve">mnhn-03499306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ventilago (Rhamnaceae) Fruit from the Middle Eocene of Central Tibet, China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng-Xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao-Ting Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2502,51 +2502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng‐xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Manchester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jia Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2610,51 +2610,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fossil involucres of Ostrya (Betulaceae) from the early Oligocene of Yunnan and their biogeographic implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng-Xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2738,304 +2738,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-03499338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survey of the fruits and endocarps of Icacinaceae (Lamiids, Icacinales)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gregory Stull</w:t>
+                <w:t xml:space="preserve">Icacinaceae fossil fruits from three sites of the Paris Basin (early Eocene, France): local diversity and global biogeographic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Taxonomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 645, </w:t>
+              <w:t xml:space="preserve">Geodiversitas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (2), pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5852/ejt.2020.645⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5252/geodiversitas2020v42a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02910231v1</w:t>
+                <w:t xml:space="preserve">mnhn-02559002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Icacinaceae fossil fruits from three sites of the Paris Basin (early Eocene, France): local diversity and global biogeographic implications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+                <w:t xml:space="preserve">Survey of the fruits and endocarps of Icacinaceae (Lamiids, Icacinales)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Stull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geodiversitas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 42 (2), pp.17. </w:t>
+              <w:t xml:space="preserve">European Journal of Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 645, </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5252/geodiversitas2020v42a2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5852/ejt.2020.645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02559002v1</w:t>
+                <w:t xml:space="preserve">hal-02910231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fossil record of Ceratophyllum aff. muricatum Cham. (Ceratophyllaceae) from the middle Eocene of central Tibetan Plateau, China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng-Xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fei-Xiang Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao-Qing Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa E.V. Spicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 281, pp.104284. </w:t>
@@ -3458,51 +3458,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Stull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Tiffney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Manchester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4208,2119 +4208,2106 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01585332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversification of Tropical Climbers in the Middle Paleocene of South China ——Fossil Evidence from the middle Paleocene Sanshui Basin, Guangdong, China</w:t>
+                <w:t xml:space="preserve">Anacardiaceae endocarps from the Oligocene Braval locality of Quercy, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Wu</w:t>
+                <w:t xml:space="preserve">Muratcan Ersoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiyun Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2025 Annual Academic Conference of the Paleobotany Division of the Paleontological Society of China</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Chengdu, China</w:t>
+              <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05041299v1</w:t>
+                <w:t xml:space="preserve">hal-05161042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Far East to Middle East: The Asian paleobotanical collections of the MNHN. A focus on the Japanese collections of Father Faurie and on the Lebanese collections.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa de Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Daillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Agora Paleobotanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05161056v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anacardiaceae endocarps from the Oligocene Braval locality of Quercy, France.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muratcan Ersoy</w:t>
+                <w:t xml:space="preserve">From Far East to Middle East: The Asian paleobotanical collections of the MNHN. A focus on the Japanese collections of Father Faurie and on the Lebanese collections.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yiyun Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anais A Boura</w:t>
+                <w:t xml:space="preserve">Léa De Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Daillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05161042v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05161056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil tracheidoxyls from the Paleocene of the Paris Basin.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diversification of Tropical Climbers in the Middle Paleocene of South China ——Fossil Evidence from the middle Paleocene Sanshui Basin, Guangdong, China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Stull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Piguet-Ruinet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Murer</w:t>
+                <w:t xml:space="preserve">Tatiana Kodrul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Manchester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">The 2025 Annual Academic Conference of the Paleobotany Division of the Paleontological Society of China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Chengdu, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05161072v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strengthening CLAMP: New calibration sites to improve paleoclimate reconstructions.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fossil tracheidoxyls from the Paleocene of the Paris Basin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Piguet-Ruinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gabaix-Hiale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa De Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Depaix-Piettre</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+                <w:t xml:space="preserve">Aymeric Murer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05161115v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05161072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bamboo fossils from Europe and West Asia and their paleophytogeographical and palaeoclimatical implications</w:t>
+                <w:t xml:space="preserve">Strengthening CLAMP: New calibration sites to improve paleoclimate reconstructions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Shufeng Li</w:t>
+                <w:t xml:space="preserve">Flora Depaix-Piettre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aixa Tosal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dimiter Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NECLIME Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Zagreb, Croatia</w:t>
+              <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05264381v1</w:t>
+                <w:t xml:space="preserve">hal-05161115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Update of the Menispermaceae fossil record: new discoveries and perspectives.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bamboo fossils from Europe and West Asia and their paleophytogeographical and palaeoclimatical implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shufeng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Gabrielyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimiter Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2025 Annual Academic Conference of the Paleobotany Division of the Paleontological Society of China</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Chengdu, China</w:t>
+              <w:t xml:space="preserve">NECLIME Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Zagreb, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05041289v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversification of liana clades between the Paleocene and the Eocene in the Paris Basin, France</w:t>
+                <w:t xml:space="preserve">Update of the Menispermaceae fossil record: new discoveries and perspectives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">The 2025 Annual Academic Conference of the Paleobotany Division of the Paleontological Society of China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Chengdu, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05161033v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification préliminaire et implications évolutives des restes fossiles de la famille des Vitaceae provenant de la région du Quercy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">Diversification of liana clades between the Paleocene and the Eocene in the Paris Basin, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiyun Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliise Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinkai Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Paléontologique Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montauban, France</w:t>
+              <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04602900v1</w:t>
+                <w:t xml:space="preserve">hal-05161033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Eocene flora of the Paris Basin: Contribution of fossil wood from Cuise-La-Motte (Oise)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification préliminaire et implications évolutives des restes fossiles de la famille des Vitaceae provenant de la région du Quercy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiyun Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais A Boura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV International Palynological Congress &amp; XI International Organization of Palaeobotany Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Paléontologique Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montauban, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598742v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphate fossilization in Quercy: Revealing the exceptional preservation of reproductive organs</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Eocene flora of the Paris Basin: Contribution of fossil wood from Cuise-La-Motte (Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Boura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Gangneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Lo Bue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV International Palynological Congress &amp; XI International Organization of Palaeobotany Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2024, Prague (CZ), Czech Republic</w:t>
+              <w:t xml:space="preserve">, May 2024, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598560v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At the foot of the Eiffel Tower: The fossil flora of Passy (early Eocene), new discoveries, and challenges.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phosphate fossilization in Quercy: Revealing the exceptional preservation of reproductive organs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiyun Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Steven Manchester</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV International Palynological Congress &amp; XI International Organization of Palaeobotany Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598539v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What have we learned from the Malvaceae fossil record?</w:t>
+                <w:t xml:space="preserve">At the foot of the Eiffel Tower: The fossil flora of Passy (early Eocene), new discoveries, and challenges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa De Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Manchester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XX International Botanical Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">XV International Palynological Congress &amp; XI International Organization of Palaeobotany Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04663450v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil endocarps of Menispermaceae from the late Paleocene of Paris Basin, France</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What have we learned from the Malvaceae fossil record?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Agora Paleobotanica Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Bellver de Cerdanya, Spain</w:t>
+              <w:t xml:space="preserve">XX International Botanical Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202706v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04663450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Paleogene Paris Basin fossil record of Fabaceae: Implications for understanding the evolutionary history of Legumes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fossil endocarps of Menispermaceae from the late Paleocene of Paris Basin, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliise Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario De Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Boura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Agora Paleobotanica Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Bellver de Cerdanya, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202686v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of the study of the Paris Basin to the understanding of the evolution of floras during the Cenozoic</w:t>
+                <w:t xml:space="preserve">Exploring the Paleogene Paris Basin fossil record of Fabaceae: Implications for understanding the evolutionary history of Legumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Boura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NECLIME workshop : Evidence and drivers for origin and appearance of modern plants and vegetation types</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NECLIME, Dec 2023, Online, France</w:t>
+              <w:t xml:space="preserve">8th Agora Paleobotanica Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bellver de Cerdanya, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04321922v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fruits d'Anacardiacées provenant de Rivecourt (Paléocène) et Le Quesnoy (Eocène) du Bassin de Paris (France) : implications taphonomiques et biogéographiques</w:t>
+                <w:t xml:space="preserve">Contribution of the study of the Paris Basin to the understanding of the evolution of floras during the Cenozoic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dario de Franceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Paléontologique Française 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">NECLIME workshop : Evidence and drivers for origin and appearance of modern plants and vegetation types</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NECLIME, Dec 2023, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03732727v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04321922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la macroflore fossile de Céreste (Alpes-de-Haute-Provence, Oligocène inférieur) : Reconstruction paléoenvironnementale et paléoclimatique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les fruits d'Anacardiacées provenant de Rivecourt (Paléocène) et Le Quesnoy (Eocène) du Bassin de Paris (France) : implications taphonomiques et biogéographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliise Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aixa Tosal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario de Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès APF</w:t>
+              <w:t xml:space="preserve">Association Paléontologique Française 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714756v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03732727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil fruits and pollen grains of Trapa from the Upper Pliocene of Sanying Formation (Yunnan, China)</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Étude de la macroflore fossile de Céreste (Alpes-de-Haute-Provence, Oligocène inférieur) : Reconstruction paléoenvironnementale et paléoclimatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Charieau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Fauquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Licht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Coster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NECLIME Meeting, Neogene Climate Evolution in Eurasia Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Online, China</w:t>
+              <w:t xml:space="preserve">Congrès APF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736475v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review of the Paleobotanical study of Jianglang site, central Tibetan Plateau, China and future direction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei‐yu‐dong Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng‐xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6348,1022 +6335,1143 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Studies on Past Biodiversity in Southeast Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Online, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil capsular valves of Koelreuteria (Sapindaceae) from the Eocene of central Tibetan Plateau and their biogeographic implications.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peirong Chen</w:t>
+                <w:t xml:space="preserve">Fossil fruits and pollen grains of Trapa from the Upper Pliocene of Sanying Formation (Yunnan, China)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aye Thida Aung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng‐xiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Su</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Virtual</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Online, United States</w:t>
+              <w:t xml:space="preserve">NECLIME Meeting, Neogene Climate Evolution in Eurasia Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736494v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Out of Tibet: evidence from the earliest Ventilagineae (Rhamnaceae) fruits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fossil capsular valves of Koelreuteria (Sapindaceae) from the Eocene of central Tibetan Plateau and their biogeographic implications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teng‐xiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Su</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 8th Annual Academic Conference of the Paleontological Society of China's Paleoecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Chengjiang, China</w:t>
+              <w:t xml:space="preserve">Botany Virtual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04516213v1</w:t>
+                <w:t xml:space="preserve">hal-03736494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleocarpological studies of the early Eocene Jianglang site (Bangor County, central Tibetan Plateau): biogeographic and paleoenvironmental implications</w:t>
+                <w:t xml:space="preserve">Out of Tibet: evidence from the earliest Ventilagineae (Rhamnaceae) fruits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Tao Su</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teng-Xiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Ting Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Sabroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa E.V. Spicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 6th International Congress of Agora Paleobotanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">The 8th Annual Academic Conference of the Paleontological Society of China's Paleoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Chengjiang, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736547v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04516213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fossil involucres of Ostrya (Betulaceae) from early Oligocene Yunnan and its biogeographic implications.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paleocarpological studies of the early Eocene Jianglang site (Bangor County, central Tibetan Plateau): biogeographic and paleoenvironmental implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teng‐xiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuiqing Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NECLIME Meeting, Neogene Climate Evolution in Eurasia Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Saint-Petesbourg, Russia</w:t>
+              <w:t xml:space="preserve">Proceedings of the 6th International Congress of Agora Paleobotanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03736535v1</w:t>
+                <w:t xml:space="preserve">hal-03736547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Icacinaceae from the Palaeogene of the Paris Basin: diversity, affinities and changes through the PETM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fossil involucres of Ostrya (Betulaceae) from early Oligocene Yunnan and its biogeographic implications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teng‐xiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen-Na Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Palaeontological Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">NECLIME Meeting, Neogene Climate Evolution in Eurasia Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Saint-Petesbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736575v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical biogeography of the Icacinaceae Miers during the PETM.</w:t>
+                <w:t xml:space="preserve">The Icacinaceae from the Palaeogene of the Paris Basin: diversity, affinities and changes through the PETM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gregory Stull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Paleobotany &amp; Palynology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">5th International Palaeontological Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736558v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storage, managment and analysis of morphological data: Xper3 and its utilisation in palaeobotany</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Boura</w:t>
+                <w:t xml:space="preserve">Historical biogeography of the Icacinaceae Miers during the PETM.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Stull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st paleontological virtual congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Mexico, Mexico</w:t>
+              <w:t xml:space="preserve">10th European Paleobotany &amp; Palynology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03160812v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A research program to study palaeoenvironmental changes during the PETM: The paleoflora study of Rivecourt and Le Quesnoy outcrops (Oise, France).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+                <w:t xml:space="preserve">Storage, managment and analysis of morphological data: Xper3 and its utilisation in palaeobotany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Tanrattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regine Vignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International meeting of early-stage researchers in palaeontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Lesvos, Greece</w:t>
+              <w:t xml:space="preserve">1st paleontological virtual congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Mexico, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03736588v1</w:t>
+                <w:t xml:space="preserve">hal-03160812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fruits and flower of Icacinaceae Miers from the Early Eocene of the Le Quesnoy locality (Oise, France)</w:t>
+                <w:t xml:space="preserve">A research program to study palaeoenvironmental changes during the PETM: The paleoflora study of Rivecourt and Le Quesnoy outcrops (Oise, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 5th International Meeting of Agora Paleobotanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">2nd International meeting of early-stage researchers in palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Lesvos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736590v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fruits and flower of Icacinaceae Miers from the Early Eocene of the Le Quesnoy locality (Oise, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Del Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario De Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 5th International Meeting of Agora Paleobotanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Icacinaceae du Paléocène de Rivecourt (Oise, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7392,51 +7500,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 4th International Meeting of Agora Paleobotanica,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7446,255 +7554,255 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First palynological evidence from phosphatic coprolites in the Quercy region.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiyun Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05161065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enigmatic inflorescence from the Paleocene of the Paris Basin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Piguet-Ruinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th meeting of Agora Paleobotanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05161050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Ménispermacées provenant du Paléocène de Rivecourt (France), apports systématiques et biogéographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliise Kara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7709,73 +7817,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Association Paléontologique Française 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03732853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First occurrence of Icacinaceae fossil flower in amber of Le Quesnoy site (Ypresian, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7804,51 +7912,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXth International Botanical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Shenzhen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7858,134 +7966,134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des fleurs, des fruits, des graines fossiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario De Franceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Del Rio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.228-229, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId218"/>
+      <w:footerReference w:type="default" r:id="rId220"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8053,51 +8161,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="69F9496E"/>
+    <w:nsid w:val="8E6FA546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8284,51 +8392,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-del-rio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6340-5692" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23427106X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339092v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Martinetto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario De Franceschi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric del Rio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R Manchester" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.70065" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827730v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Del Rio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian A. Atkinson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Smith" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2024.105257" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931085v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Ba Hung" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Huang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thi Mai Hoa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do van Truong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2025.105285" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Becker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bachelier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Carrive" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Damerval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad492" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624461v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lagrange" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Mart&#237;nez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2024.943.2583" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053121v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aixa Tosal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliise Kara" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Manchester" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiany Herrera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/723841" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311144v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.13033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184299v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tanrattana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario de Franceschi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111740" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184282v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2023.104955" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651816v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiyudong Deng" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoting Xu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric del Rio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shook Ling Low" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2022.104669" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng&#8208;xiang Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu&#8208;feng Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin&#8208;bo Jia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei&#8208;rong Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12845" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608736v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Rong Chen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Gang Zhao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/719401" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711562v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinwen Zhang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uriel G&#233;lin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A Spicer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feixiang Wu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Farnsworth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31512-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499306v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei&#8208;yu&#8208;dong Deng" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa E.V. Spicer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12701" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499395v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Song" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shui-Qing Liang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong van Do" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Ba Nguyen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pld.2021.08.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499318v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aye Thida Aung" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng-Xiang Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2021.104498" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499289v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Ting Xu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sabroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Spicer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/715507" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499377v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Stull" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allemand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe&#8208;kun Zhou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12700" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499327v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei&#8208;xiang Wu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12687" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499338v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Na Ding" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Su" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palwor.2019.11.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910231v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2020.645" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02559002v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2020v42a2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499367v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei-Xiang Wu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Qing Liang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.REVPALBO.2020.104284" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499360v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shui&#8208;qing Liang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Spicer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/AJB2.1418" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499347v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2012647117" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02559005v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2019.104135" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499354v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Tiffney" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Wing" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/706854" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02404789v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2018.12.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910229v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/adansonia2019v41a3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910230v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thomas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1755691018000221" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499422v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ponce" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ebihara" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Dubuisson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1263581" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907122v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Hennequin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Rouhan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Ebihara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Porter P. Lowry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/665.4" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585332v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haevermans" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11536-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041299v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Kodrul" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161056v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jabbour" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a De Brito" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Daillie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161042v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muratcan Ersoy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyun Chen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161072v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Piguet-Ruinet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gabaix-Hiale" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Murer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161115v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Depaix-Piettre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264381v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Wang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shufeng Li" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gabrielyan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimiter Ivanov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041289v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161033v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinkai Wu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602900v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598742v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boura" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Gangneux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gentis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Regnier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Lo Bue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598560v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598539v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663450v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202706v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202686v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321922v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732727v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714756v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Charieau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Girard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fauquette" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Licht" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coster" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736475v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736480v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736494v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peirong Chen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516213v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736547v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuiqing Liang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736535v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736575v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736558v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160812v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Vignes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736588v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736590v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736594v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161065v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161050v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732853v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736582v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736458v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c109" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cedric-del-rio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6340-5692" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23427106X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339092v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Martinetto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario De Franceschi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric del Rio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R Manchester" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.70065" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827730v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Del Rio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian A. Atkinson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Smith" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2024.105257" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931085v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Ba Hung" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Huang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thi Mai Hoa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do van Truong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2025.105285" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Becker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bachelier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Carrive" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Damerval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad492" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624461v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lagrange" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Mart&#237;nez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2024.943.2583" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311144v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliise Kara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.13033" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053121v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aixa Tosal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Manchester" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiany Herrera" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/723841" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184299v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tanrattana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario de Franceschi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111740" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184282v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2023.104955" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651816v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiyudong Deng" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoting Xu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric del Rio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shook Ling Low" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2022.104669" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng&#8208;xiang Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu&#8208;feng Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin&#8208;bo Jia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei&#8208;rong Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12845" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608736v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Rong Chen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Gang Zhao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/719401" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711562v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinwen Zhang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uriel G&#233;lin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A Spicer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feixiang Wu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Farnsworth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31512-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499395v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Song" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shui-Qing Liang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong van Do" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Ba Nguyen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pld.2021.08.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499318v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aye Thida Aung" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teng-Xiang Wang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa E.V. Spicer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2021.104498" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499306v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei&#8208;yu&#8208;dong Deng" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12701" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499289v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Ting Xu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sabroux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Spicer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/715507" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499377v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Stull" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allemand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe&#8208;kun Zhou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12700" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499327v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei&#8208;xiang Wu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.12687" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499338v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Na Ding" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Su" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palwor.2019.11.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02559002v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2020v42a2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910231v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2020.645" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499367v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei-Xiang Wu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Qing Liang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.REVPALBO.2020.104284" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499360v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shui&#8208;qing Liang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Spicer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/AJB2.1418" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499347v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2012647117" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02559005v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2019.104135" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499354v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Tiffney" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Wing" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/706854" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02404789v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2018.12.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910229v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/adansonia2019v41a3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910230v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thomas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1755691018000221" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03499422v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ponce" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ebihara" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Dubuisson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1263581" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907122v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Hennequin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Rouhan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Ebihara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Porter P. Lowry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/665.4" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585332v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haevermans" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11536-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161042v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muratcan Ersoy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyun Chen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562019v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jabbour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a de Brito" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Daillie" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161056v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a De Brito" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041299v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Kodrul" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161072v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Piguet-Ruinet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gabaix-Hiale" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Murer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161115v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Depaix-Piettre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264381v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Wang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shufeng Li" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Gabrielyan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimiter Ivanov" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041289v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161033v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinkai Wu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602900v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598742v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boura" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Gangneux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gentis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Regnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Lo Bue" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598560v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598539v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663450v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202706v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202686v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321922v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732727v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714756v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Charieau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Girard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fauquette" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Licht" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coster" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736480v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736475v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736494v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peirong Chen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516213v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736547v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuiqing Liang" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736535v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736575v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736558v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160812v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Vignes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736588v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736590v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736594v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161065v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161050v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732853v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736582v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736458v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c109" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>